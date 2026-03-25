--- v0 (2025-10-18)
+++ v1 (2026-03-25)
@@ -1,157 +1,145 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="344812D5" w14:textId="12A854E9" w:rsidR="0034152B" w:rsidRPr="001141DA" w:rsidRDefault="0034152B" w:rsidP="005C466F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
           <w:bCs/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001141DA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
           <w:bCs/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>創剤・製剤技術研究コンソーシアム　入会申込書</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C073451" w14:textId="2CAE2117" w:rsidR="0034152B" w:rsidRPr="001141DA" w:rsidRDefault="0034152B" w:rsidP="0034152B">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001141DA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>年　　月　　日</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70E178C7" w14:textId="6CD20D95" w:rsidR="005C466F" w:rsidRPr="001141DA" w:rsidRDefault="005C466F" w:rsidP="005C466F">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001141DA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>創剤・製剤技術研究コンソーシアム</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">　殿</w:t>
+        <w:t>創剤・製剤技術研究コンソーシアム事務局　殿</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A9D7E06" w14:textId="77777777" w:rsidR="0034152B" w:rsidRPr="001141DA" w:rsidRDefault="0034152B" w:rsidP="0034152B">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="26F8784F" w14:textId="5ECE203F" w:rsidR="0034152B" w:rsidRPr="001141DA" w:rsidRDefault="0034152B" w:rsidP="005C466F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001141DA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>「創剤・製剤技術研究コンソーシアム」の趣旨に賛同し、下記の通り入会を申し込みます。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F7CE786" w14:textId="24B7F42B" w:rsidR="00E04A78" w:rsidRPr="001141DA" w:rsidRDefault="00E04A78" w:rsidP="00C00B1E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="56825E44" w14:textId="77777777" w:rsidR="005C466F" w:rsidRPr="001141DA" w:rsidRDefault="005C466F" w:rsidP="005C466F">
       <w:pPr>
         <w:pStyle w:val="a7"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001141DA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>記</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B3189DB" w14:textId="5EE898A3" w:rsidR="005C466F" w:rsidRPr="001141DA" w:rsidRDefault="005C466F" w:rsidP="001141DA">
       <w:pPr>
         <w:ind w:firstLineChars="200" w:firstLine="420"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001141DA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>太枠内をご記入ください</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblpPr w:leftFromText="142" w:rightFromText="142" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="136"/>
         <w:tblW w:w="9918" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="704"/>
         <w:gridCol w:w="1843"/>
@@ -605,134 +593,125 @@
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0034152B" w:rsidRPr="001141DA" w14:paraId="450FBE16" w14:textId="77777777" w:rsidTr="005C466F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:textDirection w:val="tbRlV"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68716420" w14:textId="47D4DC87" w:rsidR="0034152B" w:rsidRPr="001141DA" w:rsidRDefault="0034152B" w:rsidP="00717D57">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001141DA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>請求書送付先担当者</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="611B10EA" w14:textId="77777777" w:rsidR="0034152B" w:rsidRPr="001141DA" w:rsidRDefault="0034152B" w:rsidP="00E04A78">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6664D36C" w14:textId="132D7D1F" w:rsidR="0034152B" w:rsidRPr="001141DA" w:rsidRDefault="0034152B" w:rsidP="00E04A78">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001141DA">
+              <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...16 lines deleted...]
-              <w:t>同じ場合は下記記載不要です</w:t>
+              <w:t>※窓口担当者と（ 同じ ・ 異なる ）　同じ場合は下記記載不要です</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0034152B" w:rsidRPr="001141DA" w14:paraId="3FE02D46" w14:textId="16A6CD6C" w:rsidTr="005C466F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:vMerge/>
             <w:textDirection w:val="tbRlV"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0553ABCE" w14:textId="1DB87107" w:rsidR="0034152B" w:rsidRPr="001141DA" w:rsidRDefault="0034152B" w:rsidP="0034152B">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+                <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75F2B102" w14:textId="77777777" w:rsidR="0034152B" w:rsidRPr="001141DA" w:rsidRDefault="0034152B" w:rsidP="00E04A78">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001141DA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1091,272 +1070,258 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="362C68AB" w14:textId="6C4ECA96" w:rsidR="005C466F" w:rsidRPr="001141DA" w:rsidRDefault="0034152B" w:rsidP="005C466F">
       <w:pPr>
         <w:ind w:firstLineChars="200" w:firstLine="420"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001141DA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>※会員有効期限は年度末までとなります。次年度に継続案内をお送り致します。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EAE6EF0" w14:textId="2C80E67E" w:rsidR="005C466F" w:rsidRPr="001141DA" w:rsidRDefault="005C466F" w:rsidP="005C466F">
       <w:pPr>
         <w:ind w:firstLineChars="100" w:firstLine="210"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001141DA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">　※申込書に記載された個人情報は適切に保管し、研究会等のご案内のために使用いたします。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="179EA030" w14:textId="2849FA49" w:rsidR="0034152B" w:rsidRPr="001141DA" w:rsidRDefault="0034152B" w:rsidP="00471CAB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="40A2B4F5" w14:textId="77777777" w:rsidR="005C466F" w:rsidRPr="001141DA" w:rsidRDefault="005C466F" w:rsidP="005C466F">
       <w:pPr>
         <w:pStyle w:val="a7"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001141DA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
           <w:b/>
         </w:rPr>
         <w:t>【ご入会の流れ】</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D04F093" w14:textId="70DCA43D" w:rsidR="005C466F" w:rsidRPr="001141DA" w:rsidRDefault="005C466F" w:rsidP="005C466F">
       <w:pPr>
         <w:pStyle w:val="a7"/>
         <w:ind w:firstLineChars="200" w:firstLine="422"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001141DA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
           <w:b/>
         </w:rPr>
-        <w:t>１）</w:t>
-[...6 lines deleted...]
-        <w:t>本申込書のご提出</w:t>
+        <w:t>１）本申込書のご提出</w:t>
       </w:r>
       <w:r w:rsidRPr="001141DA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>（郵送もしくは、FAXにてご提出をお願いいたします）</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EF6AEB3" w14:textId="23247C66" w:rsidR="005C466F" w:rsidRPr="001141DA" w:rsidRDefault="005C466F" w:rsidP="005C466F">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001141DA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">　　</w:t>
       </w:r>
       <w:r w:rsidRPr="001141DA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
           <w:b/>
         </w:rPr>
-        <w:t>２）請</w:t>
-[...6 lines deleted...]
-        <w:t>求書を発送致します</w:t>
+        <w:t>２）請求書を発送致します</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D3B12CE" w14:textId="33176257" w:rsidR="005C466F" w:rsidRPr="001141DA" w:rsidRDefault="005C466F" w:rsidP="005C466F">
       <w:pPr>
         <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001141DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001141DA">
+        <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
           <w:b/>
         </w:rPr>
-      </w:pPr>
-[...18 lines deleted...]
-        <w:t>のお振込み</w:t>
+        <w:t>３）会費のお振込み</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="391383EF" w14:textId="77777777" w:rsidR="005C466F" w:rsidRPr="001141DA" w:rsidRDefault="005C466F" w:rsidP="00471CAB">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="440CEA8E" w14:textId="17A9C24C" w:rsidR="00C00B1E" w:rsidRPr="001141DA" w:rsidRDefault="000F046D" w:rsidP="00C00B1E">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001141DA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>創剤・</w:t>
       </w:r>
       <w:r w:rsidR="00C00B1E" w:rsidRPr="001141DA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>製剤技術研究コンソーシアム　事務局</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E8F28AC" w14:textId="128B7846" w:rsidR="00C00B1E" w:rsidRPr="001141DA" w:rsidRDefault="001141DA" w:rsidP="001141DA">
+    <w:p w14:paraId="3E8F28AC" w14:textId="71BB441D" w:rsidR="00C00B1E" w:rsidRPr="004E59D9" w:rsidRDefault="001141DA" w:rsidP="001141DA">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:ind w:leftChars="1552" w:left="3259"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
           <w:b/>
+          <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001141DA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">MAIL　</w:t>
       </w:r>
       <w:r w:rsidR="00C00B1E" w:rsidRPr="001141DA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">：　</w:t>
-[...22 lines deleted...]
-      </w:hyperlink>
+        <w:t>：</w:t>
+      </w:r>
+      <w:r w:rsidR="001B3697">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>田村</w:t>
+      </w:r>
+      <w:r w:rsidR="00C00B1E" w:rsidRPr="001141DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　</w:t>
+      </w:r>
+      <w:r w:rsidR="001B3697" w:rsidRPr="001B3697">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>tamura-k@st.ritsumei.ac.jp</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="52C8D5B6" w14:textId="32C867FF" w:rsidR="0034152B" w:rsidRPr="001141DA" w:rsidRDefault="001141DA" w:rsidP="001141DA">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:ind w:leftChars="1552" w:left="3259"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001141DA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidRPr="001141DA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ax　</w:t>
       </w:r>
       <w:r w:rsidR="0034152B" w:rsidRPr="001141DA">
         <w:rPr>
@@ -1381,101 +1346,139 @@
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>077-561-2811</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15181538" w14:textId="77777777" w:rsidR="00C00B1E" w:rsidRPr="001141DA" w:rsidRDefault="00C00B1E" w:rsidP="00471CAB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00C00B1E" w:rsidRPr="001141DA" w:rsidSect="00747707">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="851" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="5B56BBB9" w14:textId="77777777" w:rsidR="006F274F" w:rsidRDefault="006F274F" w:rsidP="006F274F">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="623A415F" w14:textId="77777777" w:rsidR="006F274F" w:rsidRDefault="006F274F" w:rsidP="006F274F">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="ＭＳ ゴシック">
     <w:altName w:val="MS Gothic"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century">
     <w:panose1 w:val="02040604050505020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ 明朝">
     <w:altName w:val="MS Mincho"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="63C38465" w14:textId="77777777" w:rsidR="006F274F" w:rsidRDefault="006F274F" w:rsidP="006F274F">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="086BAFF5" w14:textId="77777777" w:rsidR="006F274F" w:rsidRDefault="006F274F" w:rsidP="006F274F">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30700170"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="270EADF6"/>
     <w:lvl w:ilvl="0" w:tplc="2A06A13C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="□"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:cstheme="minorBidi" w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0409000B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="840" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
@@ -1544,158 +1547,176 @@
     <w:lvl w:ilvl="7" w:tplc="0409000B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3360" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409000D" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3780" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="649676277">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:defaultTabStop w:val="840"/>
   <w:drawingGridHorizontalSpacing w:val="105"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="4097">
+      <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
+    </o:shapedefaults>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DA5092"/>
     <w:rsid w:val="000B47EA"/>
     <w:rsid w:val="000C095B"/>
     <w:rsid w:val="000E2A5F"/>
     <w:rsid w:val="000F046D"/>
     <w:rsid w:val="000F72FA"/>
     <w:rsid w:val="001056AE"/>
     <w:rsid w:val="001141DA"/>
     <w:rsid w:val="00120464"/>
     <w:rsid w:val="00120919"/>
     <w:rsid w:val="00122FFF"/>
     <w:rsid w:val="00131583"/>
     <w:rsid w:val="00134407"/>
     <w:rsid w:val="00183B1C"/>
+    <w:rsid w:val="001B3697"/>
     <w:rsid w:val="001B3F3B"/>
     <w:rsid w:val="001C61E7"/>
     <w:rsid w:val="001D68F6"/>
     <w:rsid w:val="001E7677"/>
     <w:rsid w:val="00241583"/>
     <w:rsid w:val="002563C5"/>
     <w:rsid w:val="00280242"/>
     <w:rsid w:val="00297488"/>
     <w:rsid w:val="002B1A28"/>
     <w:rsid w:val="002B5D48"/>
     <w:rsid w:val="00303A55"/>
     <w:rsid w:val="00330218"/>
     <w:rsid w:val="0033234B"/>
     <w:rsid w:val="00340427"/>
     <w:rsid w:val="0034152B"/>
     <w:rsid w:val="00352B5D"/>
     <w:rsid w:val="003811E0"/>
     <w:rsid w:val="00384AFC"/>
     <w:rsid w:val="00392638"/>
     <w:rsid w:val="003C59AC"/>
     <w:rsid w:val="003E2041"/>
     <w:rsid w:val="0040237A"/>
     <w:rsid w:val="00470C3B"/>
     <w:rsid w:val="00471CAB"/>
     <w:rsid w:val="00485D1B"/>
     <w:rsid w:val="004A6603"/>
     <w:rsid w:val="004B0BF0"/>
     <w:rsid w:val="004D1B55"/>
     <w:rsid w:val="004E046D"/>
+    <w:rsid w:val="004E59D9"/>
     <w:rsid w:val="004F65ED"/>
     <w:rsid w:val="0058048C"/>
     <w:rsid w:val="00584213"/>
     <w:rsid w:val="00595CFC"/>
     <w:rsid w:val="005A1BB5"/>
     <w:rsid w:val="005C466F"/>
+    <w:rsid w:val="005D1371"/>
     <w:rsid w:val="00602325"/>
     <w:rsid w:val="00611925"/>
     <w:rsid w:val="00666C9D"/>
     <w:rsid w:val="006712CB"/>
     <w:rsid w:val="00676111"/>
     <w:rsid w:val="006D1940"/>
     <w:rsid w:val="006D7920"/>
+    <w:rsid w:val="006F274F"/>
     <w:rsid w:val="00700C47"/>
     <w:rsid w:val="00700CEF"/>
     <w:rsid w:val="00747707"/>
     <w:rsid w:val="00795ECE"/>
     <w:rsid w:val="00797E74"/>
     <w:rsid w:val="007B554F"/>
     <w:rsid w:val="007C28E3"/>
     <w:rsid w:val="007D119F"/>
     <w:rsid w:val="007D4B01"/>
     <w:rsid w:val="00803970"/>
     <w:rsid w:val="008142B7"/>
     <w:rsid w:val="0082506B"/>
     <w:rsid w:val="00830668"/>
     <w:rsid w:val="008335E5"/>
     <w:rsid w:val="00853F69"/>
     <w:rsid w:val="008744DA"/>
     <w:rsid w:val="008752C2"/>
     <w:rsid w:val="00883C9B"/>
     <w:rsid w:val="008A5A2F"/>
+    <w:rsid w:val="008D65CD"/>
+    <w:rsid w:val="008E6C38"/>
     <w:rsid w:val="00927EBB"/>
     <w:rsid w:val="00973D29"/>
     <w:rsid w:val="00990FDF"/>
     <w:rsid w:val="009B749E"/>
     <w:rsid w:val="009C105D"/>
     <w:rsid w:val="009E6FA0"/>
     <w:rsid w:val="00A10EDB"/>
     <w:rsid w:val="00A14066"/>
     <w:rsid w:val="00A47A07"/>
     <w:rsid w:val="00A719E6"/>
     <w:rsid w:val="00A72D38"/>
     <w:rsid w:val="00A74F08"/>
     <w:rsid w:val="00A83433"/>
     <w:rsid w:val="00A855A4"/>
     <w:rsid w:val="00A85ABA"/>
     <w:rsid w:val="00AC2687"/>
     <w:rsid w:val="00AF00EC"/>
     <w:rsid w:val="00AF6003"/>
     <w:rsid w:val="00B21E28"/>
     <w:rsid w:val="00B27769"/>
     <w:rsid w:val="00B326D3"/>
     <w:rsid w:val="00B55454"/>
     <w:rsid w:val="00B71594"/>
     <w:rsid w:val="00BB525F"/>
     <w:rsid w:val="00BB689D"/>
@@ -1733,80 +1754,80 @@
     <w:rsid w:val="00F805B7"/>
     <w:rsid w:val="00F8542A"/>
     <w:rsid w:val="00F918A3"/>
     <w:rsid w:val="00F92828"/>
     <w:rsid w:val="00FB161C"/>
     <w:rsid w:val="00FB6484"/>
     <w:rsid w:val="00FC74DC"/>
     <w:rsid w:val="00FE1B4E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026">
+    <o:shapedefaults v:ext="edit" spidmax="4097">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="185B02ED"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{AB566F7C-2669-4184-AE23-A4D8E1D49382}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="21"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2138,63 +2159,63 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
@@ -2270,55 +2291,99 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="Closing"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="aa"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005C466F"/>
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="aa">
     <w:name w:val="結語 (文字)"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="005C466F"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006F274F"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
+    <w:name w:val="ヘッダー (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006F274F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006F274F"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ae">
+    <w:name w:val="フッター (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ad"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006F274F"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="97605680">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="250166465">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -2478,51 +2543,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1640959207">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oota-a@st.ritsumei.ac.jp" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2747,69 +2812,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>83</Words>
-  <Characters>474</Characters>
+  <Words>76</Words>
+  <Characters>437</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>学校法人立命館</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>556</CharactersWithSpaces>
+  <CharactersWithSpaces>512</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>部課用</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>