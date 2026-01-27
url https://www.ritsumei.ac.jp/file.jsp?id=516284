--- v0 (2025-10-30)
+++ v1 (2026-01-27)
@@ -1,197 +1,191 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblpPr w:leftFromText="142" w:rightFromText="142" w:vertAnchor="page" w:horzAnchor="margin" w:tblpY="1456"/>
         <w:tblW w:w="10774" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2269"/>
         <w:gridCol w:w="3827"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="3544"/>
       </w:tblGrid>
       <w:tr w:rsidR="00340AF4" w:rsidRPr="000C316F" w14:paraId="24BC1332" w14:textId="77777777" w:rsidTr="00340AF4">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2269" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33FA61D5" w14:textId="77777777" w:rsidR="00340AF4" w:rsidRPr="000C316F" w:rsidRDefault="00340AF4" w:rsidP="00340AF4">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C316F">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ふりがな</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8505" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2787EDD7" w14:textId="77777777" w:rsidR="00340AF4" w:rsidRPr="000C316F" w:rsidRDefault="00340AF4" w:rsidP="00340AF4">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00340AF4" w:rsidRPr="000C316F" w14:paraId="375DD20D" w14:textId="77777777" w:rsidTr="00340AF4">
         <w:trPr>
           <w:trHeight w:val="780"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2269" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E392095" w14:textId="77777777" w:rsidR="00340AF4" w:rsidRPr="000C316F" w:rsidRDefault="00340AF4" w:rsidP="00340AF4">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C316F">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>氏　　名</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8505" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50A3CF8A" w14:textId="77777777" w:rsidR="00340AF4" w:rsidRPr="000C316F" w:rsidRDefault="00340AF4" w:rsidP="00340AF4">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00340AF4" w:rsidRPr="000C316F" w14:paraId="5DB768B5" w14:textId="77777777" w:rsidTr="00340AF4">
         <w:trPr>
           <w:trHeight w:val="429"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2269" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25500C4C" w14:textId="77777777" w:rsidR="00340AF4" w:rsidRPr="000C316F" w:rsidRDefault="00340AF4" w:rsidP="00340AF4">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C316F">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>生年月日</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0AF495B5" w14:textId="77777777" w:rsidR="00340AF4" w:rsidRPr="000C316F" w:rsidRDefault="00340AF4" w:rsidP="00340AF4">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C316F">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">西暦　</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">　　</w:t>
@@ -219,441 +213,429 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">　月　</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">　</w:t>
             </w:r>
             <w:r w:rsidRPr="000C316F">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>日</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="641FE8EA" w14:textId="77777777" w:rsidR="00340AF4" w:rsidRPr="000C316F" w:rsidRDefault="00340AF4" w:rsidP="00340AF4">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C316F">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>年齢</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="373740A2" w14:textId="77777777" w:rsidR="00340AF4" w:rsidRPr="000C316F" w:rsidRDefault="00340AF4" w:rsidP="00340AF4">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C316F">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">　　　　　　　　　　歳</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00340AF4" w:rsidRPr="000C316F" w14:paraId="37314BBB" w14:textId="77777777" w:rsidTr="00340AF4">
         <w:trPr>
           <w:trHeight w:val="429"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2269" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6038CA22" w14:textId="77777777" w:rsidR="00340AF4" w:rsidRPr="000C316F" w:rsidRDefault="00340AF4" w:rsidP="00340AF4">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C316F">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>受講中の講座名</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7DAF6725" w14:textId="77777777" w:rsidR="00340AF4" w:rsidRPr="000C316F" w:rsidRDefault="00340AF4" w:rsidP="00340AF4">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D14ECC1" w14:textId="77777777" w:rsidR="00340AF4" w:rsidRPr="000C316F" w:rsidRDefault="00340AF4" w:rsidP="00340AF4">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C316F">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>講師名</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36CB7AC3" w14:textId="77777777" w:rsidR="00340AF4" w:rsidRPr="000C316F" w:rsidRDefault="00340AF4" w:rsidP="00340AF4">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00340AF4" w:rsidRPr="000C316F" w14:paraId="59F1CF7A" w14:textId="77777777" w:rsidTr="00340AF4">
         <w:trPr>
           <w:trHeight w:val="429"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2269" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="793303F2" w14:textId="77777777" w:rsidR="00340AF4" w:rsidRPr="000C316F" w:rsidRDefault="00340AF4" w:rsidP="00340AF4">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C316F">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>電話番号★</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8505" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="352B51E7" w14:textId="77777777" w:rsidR="00340AF4" w:rsidRPr="000C316F" w:rsidRDefault="00340AF4" w:rsidP="00340AF4">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00340AF4" w:rsidRPr="000C316F" w14:paraId="0DDB49CF" w14:textId="77777777" w:rsidTr="00340AF4">
         <w:trPr>
           <w:trHeight w:val="429"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2269" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2CB15CE1" w14:textId="77777777" w:rsidR="00340AF4" w:rsidRPr="000C316F" w:rsidRDefault="00340AF4" w:rsidP="00340AF4">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C316F">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>メールアドレス★</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8505" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B44EA3F" w14:textId="77777777" w:rsidR="00340AF4" w:rsidRPr="000C316F" w:rsidRDefault="00340AF4" w:rsidP="00340AF4">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3F1FC8AE" w14:textId="2CEB814F" w:rsidR="000C316F" w:rsidRPr="000C316F" w:rsidRDefault="00340AF4" w:rsidP="00340AF4">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C316F">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>立命館孔子学院　中国語プレゼンテーション大会　エントリー用紙</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblpPr w:leftFromText="142" w:rightFromText="142" w:vertAnchor="page" w:horzAnchor="margin" w:tblpY="4411"/>
         <w:tblW w:w="10774" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2269"/>
         <w:gridCol w:w="8505"/>
       </w:tblGrid>
       <w:tr w:rsidR="000C316F" w:rsidRPr="00340AF4" w14:paraId="388AEF5D" w14:textId="77777777" w:rsidTr="00340AF4">
         <w:trPr>
           <w:trHeight w:val="1255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2269" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41628431" w14:textId="77777777" w:rsidR="000C316F" w:rsidRPr="000C316F" w:rsidRDefault="000C316F" w:rsidP="00340AF4">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C316F">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>エントリー種目</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8505" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B76227D" w14:textId="0702F436" w:rsidR="000C316F" w:rsidRPr="000C316F" w:rsidRDefault="000F5299" w:rsidP="00340AF4">
+          <w:p w14:paraId="7B76227D" w14:textId="0702F436" w:rsidR="000C316F" w:rsidRPr="000C316F" w:rsidRDefault="00D91F9B" w:rsidP="00340AF4">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:hint="eastAsia"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1303117351"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2611" w14:font="ＭＳ 明朝"/>
                   <w14:uncheckedState w14:val="2610" w14:font="ＭＳ ゴシック"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00860D50">
                   <w:rPr>
                     <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="000C316F" w:rsidRPr="000C316F">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>中国語スピーチ（オリジナル原稿）</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7E161BAE" w14:textId="77777777" w:rsidR="000C316F" w:rsidRPr="000C316F" w:rsidRDefault="000F5299" w:rsidP="00340AF4">
+          <w:p w14:paraId="7E161BAE" w14:textId="77777777" w:rsidR="000C316F" w:rsidRPr="000C316F" w:rsidRDefault="00D91F9B" w:rsidP="00340AF4">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:hint="eastAsia"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1255243735"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2611" w14:font="ＭＳ 明朝"/>
                   <w14:uncheckedState w14:val="2610" w14:font="ＭＳ ゴシック"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00227A36">
                   <w:rPr>
                     <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="000C316F" w:rsidRPr="000C316F">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">既存の中国語文章の朗読又は暗唱　</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3130CF3C" w14:textId="77777777" w:rsidR="000C316F" w:rsidRPr="000C316F" w:rsidRDefault="000F5299" w:rsidP="00340AF4">
+          <w:p w14:paraId="3130CF3C" w14:textId="77777777" w:rsidR="000C316F" w:rsidRPr="000C316F" w:rsidRDefault="00D91F9B" w:rsidP="00340AF4">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:hint="eastAsia"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1299145874"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2611" w14:font="ＭＳ 明朝"/>
                   <w14:uncheckedState w14:val="2610" w14:font="ＭＳ ゴシック"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00227A36">
                   <w:rPr>
@@ -661,295 +643,302 @@
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="000C316F" w:rsidRPr="000C316F">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>その他パフォーマンス　　具体的に：（　　　　　　　　　　　　　　　　）</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000C316F" w:rsidRPr="000C316F" w14:paraId="490ABEFA" w14:textId="77777777" w:rsidTr="00340AF4">
         <w:trPr>
           <w:trHeight w:val="847"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2269" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="450D8FF6" w14:textId="77777777" w:rsidR="000C316F" w:rsidRPr="000C316F" w:rsidRDefault="000C316F" w:rsidP="00340AF4">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C316F">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>タイトル</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8505" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3458ADA7" w14:textId="175F5E03" w:rsidR="000C316F" w:rsidRPr="000C316F" w:rsidRDefault="000C316F" w:rsidP="00340AF4">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000C316F" w:rsidRPr="000C316F" w14:paraId="17D679D8" w14:textId="77777777" w:rsidTr="00340AF4">
         <w:trPr>
           <w:trHeight w:val="1270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2269" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C4D5875" w14:textId="77777777" w:rsidR="000C316F" w:rsidRDefault="000C316F" w:rsidP="00340AF4">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C316F">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>発表内容の説明</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7E475FF6" w14:textId="77777777" w:rsidR="00ED772E" w:rsidRPr="000C316F" w:rsidRDefault="00ED772E" w:rsidP="00340AF4">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>アピールポイント</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8505" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="133949F2" w14:textId="40A65AE1" w:rsidR="000C316F" w:rsidRPr="000C316F" w:rsidRDefault="000C316F" w:rsidP="00340AF4">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00597556" w:rsidRPr="000C316F" w14:paraId="2893CB84" w14:textId="77777777" w:rsidTr="00340AF4">
         <w:trPr>
           <w:trHeight w:val="822"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2269" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13B48384" w14:textId="77777777" w:rsidR="00232947" w:rsidRDefault="00597556" w:rsidP="00340AF4">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>パワーポイント</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="35AFB1F1" w14:textId="6B5E1766" w:rsidR="00597556" w:rsidRPr="000C316F" w:rsidRDefault="00597556" w:rsidP="00340AF4">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>利用の有無</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8505" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2BD8ECCE" w14:textId="43093692" w:rsidR="00597556" w:rsidRDefault="00597556" w:rsidP="00340AF4">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">　有り　・　無し</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="304A2C57" w14:textId="6C95E417" w:rsidR="00597556" w:rsidRPr="000C316F" w:rsidRDefault="00597556" w:rsidP="00340AF4">
+          <w:p w14:paraId="304A2C57" w14:textId="6B7850D1" w:rsidR="00597556" w:rsidRPr="000C316F" w:rsidRDefault="00597556" w:rsidP="00340AF4">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>（「有</w:t>
             </w:r>
             <w:r w:rsidR="00232947">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>り</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>」の場合は</w:t>
             </w:r>
             <w:r w:rsidR="000F5299">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>2/5（水）までに</w:t>
-[...2 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
+              <w:t>2/</w:t>
+            </w:r>
+            <w:r w:rsidR="00D91F9B">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidR="000F5299">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>（水）までに</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>データをお送りください。）</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000C316F" w:rsidRPr="000C316F" w14:paraId="57FA5091" w14:textId="77777777" w:rsidTr="00340AF4">
         <w:trPr>
           <w:trHeight w:val="5042"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10774" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="048E2B08" w14:textId="77777777" w:rsidR="000C316F" w:rsidRPr="000C316F" w:rsidRDefault="000C316F" w:rsidP="00340AF4">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C316F">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>&lt;アンケート&gt;</w:t>
             </w:r>
             <w:r w:rsidRPr="000C316F">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>（参考のためご記入下さい）</w:t>
@@ -1465,235 +1454,236 @@
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>必ず連絡がとれる連絡先</w:t>
       </w:r>
       <w:r w:rsidRPr="00232947">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>をご記入下さい。</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="000C316F" w:rsidRPr="00232947" w:rsidSect="000C316F">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="851" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="50C8D035" w14:textId="77777777" w:rsidR="0057075E" w:rsidRDefault="0057075E" w:rsidP="000A349B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="67ADB15F" w14:textId="77777777" w:rsidR="0057075E" w:rsidRDefault="0057075E" w:rsidP="000A349B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="游明朝">
     <w:panose1 w:val="02020400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ ゴシック">
     <w:altName w:val="MS Gothic"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ 明朝">
     <w:altName w:val="MS Mincho"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="游ゴシック Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="59CA058D" w14:textId="77777777" w:rsidR="0057075E" w:rsidRDefault="0057075E" w:rsidP="000A349B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="618B1866" w14:textId="77777777" w:rsidR="0057075E" w:rsidRDefault="0057075E" w:rsidP="000A349B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="140"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:defaultTabStop w:val="840"/>
   <w:drawingGridHorizontalSpacing w:val="105"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10241">
+    <o:shapedefaults v:ext="edit" spidmax="12289">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000C316F"/>
     <w:rsid w:val="000A349B"/>
     <w:rsid w:val="000C316F"/>
     <w:rsid w:val="000F5299"/>
     <w:rsid w:val="00227A36"/>
     <w:rsid w:val="00232947"/>
     <w:rsid w:val="00340AF4"/>
     <w:rsid w:val="0057075E"/>
     <w:rsid w:val="00597556"/>
     <w:rsid w:val="006F1D32"/>
     <w:rsid w:val="00747FF9"/>
     <w:rsid w:val="007F2290"/>
     <w:rsid w:val="00860D50"/>
     <w:rsid w:val="00911036"/>
     <w:rsid w:val="009E796D"/>
     <w:rsid w:val="00A6072B"/>
+    <w:rsid w:val="00AA7C81"/>
     <w:rsid w:val="00D075D2"/>
+    <w:rsid w:val="00D91F9B"/>
     <w:rsid w:val="00ED772E"/>
     <w:rsid w:val="00EE6A9E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10241">
+    <o:shapedefaults v:ext="edit" spidmax="12289">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="42BB5C57"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{6682CF13-E94C-45C1-99C5-5BBCD063C807}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="21"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2025,50 +2015,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="000C316F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
@@ -2126,51 +2117,51 @@
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000A349B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="フッター (文字)"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="000A349B"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -2453,69 +2444,69 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9AD54A3F-03C5-49F4-857F-2F2282D119E2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>110</Words>
-  <Characters>631</Characters>
+  <Characters>632</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>学校法人立命館</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>740</CharactersWithSpaces>
+  <CharactersWithSpaces>741</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>筒井 愛</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>