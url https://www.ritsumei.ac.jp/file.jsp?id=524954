--- v0 (2025-10-13)
+++ v1 (2026-02-05)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20402"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\ca03-ns2\学生オフィス\課内共有\ＫＩＣ共有３（もとｃｃ08-736）\共有\教室関係（タカオ・イチカワ）\2024\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\ca03-ns2\学生オフィス\課内共有\ＫＩＣ共有３（もとｃｃ08-736）\共有\教室関係(TriR含む)\施設関連申請書式(25.12改訂)\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7DE710B6-5AC3-4B56-9A07-685A06055609}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{669141D9-F4FB-42C3-976B-AFE3A471F895}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="480" yWindow="105" windowWidth="18180" windowHeight="11925" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="810" yWindow="-15585" windowWidth="24225" windowHeight="14055" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="24.4改訂（届出書）" sheetId="9" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'24.4改訂（届出書）'!$A$1:$L$64</definedName>
   </definedNames>
   <calcPr calcId="152511"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="114" uniqueCount="93">
   <si>
     <t>①申請期間</t>
     <rPh sb="1" eb="3">
       <t>シンセイ</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>キカン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>③音量測定</t>
@@ -1131,59 +1131,59 @@
     <rPh sb="11" eb="13">
       <t>キボウ</t>
     </rPh>
     <rPh sb="13" eb="15">
       <t>ジカン</t>
     </rPh>
     <rPh sb="17" eb="19">
       <t>キニュウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>＜注意点＞　確認後、各項目に☑してください。</t>
     <rPh sb="1" eb="4">
       <t>チュウイテン</t>
     </rPh>
     <rPh sb="6" eb="8">
       <t>カクニン</t>
     </rPh>
     <rPh sb="8" eb="9">
       <t>ゴ</t>
     </rPh>
     <rPh sb="10" eb="13">
       <t>カクコウモク</t>
     </rPh>
-    <phoneticPr fontId="28"/>
+    <phoneticPr fontId="27"/>
   </si>
   <si>
     <t>正課授業や本学入試、催し物、資格試験など環境を確保する必要のある教室使用が予定されている場合、施設が空いていても利用をお断りする場合があります。</t>
-    <phoneticPr fontId="28"/>
+    <phoneticPr fontId="27"/>
   </si>
   <si>
     <t>やむを得ない事情により急遽、場所等が変更になる場合があります。その際は職員の指示に従ってください。</t>
-    <phoneticPr fontId="28"/>
+    <phoneticPr fontId="27"/>
   </si>
   <si>
     <t>□</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t xml:space="preserve">　　人　　　　　学外者（　　あり　・　なし　）
 </t>
     <rPh sb="2" eb="3">
       <t>ニン</t>
     </rPh>
     <rPh sb="8" eb="11">
       <t>ガクガイシャ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>音出し詳細
 （広場での音出しが伴う場合のみ）</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t xml:space="preserve">詳細（楽器名・演奏人数など）
 </t>
     <phoneticPr fontId="1"/>
@@ -1202,51 +1202,51 @@
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>有料企画を行う場合には、事前に学生オフィスまで相談をしてください。</t>
     <rPh sb="0" eb="2">
       <t>ユウリョウ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>キカク</t>
     </rPh>
     <rPh sb="5" eb="6">
       <t>オコナ</t>
     </rPh>
     <rPh sb="7" eb="9">
       <t>バアイ</t>
     </rPh>
     <rPh sb="12" eb="14">
       <t>ジゼン</t>
     </rPh>
     <rPh sb="15" eb="17">
       <t>ガクセイ</t>
     </rPh>
     <rPh sb="23" eb="25">
       <t>ソウダン</t>
     </rPh>
-    <phoneticPr fontId="28"/>
+    <phoneticPr fontId="27"/>
   </si>
   <si>
     <r>
       <t xml:space="preserve">※あらかじめTriRで空き状況をご確認ください。
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="20"/>
         <color indexed="10"/>
         <rFont val="ＭＳ Ｐゴシック"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>IG102・東側／西側広場</t>
     </r>
     <r>
       <rPr>
         <sz val="20"/>
         <rFont val="ＭＳ Ｐゴシック"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>を希望の場合には、下段のご案内欄を併せて確認してください。</t>
@@ -1603,51 +1603,51 @@
     </rPh>
     <rPh sb="7" eb="9">
       <t>ガクガイ</t>
     </rPh>
     <rPh sb="9" eb="11">
       <t>ダンタイ</t>
     </rPh>
     <rPh sb="11" eb="12">
       <t>アツカ</t>
     </rPh>
     <rPh sb="14" eb="16">
       <t>ユウリョウ</t>
     </rPh>
     <rPh sb="19" eb="21">
       <t>シセツ</t>
     </rPh>
     <rPh sb="21" eb="23">
       <t>シヨウ</t>
     </rPh>
     <rPh sb="25" eb="26">
       <t>コトワ</t>
     </rPh>
     <rPh sb="29" eb="31">
       <t>バアイ</t>
     </rPh>
-    <phoneticPr fontId="28"/>
+    <phoneticPr fontId="27"/>
   </si>
   <si>
     <r>
       <t>他大学と一緒に企画やイベントを行う場合は、他大学の会場を含めた持ち回りでの開催を基本とします。 他大学会場ではなく、</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="20"/>
         <rFont val="ＭＳ Ｐゴシック"/>
         <family val="3"/>
         <charset val="128"/>
         <scheme val="minor"/>
       </rPr>
       <t>「なぜ立命館大学で企画を実施しなければならないか」</t>
     </r>
     <r>
       <rPr>
         <sz val="20"/>
         <rFont val="ＭＳ Ｐゴシック"/>
         <family val="3"/>
         <charset val="128"/>
         <scheme val="minor"/>
       </rPr>
       <t>について理由を明記(申請理由詳細欄)ください。</t>
@@ -1708,51 +1708,51 @@
     </rPh>
     <rPh sb="67" eb="69">
       <t>キカク</t>
     </rPh>
     <rPh sb="70" eb="72">
       <t>ジッシ</t>
     </rPh>
     <rPh sb="87" eb="89">
       <t>リユウ</t>
     </rPh>
     <rPh sb="90" eb="92">
       <t>メイキ</t>
     </rPh>
     <rPh sb="93" eb="95">
       <t>シンセイ</t>
     </rPh>
     <rPh sb="95" eb="97">
       <t>リユウ</t>
     </rPh>
     <rPh sb="97" eb="99">
       <t>ショウサイ</t>
     </rPh>
     <rPh sb="99" eb="100">
       <t>ラン</t>
     </rPh>
-    <phoneticPr fontId="28"/>
+    <phoneticPr fontId="27"/>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="20"/>
         <rFont val="ＭＳ Ｐゴシック"/>
         <family val="3"/>
         <charset val="128"/>
         <scheme val="minor"/>
       </rPr>
       <t>就職活動やキャリアに関する企画</t>
     </r>
     <r>
       <rPr>
         <sz val="20"/>
         <rFont val="ＭＳ Ｐゴシック"/>
         <family val="3"/>
         <charset val="128"/>
         <scheme val="minor"/>
       </rPr>
       <t>については、</t>
     </r>
     <r>
       <rPr>
@@ -1780,51 +1780,51 @@
     </rPh>
     <rPh sb="2" eb="4">
       <t>カツドウ</t>
     </rPh>
     <rPh sb="10" eb="11">
       <t>カン</t>
     </rPh>
     <rPh sb="13" eb="15">
       <t>キカク</t>
     </rPh>
     <rPh sb="21" eb="22">
       <t>カナラ</t>
     </rPh>
     <rPh sb="23" eb="25">
       <t>ジゼン</t>
     </rPh>
     <rPh sb="26" eb="27">
       <t>ガク</t>
     </rPh>
     <rPh sb="27" eb="28">
       <t>セイ</t>
     </rPh>
     <rPh sb="33" eb="35">
       <t>ソウダン</t>
     </rPh>
-    <phoneticPr fontId="28"/>
+    <phoneticPr fontId="27"/>
   </si>
   <si>
     <t>（学生オフィス確認欄）　課長確認　　□</t>
     <rPh sb="1" eb="3">
       <t>ガクセイ</t>
     </rPh>
     <rPh sb="7" eb="9">
       <t>カクニン</t>
     </rPh>
     <rPh sb="9" eb="10">
       <t>ラン</t>
     </rPh>
     <rPh sb="12" eb="14">
       <t>カチョウ</t>
     </rPh>
     <rPh sb="14" eb="16">
       <t>カクニン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <r>
       <t>＊申請が必要な理由・背景　　＊企画の趣旨・重要性　　＊その企画が団体にもたらす効果・便益など　</t>
     </r>
     <r>
@@ -1943,51 +1943,51 @@
     <rPh sb="103" eb="105">
       <t>ナイヨウ</t>
     </rPh>
     <rPh sb="107" eb="109">
       <t>カクニン</t>
     </rPh>
     <rPh sb="113" eb="115">
       <t>ダンタイ</t>
     </rPh>
     <rPh sb="115" eb="116">
       <t>ナイ</t>
     </rPh>
     <rPh sb="118" eb="119">
       <t>カナラ</t>
     </rPh>
     <rPh sb="120" eb="122">
       <t>キョウユウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="46" x14ac:knownFonts="1">
+  <fonts count="48" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Meiryo UI"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
@@ -2106,58 +2106,50 @@
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="16"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="22"/>
       <color rgb="FFFF0000"/>
-      <name val="ＭＳ Ｐゴシック"/>
-[...6 lines deleted...]
-      <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
@@ -2283,50 +2275,71 @@
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="22"/>
       <color rgb="FFFF0000"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <b/>
       <sz val="22"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
+    <font>
+      <sz val="24"/>
+      <name val="ＭＳ Ｐゴシック"/>
+      <family val="3"/>
+      <charset val="128"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="24"/>
+      <name val="ＭＳ Ｐゴシック"/>
+      <family val="3"/>
+      <charset val="128"/>
+    </font>
+    <font>
+      <sz val="24"/>
+      <color theme="1"/>
+      <name val="ＭＳ Ｐゴシック"/>
+      <family val="3"/>
+      <charset val="128"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
@@ -2848,700 +2861,703 @@
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="217">
+  <cellXfs count="218">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="42" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="41" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="41" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="42" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="45" fillId="5" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="47" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="45" fillId="5" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="45" fillId="5" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="5" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="5" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="5" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...52 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...178 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="2" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="25" fillId="2" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="2" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="25" fillId="2" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="2" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="25" fillId="2" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="2" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="25" fillId="2" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="2" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="2" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...21 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="33" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="2" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="41" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
-[...121 lines deleted...]
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
@@ -3695,53 +3711,53 @@
           <a:r>
             <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="2000"/>
             <a:t>　学外者の所属等記載</a:t>
           </a:r>
           <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="2000"/>
         </a:p>
         <a:p>
           <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="2000"/>
         </a:p>
         <a:p>
           <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="2000"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>10</xdr:col>
       <xdr:colOff>4156364</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>294410</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>11</xdr:col>
-      <xdr:colOff>34637</xdr:colOff>
+      <xdr:colOff>28287</xdr:colOff>
       <xdr:row>3</xdr:row>
-      <xdr:rowOff>432264</xdr:rowOff>
+      <xdr:rowOff>425914</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="図 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000004000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="21838228" y="294410"/>
           <a:ext cx="3532909" cy="2025536"/>
         </a:xfrm>
@@ -4003,1173 +4019,1173 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:L63"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="55" zoomScaleNormal="55" zoomScaleSheetLayoutView="55" workbookViewId="0">
-      <selection activeCell="S5" sqref="S5"/>
+      <selection activeCell="C11" sqref="C11:K11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13.5" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="9.125" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="11" max="11" width="100.5" customWidth="1"/>
+    <col min="1" max="1" width="9.08984375" customWidth="1"/>
+    <col min="2" max="2" width="38.36328125" customWidth="1"/>
+    <col min="3" max="3" width="37.90625" customWidth="1"/>
+    <col min="4" max="4" width="20.7265625" customWidth="1"/>
+    <col min="5" max="5" width="14.453125" customWidth="1"/>
+    <col min="6" max="6" width="41.08984375" customWidth="1"/>
+    <col min="7" max="7" width="11.7265625" customWidth="1"/>
+    <col min="8" max="8" width="21.08984375" customWidth="1"/>
+    <col min="9" max="9" width="28.26953125" customWidth="1"/>
+    <col min="11" max="11" width="100.453125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="81" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A1" s="155" t="s">
+    <row r="1" spans="1:12" ht="81" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="149" t="s">
         <v>42</v>
       </c>
-      <c r="B1" s="156"/>
-[...11 lines deleted...]
-      <c r="A2" s="154" t="s">
+      <c r="B1" s="150"/>
+      <c r="C1" s="150"/>
+      <c r="D1" s="150"/>
+      <c r="E1" s="150"/>
+      <c r="F1" s="150"/>
+      <c r="G1" s="150"/>
+      <c r="H1" s="150"/>
+      <c r="I1" s="150"/>
+      <c r="J1" s="150"/>
+      <c r="K1" s="150"/>
+    </row>
+    <row r="2" spans="1:12" s="28" customFormat="1" ht="34.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="148" t="s">
         <v>70</v>
       </c>
-      <c r="B2" s="154"/>
-[...12 lines deleted...]
-      <c r="A3" s="26" t="s">
+      <c r="B2" s="148"/>
+      <c r="C2" s="148"/>
+      <c r="D2" s="148"/>
+      <c r="E2" s="148"/>
+      <c r="F2" s="148"/>
+      <c r="G2" s="148"/>
+      <c r="H2" s="148"/>
+      <c r="I2" s="148"/>
+      <c r="J2" s="148"/>
+      <c r="K2" s="148"/>
+      <c r="L2" s="148"/>
+    </row>
+    <row r="3" spans="1:12" s="28" customFormat="1" ht="34.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="25" t="s">
         <v>73</v>
       </c>
-      <c r="B3" s="206" t="s">
+      <c r="B3" s="201" t="s">
         <v>71</v>
       </c>
-      <c r="C3" s="206"/>
-[...11 lines deleted...]
-      <c r="A4" s="26" t="s">
+      <c r="C3" s="201"/>
+      <c r="D3" s="201"/>
+      <c r="E3" s="201"/>
+      <c r="F3" s="201"/>
+      <c r="G3" s="201"/>
+      <c r="H3" s="201"/>
+      <c r="I3" s="201"/>
+      <c r="J3" s="201"/>
+      <c r="K3" s="201"/>
+      <c r="L3" s="201"/>
+    </row>
+    <row r="4" spans="1:12" s="28" customFormat="1" ht="34.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="25" t="s">
         <v>73</v>
       </c>
-      <c r="B4" s="207" t="s">
+      <c r="B4" s="202" t="s">
         <v>87</v>
       </c>
-      <c r="C4" s="207"/>
-[...11 lines deleted...]
-      <c r="A5" s="26" t="s">
+      <c r="C4" s="202"/>
+      <c r="D4" s="202"/>
+      <c r="E4" s="202"/>
+      <c r="F4" s="202"/>
+      <c r="G4" s="202"/>
+      <c r="H4" s="202"/>
+      <c r="I4" s="202"/>
+      <c r="J4" s="202"/>
+      <c r="K4" s="202"/>
+      <c r="L4" s="202"/>
+    </row>
+    <row r="5" spans="1:12" s="28" customFormat="1" ht="34.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="25" t="s">
         <v>73</v>
       </c>
-      <c r="B5" s="27" t="s">
+      <c r="B5" s="26" t="s">
         <v>78</v>
       </c>
-      <c r="C5" s="28"/>
-[...11 lines deleted...]
-      <c r="A6" s="26" t="s">
+      <c r="C5" s="27"/>
+      <c r="D5" s="27"/>
+      <c r="E5" s="27"/>
+      <c r="F5" s="27"/>
+      <c r="G5" s="27"/>
+      <c r="H5" s="27"/>
+      <c r="I5" s="27"/>
+      <c r="J5" s="27"/>
+      <c r="K5" s="27"/>
+      <c r="L5" s="27"/>
+    </row>
+    <row r="6" spans="1:12" s="28" customFormat="1" ht="49.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="25" t="s">
         <v>73</v>
       </c>
-      <c r="B6" s="206" t="s">
+      <c r="B6" s="201" t="s">
         <v>88</v>
       </c>
-      <c r="C6" s="206"/>
-[...11 lines deleted...]
-      <c r="A7" s="26" t="s">
+      <c r="C6" s="201"/>
+      <c r="D6" s="201"/>
+      <c r="E6" s="201"/>
+      <c r="F6" s="201"/>
+      <c r="G6" s="201"/>
+      <c r="H6" s="201"/>
+      <c r="I6" s="201"/>
+      <c r="J6" s="201"/>
+      <c r="K6" s="201"/>
+      <c r="L6" s="201"/>
+    </row>
+    <row r="7" spans="1:12" s="28" customFormat="1" ht="34.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="25" t="s">
         <v>73</v>
       </c>
-      <c r="B7" s="207" t="s">
+      <c r="B7" s="202" t="s">
         <v>89</v>
       </c>
-      <c r="C7" s="207"/>
-[...11 lines deleted...]
-      <c r="A8" s="26" t="s">
+      <c r="C7" s="202"/>
+      <c r="D7" s="202"/>
+      <c r="E7" s="202"/>
+      <c r="F7" s="202"/>
+      <c r="G7" s="202"/>
+      <c r="H7" s="202"/>
+      <c r="I7" s="202"/>
+      <c r="J7" s="202"/>
+      <c r="K7" s="202"/>
+      <c r="L7" s="202"/>
+    </row>
+    <row r="8" spans="1:12" s="28" customFormat="1" ht="34.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="25" t="s">
         <v>73</v>
       </c>
-      <c r="B8" s="154" t="s">
+      <c r="B8" s="148" t="s">
         <v>72</v>
       </c>
-      <c r="C8" s="154"/>
-[...25 lines deleted...]
-      <c r="A10" s="162" t="s">
+      <c r="C8" s="148"/>
+      <c r="D8" s="148"/>
+      <c r="E8" s="148"/>
+      <c r="F8" s="148"/>
+      <c r="G8" s="148"/>
+      <c r="H8" s="148"/>
+      <c r="I8" s="148"/>
+      <c r="J8" s="148"/>
+      <c r="K8" s="148"/>
+      <c r="L8" s="148"/>
+    </row>
+    <row r="9" spans="1:12" ht="34.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="13"/>
+      <c r="B9" s="17"/>
+      <c r="C9" s="17"/>
+      <c r="D9" s="17"/>
+      <c r="E9" s="17"/>
+      <c r="F9" s="17"/>
+      <c r="G9" s="17"/>
+      <c r="H9" s="17"/>
+      <c r="I9" s="17"/>
+      <c r="J9" s="18"/>
+      <c r="K9" s="17"/>
+      <c r="L9" s="17"/>
+    </row>
+    <row r="10" spans="1:12" ht="42" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="156" t="s">
         <v>77</v>
       </c>
-      <c r="B10" s="162"/>
-[...7 lines deleted...]
-      <c r="J10" s="163" t="s">
+      <c r="B10" s="156"/>
+      <c r="C10" s="156"/>
+      <c r="D10" s="156"/>
+      <c r="E10" s="156"/>
+      <c r="F10" s="156"/>
+      <c r="G10" s="156"/>
+      <c r="H10" s="156"/>
+      <c r="I10" s="21"/>
+      <c r="J10" s="157" t="s">
         <v>37</v>
       </c>
-      <c r="K10" s="164"/>
-[...2 lines deleted...]
-      <c r="A11" s="157" t="s">
+      <c r="K10" s="158"/>
+    </row>
+    <row r="11" spans="1:12" ht="55.5" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="151" t="s">
         <v>16</v>
       </c>
-      <c r="B11" s="158"/>
-[...11 lines deleted...]
-      <c r="A12" s="44" t="s">
+      <c r="B11" s="152"/>
+      <c r="C11" s="153"/>
+      <c r="D11" s="154"/>
+      <c r="E11" s="154"/>
+      <c r="F11" s="154"/>
+      <c r="G11" s="154"/>
+      <c r="H11" s="154"/>
+      <c r="I11" s="154"/>
+      <c r="J11" s="154"/>
+      <c r="K11" s="155"/>
+    </row>
+    <row r="12" spans="1:12" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="37" t="s">
         <v>48</v>
       </c>
-      <c r="B12" s="45"/>
-      <c r="C12" s="38" t="s">
+      <c r="B12" s="38"/>
+      <c r="C12" s="31" t="s">
         <v>57</v>
       </c>
-      <c r="D12" s="39"/>
-[...4 lines deleted...]
-      <c r="I12" s="63" t="s">
+      <c r="D12" s="32"/>
+      <c r="E12" s="32"/>
+      <c r="F12" s="32"/>
+      <c r="G12" s="32"/>
+      <c r="H12" s="32"/>
+      <c r="I12" s="55" t="s">
         <v>50</v>
       </c>
-      <c r="J12" s="208"/>
-[...29 lines deleted...]
-      <c r="A15" s="44" t="s">
+      <c r="J12" s="203"/>
+      <c r="K12" s="204"/>
+    </row>
+    <row r="13" spans="1:12" ht="35.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="39"/>
+      <c r="B13" s="40"/>
+      <c r="C13" s="33"/>
+      <c r="D13" s="34"/>
+      <c r="E13" s="34"/>
+      <c r="F13" s="34"/>
+      <c r="G13" s="34"/>
+      <c r="H13" s="34"/>
+      <c r="I13" s="56"/>
+      <c r="J13" s="205"/>
+      <c r="K13" s="206"/>
+    </row>
+    <row r="14" spans="1:12" ht="35.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="41"/>
+      <c r="B14" s="42"/>
+      <c r="C14" s="35"/>
+      <c r="D14" s="36"/>
+      <c r="E14" s="36"/>
+      <c r="F14" s="36"/>
+      <c r="G14" s="36"/>
+      <c r="H14" s="36"/>
+      <c r="I14" s="24"/>
+      <c r="J14" s="22"/>
+      <c r="K14" s="23"/>
+    </row>
+    <row r="15" spans="1:12" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="37" t="s">
         <v>86</v>
       </c>
-      <c r="B15" s="45"/>
-[...24 lines deleted...]
-      <c r="A17" s="44" t="s">
+      <c r="B15" s="38"/>
+      <c r="C15" s="164"/>
+      <c r="D15" s="165"/>
+      <c r="E15" s="165"/>
+      <c r="F15" s="165"/>
+      <c r="G15" s="165"/>
+      <c r="H15" s="165"/>
+      <c r="I15" s="165"/>
+      <c r="J15" s="165"/>
+      <c r="K15" s="166"/>
+    </row>
+    <row r="16" spans="1:12" ht="36.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="41"/>
+      <c r="B16" s="42"/>
+      <c r="C16" s="167"/>
+      <c r="D16" s="168"/>
+      <c r="E16" s="168"/>
+      <c r="F16" s="168"/>
+      <c r="G16" s="168"/>
+      <c r="H16" s="168"/>
+      <c r="I16" s="168"/>
+      <c r="J16" s="168"/>
+      <c r="K16" s="169"/>
+    </row>
+    <row r="17" spans="1:11" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="37" t="s">
         <v>49</v>
       </c>
-      <c r="B17" s="45"/>
-      <c r="C17" s="38" t="s">
+      <c r="B17" s="38"/>
+      <c r="C17" s="31" t="s">
         <v>81</v>
       </c>
-      <c r="D17" s="39"/>
-[...4 lines deleted...]
-      <c r="I17" s="63" t="s">
+      <c r="D17" s="32"/>
+      <c r="E17" s="32"/>
+      <c r="F17" s="32"/>
+      <c r="G17" s="32"/>
+      <c r="H17" s="32"/>
+      <c r="I17" s="55" t="s">
         <v>50</v>
       </c>
-      <c r="J17" s="208"/>
-[...29 lines deleted...]
-      <c r="A20" s="44" t="s">
+      <c r="J17" s="203"/>
+      <c r="K17" s="204"/>
+    </row>
+    <row r="18" spans="1:11" s="2" customFormat="1" ht="36" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="39"/>
+      <c r="B18" s="40"/>
+      <c r="C18" s="33"/>
+      <c r="D18" s="34"/>
+      <c r="E18" s="34"/>
+      <c r="F18" s="34"/>
+      <c r="G18" s="34"/>
+      <c r="H18" s="34"/>
+      <c r="I18" s="56"/>
+      <c r="J18" s="205"/>
+      <c r="K18" s="206"/>
+    </row>
+    <row r="19" spans="1:11" s="2" customFormat="1" ht="36" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="41"/>
+      <c r="B19" s="42"/>
+      <c r="C19" s="35"/>
+      <c r="D19" s="36"/>
+      <c r="E19" s="36"/>
+      <c r="F19" s="36"/>
+      <c r="G19" s="36"/>
+      <c r="H19" s="36"/>
+      <c r="I19" s="24"/>
+      <c r="J19" s="22"/>
+      <c r="K19" s="23"/>
+    </row>
+    <row r="20" spans="1:11" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="37" t="s">
         <v>86</v>
       </c>
-      <c r="B20" s="45"/>
-[...24 lines deleted...]
-      <c r="A22" s="44" t="s">
+      <c r="B20" s="38"/>
+      <c r="C20" s="164"/>
+      <c r="D20" s="165"/>
+      <c r="E20" s="165"/>
+      <c r="F20" s="165"/>
+      <c r="G20" s="165"/>
+      <c r="H20" s="165"/>
+      <c r="I20" s="165"/>
+      <c r="J20" s="165"/>
+      <c r="K20" s="166"/>
+    </row>
+    <row r="21" spans="1:11" ht="42.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="41"/>
+      <c r="B21" s="42"/>
+      <c r="C21" s="167"/>
+      <c r="D21" s="168"/>
+      <c r="E21" s="168"/>
+      <c r="F21" s="168"/>
+      <c r="G21" s="168"/>
+      <c r="H21" s="168"/>
+      <c r="I21" s="168"/>
+      <c r="J21" s="168"/>
+      <c r="K21" s="169"/>
+    </row>
+    <row r="22" spans="1:11" ht="74.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="37" t="s">
         <v>17</v>
       </c>
-      <c r="B22" s="57"/>
-[...11 lines deleted...]
-      <c r="A23" s="44" t="s">
+      <c r="B22" s="49"/>
+      <c r="C22" s="174"/>
+      <c r="D22" s="174"/>
+      <c r="E22" s="174"/>
+      <c r="F22" s="174"/>
+      <c r="G22" s="174"/>
+      <c r="H22" s="174"/>
+      <c r="I22" s="174"/>
+      <c r="J22" s="174"/>
+      <c r="K22" s="175"/>
+    </row>
+    <row r="23" spans="1:11" ht="58.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="37" t="s">
         <v>44</v>
       </c>
-      <c r="B23" s="45"/>
-      <c r="C23" s="131" t="s">
+      <c r="B23" s="38"/>
+      <c r="C23" s="123" t="s">
         <v>58</v>
       </c>
-      <c r="D23" s="105"/>
-      <c r="E23" s="105" t="s">
+      <c r="D23" s="100"/>
+      <c r="E23" s="100" t="s">
         <v>59</v>
       </c>
-      <c r="F23" s="105"/>
-      <c r="G23" s="105" t="s">
+      <c r="F23" s="100"/>
+      <c r="G23" s="100" t="s">
         <v>60</v>
       </c>
-      <c r="H23" s="105"/>
-[...1 lines deleted...]
-      <c r="J23" s="103" t="s">
+      <c r="H23" s="100"/>
+      <c r="I23" s="100"/>
+      <c r="J23" s="98" t="s">
         <v>61</v>
       </c>
-      <c r="K23" s="104"/>
-[...4 lines deleted...]
-      <c r="C24" s="135" t="s">
+      <c r="K23" s="99"/>
+    </row>
+    <row r="24" spans="1:11" ht="58.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="41"/>
+      <c r="B24" s="42"/>
+      <c r="C24" s="127" t="s">
         <v>66</v>
       </c>
-      <c r="D24" s="103"/>
-[...2 lines deleted...]
-      <c r="G24" s="105" t="s">
+      <c r="D24" s="98"/>
+      <c r="E24" s="98"/>
+      <c r="F24" s="98"/>
+      <c r="G24" s="100" t="s">
         <v>62</v>
       </c>
-      <c r="H24" s="105"/>
-[...5 lines deleted...]
-      <c r="A25" s="136" t="s">
+      <c r="H24" s="100"/>
+      <c r="I24" s="100"/>
+      <c r="J24" s="100"/>
+      <c r="K24" s="99"/>
+    </row>
+    <row r="25" spans="1:11" ht="60" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="128" t="s">
         <v>67</v>
       </c>
-      <c r="B25" s="13" t="s">
+      <c r="B25" s="12" t="s">
         <v>41</v>
       </c>
-      <c r="C25" s="11" t="s">
+      <c r="C25" s="10" t="s">
         <v>64</v>
       </c>
-      <c r="D25" s="58"/>
-[...10 lines deleted...]
-      <c r="B26" s="13" t="s">
+      <c r="D25" s="50"/>
+      <c r="E25" s="51"/>
+      <c r="F25" s="51"/>
+      <c r="G25" s="51"/>
+      <c r="H25" s="51"/>
+      <c r="I25" s="51"/>
+      <c r="J25" s="51"/>
+      <c r="K25" s="52"/>
+    </row>
+    <row r="26" spans="1:11" s="3" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="129"/>
+      <c r="B26" s="12" t="s">
         <v>18</v>
       </c>
-      <c r="C26" s="11" t="s">
+      <c r="C26" s="10" t="s">
         <v>64</v>
       </c>
-      <c r="D26" s="89" t="s">
+      <c r="D26" s="70" t="s">
         <v>19</v>
       </c>
-      <c r="E26" s="90"/>
-[...1 lines deleted...]
-      <c r="G26" s="87" t="s">
+      <c r="E26" s="71"/>
+      <c r="F26" s="72"/>
+      <c r="G26" s="68" t="s">
         <v>20</v>
       </c>
-      <c r="H26" s="88"/>
-      <c r="I26" s="11" t="s">
+      <c r="H26" s="69"/>
+      <c r="I26" s="10" t="s">
         <v>64</v>
       </c>
-      <c r="J26" s="89" t="s">
+      <c r="J26" s="70" t="s">
         <v>21</v>
       </c>
-      <c r="K26" s="119"/>
-[...3 lines deleted...]
-      <c r="B27" s="13" t="s">
+      <c r="K26" s="114"/>
+    </row>
+    <row r="27" spans="1:11" s="3" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="129"/>
+      <c r="B27" s="12" t="s">
         <v>22</v>
       </c>
-      <c r="C27" s="11" t="s">
+      <c r="C27" s="10" t="s">
         <v>64</v>
       </c>
-      <c r="D27" s="89" t="s">
+      <c r="D27" s="70" t="s">
         <v>23</v>
       </c>
-      <c r="E27" s="90"/>
-[...1 lines deleted...]
-      <c r="G27" s="87" t="s">
+      <c r="E27" s="71"/>
+      <c r="F27" s="72"/>
+      <c r="G27" s="68" t="s">
         <v>24</v>
       </c>
-      <c r="H27" s="88"/>
-      <c r="I27" s="11" t="s">
+      <c r="H27" s="69"/>
+      <c r="I27" s="10" t="s">
         <v>64</v>
       </c>
-      <c r="J27" s="89" t="s">
+      <c r="J27" s="70" t="s">
         <v>25</v>
       </c>
-      <c r="K27" s="119"/>
-[...3 lines deleted...]
-      <c r="B28" s="139" t="s">
+      <c r="K27" s="114"/>
+    </row>
+    <row r="28" spans="1:11" s="3" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="129"/>
+      <c r="B28" s="131" t="s">
         <v>26</v>
       </c>
-      <c r="C28" s="101" t="s">
+      <c r="C28" s="96" t="s">
         <v>64</v>
       </c>
-      <c r="D28" s="191" t="s">
+      <c r="D28" s="192" t="s">
         <v>27</v>
       </c>
-      <c r="E28" s="192"/>
-[...1 lines deleted...]
-      <c r="G28" s="172" t="s">
+      <c r="E28" s="193"/>
+      <c r="F28" s="194"/>
+      <c r="G28" s="214" t="s">
         <v>28</v>
       </c>
-      <c r="H28" s="173"/>
+      <c r="H28" s="215"/>
       <c r="I28" s="176" t="s">
         <v>63</v>
       </c>
-      <c r="J28" s="125" t="s">
+      <c r="J28" s="170" t="s">
         <v>29</v>
       </c>
-      <c r="K28" s="126"/>
-[...9 lines deleted...]
-      <c r="H29" s="175"/>
+      <c r="K28" s="171"/>
+    </row>
+    <row r="29" spans="1:11" s="3" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="130"/>
+      <c r="B29" s="132"/>
+      <c r="C29" s="97"/>
+      <c r="D29" s="195"/>
+      <c r="E29" s="196"/>
+      <c r="F29" s="197"/>
+      <c r="G29" s="216"/>
+      <c r="H29" s="217"/>
       <c r="I29" s="177"/>
-      <c r="J29" s="127"/>
-[...3 lines deleted...]
-      <c r="A30" s="92" t="s">
+      <c r="J29" s="172"/>
+      <c r="K29" s="173"/>
+    </row>
+    <row r="30" spans="1:11" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="73" t="s">
         <v>30</v>
       </c>
-      <c r="B30" s="93"/>
-      <c r="C30" s="96" t="s">
+      <c r="B30" s="74"/>
+      <c r="C30" s="77" t="s">
         <v>91</v>
       </c>
-      <c r="D30" s="97"/>
-[...22 lines deleted...]
-      <c r="A32" s="44" t="s">
+      <c r="D30" s="78"/>
+      <c r="E30" s="78"/>
+      <c r="F30" s="78"/>
+      <c r="G30" s="78"/>
+      <c r="H30" s="78"/>
+      <c r="I30" s="78"/>
+      <c r="J30" s="78"/>
+      <c r="K30" s="79"/>
+    </row>
+    <row r="31" spans="1:11" s="2" customFormat="1" ht="138" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="75"/>
+      <c r="B31" s="76"/>
+      <c r="C31" s="144"/>
+      <c r="D31" s="144"/>
+      <c r="E31" s="144"/>
+      <c r="F31" s="144"/>
+      <c r="G31" s="144"/>
+      <c r="H31" s="144"/>
+      <c r="I31" s="144"/>
+      <c r="J31" s="144"/>
+      <c r="K31" s="145"/>
+    </row>
+    <row r="32" spans="1:11" s="2" customFormat="1" ht="54.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="37" t="s">
         <v>31</v>
       </c>
-      <c r="B32" s="45"/>
-      <c r="C32" s="165" t="s">
+      <c r="B32" s="38"/>
+      <c r="C32" s="159" t="s">
         <v>79</v>
       </c>
-      <c r="D32" s="166"/>
-[...4 lines deleted...]
-      <c r="I32" s="168" t="s">
+      <c r="D32" s="160"/>
+      <c r="E32" s="160"/>
+      <c r="F32" s="160"/>
+      <c r="G32" s="160"/>
+      <c r="H32" s="161"/>
+      <c r="I32" s="162" t="s">
         <v>32</v>
       </c>
       <c r="J32" s="4" t="s">
         <v>33</v>
       </c>
-      <c r="K32" s="20"/>
-[...11 lines deleted...]
-      <c r="J33" s="180" t="s">
+      <c r="K32" s="19"/>
+    </row>
+    <row r="33" spans="1:11" ht="129" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="41"/>
+      <c r="B33" s="42"/>
+      <c r="C33" s="178"/>
+      <c r="D33" s="179"/>
+      <c r="E33" s="179"/>
+      <c r="F33" s="179"/>
+      <c r="G33" s="179"/>
+      <c r="H33" s="180"/>
+      <c r="I33" s="163"/>
+      <c r="J33" s="181" t="s">
         <v>74</v>
       </c>
-      <c r="K33" s="181"/>
-[...2 lines deleted...]
-      <c r="A34" s="61" t="s">
+      <c r="K33" s="182"/>
+    </row>
+    <row r="34" spans="1:11" ht="85.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="53" t="s">
         <v>69</v>
       </c>
-      <c r="B34" s="62"/>
-      <c r="C34" s="115" t="s">
+      <c r="B34" s="54"/>
+      <c r="C34" s="110" t="s">
         <v>52</v>
       </c>
-      <c r="D34" s="116"/>
-[...1 lines deleted...]
-      <c r="F34" s="9" t="s">
+      <c r="D34" s="111"/>
+      <c r="E34" s="111"/>
+      <c r="F34" s="30" t="s">
         <v>51</v>
       </c>
-      <c r="G34" s="116" t="s">
+      <c r="G34" s="111" t="s">
         <v>52</v>
       </c>
-      <c r="H34" s="116"/>
-[...2 lines deleted...]
-      <c r="K34" s="21" t="s">
+      <c r="H34" s="111"/>
+      <c r="I34" s="111"/>
+      <c r="J34" s="111"/>
+      <c r="K34" s="20" t="s">
         <v>84</v>
       </c>
     </row>
-    <row r="35" spans="1:11" ht="72" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A35" s="146" t="s">
+    <row r="35" spans="1:11" ht="72" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="138" t="s">
         <v>85</v>
       </c>
-      <c r="B35" s="147"/>
-      <c r="C35" s="123" t="s">
+      <c r="B35" s="139"/>
+      <c r="C35" s="118" t="s">
         <v>82</v>
       </c>
-      <c r="D35" s="123"/>
-[...11 lines deleted...]
-      <c r="C36" s="117" t="s">
+      <c r="D35" s="118"/>
+      <c r="E35" s="118"/>
+      <c r="F35" s="118"/>
+      <c r="G35" s="118"/>
+      <c r="H35" s="118"/>
+      <c r="I35" s="118"/>
+      <c r="J35" s="118"/>
+      <c r="K35" s="119"/>
+    </row>
+    <row r="36" spans="1:11" ht="78.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="140"/>
+      <c r="B36" s="141"/>
+      <c r="C36" s="112" t="s">
         <v>55</v>
       </c>
-      <c r="D36" s="182"/>
-[...24 lines deleted...]
-      <c r="C38" s="117" t="s">
+      <c r="D36" s="183"/>
+      <c r="E36" s="184"/>
+      <c r="F36" s="184"/>
+      <c r="G36" s="184"/>
+      <c r="H36" s="184"/>
+      <c r="I36" s="184"/>
+      <c r="J36" s="184"/>
+      <c r="K36" s="185"/>
+    </row>
+    <row r="37" spans="1:11" ht="129" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="140"/>
+      <c r="B37" s="141"/>
+      <c r="C37" s="113"/>
+      <c r="D37" s="186"/>
+      <c r="E37" s="187"/>
+      <c r="F37" s="187"/>
+      <c r="G37" s="187"/>
+      <c r="H37" s="187"/>
+      <c r="I37" s="187"/>
+      <c r="J37" s="187"/>
+      <c r="K37" s="188"/>
+    </row>
+    <row r="38" spans="1:11" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="140"/>
+      <c r="B38" s="141"/>
+      <c r="C38" s="112" t="s">
         <v>54</v>
       </c>
-      <c r="D38" s="188"/>
-[...22 lines deleted...]
-      <c r="A40" s="212" t="s">
+      <c r="D38" s="189"/>
+      <c r="E38" s="190"/>
+      <c r="F38" s="190"/>
+      <c r="G38" s="190"/>
+      <c r="H38" s="190"/>
+      <c r="I38" s="190"/>
+      <c r="J38" s="190"/>
+      <c r="K38" s="191"/>
+    </row>
+    <row r="39" spans="1:11" ht="171.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="142"/>
+      <c r="B39" s="143"/>
+      <c r="C39" s="113"/>
+      <c r="D39" s="186"/>
+      <c r="E39" s="187"/>
+      <c r="F39" s="187"/>
+      <c r="G39" s="187"/>
+      <c r="H39" s="187"/>
+      <c r="I39" s="187"/>
+      <c r="J39" s="187"/>
+      <c r="K39" s="188"/>
+    </row>
+    <row r="40" spans="1:11" ht="187.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="207" t="s">
         <v>38</v>
       </c>
-      <c r="B40" s="213"/>
-      <c r="C40" s="214" t="s">
+      <c r="B40" s="208"/>
+      <c r="C40" s="209" t="s">
         <v>83</v>
       </c>
-      <c r="D40" s="215"/>
-[...9 lines deleted...]
-      <c r="A41" s="152" t="s">
+      <c r="D40" s="210"/>
+      <c r="E40" s="210"/>
+      <c r="F40" s="210"/>
+      <c r="G40" s="210"/>
+      <c r="H40" s="210"/>
+      <c r="I40" s="210"/>
+      <c r="J40" s="210"/>
+      <c r="K40" s="211"/>
+    </row>
+    <row r="41" spans="1:11" ht="56.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="146" t="s">
         <v>35</v>
       </c>
-      <c r="B41" s="153"/>
-      <c r="C41" s="17" t="s">
+      <c r="B41" s="147"/>
+      <c r="C41" s="16" t="s">
         <v>73</v>
       </c>
-      <c r="D41" s="120" t="s">
+      <c r="D41" s="115" t="s">
         <v>36</v>
       </c>
-      <c r="E41" s="121"/>
-[...8 lines deleted...]
-      <c r="A42" s="141" t="s">
+      <c r="E41" s="116"/>
+      <c r="F41" s="116"/>
+      <c r="G41" s="116"/>
+      <c r="H41" s="116"/>
+      <c r="I41" s="116"/>
+      <c r="J41" s="116"/>
+      <c r="K41" s="117"/>
+    </row>
+    <row r="42" spans="1:11" ht="60.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="133" t="s">
         <v>34</v>
       </c>
-      <c r="B42" s="142"/>
-      <c r="C42" s="143" t="s">
+      <c r="B42" s="134"/>
+      <c r="C42" s="135" t="s">
         <v>39</v>
       </c>
-      <c r="D42" s="144"/>
-[...9 lines deleted...]
-      <c r="A43" s="170" t="s">
+      <c r="D42" s="136"/>
+      <c r="E42" s="136"/>
+      <c r="F42" s="136"/>
+      <c r="G42" s="136"/>
+      <c r="H42" s="136"/>
+      <c r="I42" s="136"/>
+      <c r="J42" s="136"/>
+      <c r="K42" s="137"/>
+    </row>
+    <row r="43" spans="1:11" ht="80.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="212" t="s">
         <v>40</v>
       </c>
-      <c r="B43" s="171"/>
-[...11 lines deleted...]
-      <c r="A44" s="34" t="s">
+      <c r="B43" s="213"/>
+      <c r="C43" s="213"/>
+      <c r="D43" s="213"/>
+      <c r="E43" s="213"/>
+      <c r="F43" s="213"/>
+      <c r="G43" s="213"/>
+      <c r="H43" s="213"/>
+      <c r="I43" s="213"/>
+      <c r="J43" s="213"/>
+      <c r="K43" s="213"/>
+    </row>
+    <row r="44" spans="1:11" s="11" customFormat="1" ht="60.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="83" t="s">
         <v>90</v>
       </c>
-      <c r="B44" s="35"/>
-[...11 lines deleted...]
-      <c r="A45" s="50" t="s">
+      <c r="B44" s="84"/>
+      <c r="C44" s="84"/>
+      <c r="D44" s="84"/>
+      <c r="E44" s="84"/>
+      <c r="F44" s="84"/>
+      <c r="G44" s="84"/>
+      <c r="H44" s="84"/>
+      <c r="I44" s="84"/>
+      <c r="J44" s="84"/>
+      <c r="K44" s="85"/>
+    </row>
+    <row r="45" spans="1:11" ht="140.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="43" t="s">
         <v>45</v>
       </c>
-      <c r="B45" s="51"/>
-      <c r="C45" s="52" t="s">
+      <c r="B45" s="44"/>
+      <c r="C45" s="45" t="s">
         <v>46</v>
       </c>
-      <c r="D45" s="51"/>
-[...1 lines deleted...]
-      <c r="F45" s="52" t="s">
+      <c r="D45" s="44"/>
+      <c r="E45" s="29"/>
+      <c r="F45" s="45" t="s">
         <v>47</v>
       </c>
-      <c r="G45" s="51"/>
-[...6 lines deleted...]
-      <c r="A46" s="31" t="s">
+      <c r="G45" s="44"/>
+      <c r="H45" s="46"/>
+      <c r="I45" s="47"/>
+      <c r="J45" s="47"/>
+      <c r="K45" s="48"/>
+    </row>
+    <row r="46" spans="1:11" ht="104" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="80" t="s">
         <v>92</v>
       </c>
-      <c r="B46" s="32"/>
-[...11 lines deleted...]
-      <c r="A47" s="56" t="s">
+      <c r="B46" s="81"/>
+      <c r="C46" s="81"/>
+      <c r="D46" s="81"/>
+      <c r="E46" s="81"/>
+      <c r="F46" s="81"/>
+      <c r="G46" s="81"/>
+      <c r="H46" s="81"/>
+      <c r="I46" s="81"/>
+      <c r="J46" s="81"/>
+      <c r="K46" s="82"/>
+    </row>
+    <row r="47" spans="1:11" ht="44.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="87" t="s">
         <v>68</v>
       </c>
-      <c r="B47" s="56"/>
-[...12 lines deleted...]
-      <c r="A50" s="37" t="s">
+      <c r="B47" s="87"/>
+      <c r="C47" s="87"/>
+      <c r="D47" s="87"/>
+      <c r="E47" s="87"/>
+      <c r="F47" s="87"/>
+      <c r="G47" s="87"/>
+      <c r="H47" s="87"/>
+      <c r="I47" s="87"/>
+      <c r="J47" s="87"/>
+      <c r="K47" s="87"/>
+    </row>
+    <row r="49" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="50" spans="1:11" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="86" t="s">
         <v>56</v>
       </c>
-      <c r="B50" s="37"/>
-      <c r="C50" s="37"/>
+      <c r="B50" s="86"/>
+      <c r="C50" s="86"/>
       <c r="D50" s="1"/>
       <c r="E50" s="1"/>
       <c r="F50" s="1"/>
       <c r="G50" s="1"/>
       <c r="H50" s="1"/>
     </row>
-    <row r="51" spans="1:11" ht="45" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="51" spans="1:11" ht="45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="5" t="s">
         <v>65</v>
       </c>
       <c r="B51" s="1"/>
       <c r="C51" s="1"/>
       <c r="D51" s="1"/>
       <c r="E51" s="1"/>
       <c r="F51" s="1"/>
       <c r="G51" s="1"/>
       <c r="H51" s="1"/>
     </row>
-    <row r="52" spans="1:11" ht="42" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A52" s="74" t="s">
+    <row r="52" spans="1:11" ht="42" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="92" t="s">
         <v>43</v>
       </c>
-      <c r="B52" s="75"/>
+      <c r="B52" s="93"/>
       <c r="C52" s="8" t="s">
         <v>7</v>
       </c>
       <c r="D52" s="6"/>
       <c r="E52" s="6"/>
       <c r="F52" s="6"/>
       <c r="G52" s="6"/>
       <c r="H52" s="6"/>
       <c r="I52" s="7"/>
     </row>
-    <row r="53" spans="1:11" s="10" customFormat="1" ht="39.75" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A53" s="70" t="s">
+    <row r="53" spans="1:11" s="9" customFormat="1" ht="39.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A53" s="88" t="s">
         <v>0</v>
       </c>
-      <c r="B53" s="71"/>
-      <c r="C53" s="76" t="s">
+      <c r="B53" s="89"/>
+      <c r="C53" s="94" t="s">
         <v>63</v>
       </c>
-      <c r="D53" s="78" t="s">
+      <c r="D53" s="57" t="s">
         <v>15</v>
       </c>
-      <c r="E53" s="79"/>
-[...3 lines deleted...]
-      <c r="I53" s="80"/>
+      <c r="E53" s="58"/>
+      <c r="F53" s="58"/>
+      <c r="G53" s="58"/>
+      <c r="H53" s="58"/>
+      <c r="I53" s="59"/>
       <c r="J53"/>
       <c r="K53"/>
     </row>
-    <row r="54" spans="1:11" ht="42" customHeight="1" x14ac:dyDescent="0.15">
-[...13 lines deleted...]
-      <c r="A55" s="67" t="s">
+    <row r="54" spans="1:11" ht="42" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A54" s="90"/>
+      <c r="B54" s="91"/>
+      <c r="C54" s="95"/>
+      <c r="D54" s="60"/>
+      <c r="E54" s="61"/>
+      <c r="F54" s="61"/>
+      <c r="G54" s="61"/>
+      <c r="H54" s="61"/>
+      <c r="I54" s="62"/>
+      <c r="J54" s="9"/>
+      <c r="K54" s="9"/>
+    </row>
+    <row r="55" spans="1:11" ht="57" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A55" s="66" t="s">
         <v>2</v>
       </c>
-      <c r="B55" s="69"/>
-      <c r="C55" s="16" t="s">
+      <c r="B55" s="67"/>
+      <c r="C55" s="15" t="s">
         <v>64</v>
       </c>
-      <c r="D55" s="84" t="s">
+      <c r="D55" s="63" t="s">
         <v>13</v>
       </c>
-      <c r="E55" s="85"/>
-[...6 lines deleted...]
-      <c r="A56" s="70" t="s">
+      <c r="E55" s="64"/>
+      <c r="F55" s="64"/>
+      <c r="G55" s="64"/>
+      <c r="H55" s="64"/>
+      <c r="I55" s="65"/>
+    </row>
+    <row r="56" spans="1:11" ht="42" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A56" s="88" t="s">
         <v>1</v>
       </c>
-      <c r="B56" s="71"/>
-      <c r="C56" s="76" t="s">
+      <c r="B56" s="89"/>
+      <c r="C56" s="94" t="s">
         <v>63</v>
       </c>
-      <c r="D56" s="109" t="s">
+      <c r="D56" s="104" t="s">
         <v>6</v>
       </c>
-      <c r="E56" s="110"/>
-[...9 lines deleted...]
-      <c r="D57" s="112" t="s">
+      <c r="E56" s="105"/>
+      <c r="F56" s="105"/>
+      <c r="G56" s="105"/>
+      <c r="H56" s="105"/>
+      <c r="I56" s="106"/>
+    </row>
+    <row r="57" spans="1:11" ht="64.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A57" s="90"/>
+      <c r="B57" s="91"/>
+      <c r="C57" s="95"/>
+      <c r="D57" s="107" t="s">
         <v>14</v>
       </c>
-      <c r="E57" s="113"/>
-[...6 lines deleted...]
-      <c r="A58" s="67" t="s">
+      <c r="E57" s="108"/>
+      <c r="F57" s="108"/>
+      <c r="G57" s="108"/>
+      <c r="H57" s="108"/>
+      <c r="I57" s="109"/>
+    </row>
+    <row r="58" spans="1:11" ht="63" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A58" s="66" t="s">
         <v>3</v>
       </c>
-      <c r="B58" s="69"/>
-      <c r="C58" s="16" t="s">
+      <c r="B58" s="67"/>
+      <c r="C58" s="15" t="s">
         <v>64</v>
       </c>
-      <c r="D58" s="132" t="s">
+      <c r="D58" s="124" t="s">
         <v>53</v>
       </c>
-      <c r="E58" s="133"/>
-[...6 lines deleted...]
-      <c r="A59" s="67" t="s">
+      <c r="E58" s="125"/>
+      <c r="F58" s="125"/>
+      <c r="G58" s="125"/>
+      <c r="H58" s="125"/>
+      <c r="I58" s="126"/>
+    </row>
+    <row r="59" spans="1:11" ht="81" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A59" s="66" t="s">
         <v>4</v>
       </c>
-      <c r="B59" s="69"/>
-      <c r="C59" s="16" t="s">
+      <c r="B59" s="67"/>
+      <c r="C59" s="15" t="s">
         <v>64</v>
       </c>
-      <c r="D59" s="67" t="s">
+      <c r="D59" s="66" t="s">
         <v>5</v>
       </c>
-      <c r="E59" s="68"/>
-[...6 lines deleted...]
-      <c r="A60" s="129" t="s">
+      <c r="E59" s="120"/>
+      <c r="F59" s="120"/>
+      <c r="G59" s="120"/>
+      <c r="H59" s="120"/>
+      <c r="I59" s="67"/>
+    </row>
+    <row r="60" spans="1:11" ht="87.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A60" s="121" t="s">
         <v>12</v>
       </c>
-      <c r="B60" s="130"/>
-      <c r="C60" s="16" t="s">
+      <c r="B60" s="122"/>
+      <c r="C60" s="15" t="s">
         <v>64</v>
       </c>
-      <c r="D60" s="106" t="s">
+      <c r="D60" s="101" t="s">
         <v>11</v>
       </c>
-      <c r="E60" s="107"/>
-[...6 lines deleted...]
-      <c r="A61" s="70" t="s">
+      <c r="E60" s="102"/>
+      <c r="F60" s="102"/>
+      <c r="G60" s="102"/>
+      <c r="H60" s="102"/>
+      <c r="I60" s="103"/>
+    </row>
+    <row r="61" spans="1:11" ht="44.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A61" s="88" t="s">
         <v>10</v>
       </c>
-      <c r="B61" s="71"/>
-      <c r="C61" s="76" t="s">
+      <c r="B61" s="89"/>
+      <c r="C61" s="94" t="s">
         <v>63</v>
       </c>
-      <c r="D61" s="109" t="s">
+      <c r="D61" s="104" t="s">
         <v>8</v>
       </c>
-      <c r="E61" s="110"/>
-[...9 lines deleted...]
-      <c r="D62" s="112" t="s">
+      <c r="E61" s="105"/>
+      <c r="F61" s="105"/>
+      <c r="G61" s="105"/>
+      <c r="H61" s="105"/>
+      <c r="I61" s="106"/>
+    </row>
+    <row r="62" spans="1:11" ht="49.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A62" s="90"/>
+      <c r="B62" s="91"/>
+      <c r="C62" s="95"/>
+      <c r="D62" s="107" t="s">
         <v>9</v>
       </c>
-      <c r="E62" s="113"/>
-[...6 lines deleted...]
-      <c r="A63" s="129" t="s">
+      <c r="E62" s="108"/>
+      <c r="F62" s="108"/>
+      <c r="G62" s="108"/>
+      <c r="H62" s="108"/>
+      <c r="I62" s="109"/>
+    </row>
+    <row r="63" spans="1:11" ht="191.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A63" s="121" t="s">
         <v>75</v>
       </c>
-      <c r="B63" s="69"/>
-      <c r="C63" s="15" t="s">
+      <c r="B63" s="67"/>
+      <c r="C63" s="14" t="s">
         <v>80</v>
       </c>
-      <c r="D63" s="203" t="s">
+      <c r="D63" s="198" t="s">
         <v>76</v>
       </c>
-      <c r="E63" s="204"/>
-[...3 lines deleted...]
-      <c r="I63" s="205"/>
+      <c r="E63" s="199"/>
+      <c r="F63" s="199"/>
+      <c r="G63" s="199"/>
+      <c r="H63" s="199"/>
+      <c r="I63" s="200"/>
     </row>
   </sheetData>
   <mergeCells count="100">
-    <mergeCell ref="A63:B63"/>
-[...5 lines deleted...]
-    <mergeCell ref="B8:L8"/>
     <mergeCell ref="J12:K13"/>
     <mergeCell ref="A15:B16"/>
     <mergeCell ref="I17:I18"/>
     <mergeCell ref="J17:K18"/>
     <mergeCell ref="A40:B40"/>
     <mergeCell ref="C40:K40"/>
     <mergeCell ref="A32:B33"/>
-    <mergeCell ref="A43:K43"/>
     <mergeCell ref="G28:H29"/>
-    <mergeCell ref="I28:I29"/>
-[...1 lines deleted...]
-    <mergeCell ref="J33:K33"/>
     <mergeCell ref="D36:K37"/>
     <mergeCell ref="C38:C39"/>
     <mergeCell ref="D38:K39"/>
     <mergeCell ref="D28:F29"/>
-    <mergeCell ref="A41:B41"/>
+    <mergeCell ref="A63:B63"/>
+    <mergeCell ref="D63:I63"/>
+    <mergeCell ref="A43:K43"/>
+    <mergeCell ref="A20:B21"/>
+    <mergeCell ref="C22:K22"/>
+    <mergeCell ref="I28:I29"/>
+    <mergeCell ref="C33:H33"/>
+    <mergeCell ref="J33:K33"/>
+    <mergeCell ref="C32:H32"/>
+    <mergeCell ref="I32:I33"/>
+    <mergeCell ref="C15:K16"/>
+    <mergeCell ref="C20:K21"/>
+    <mergeCell ref="J28:K29"/>
     <mergeCell ref="A2:L2"/>
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A11:B11"/>
     <mergeCell ref="C11:K11"/>
     <mergeCell ref="A10:H10"/>
     <mergeCell ref="J10:K10"/>
-    <mergeCell ref="J26:K26"/>
-[...5 lines deleted...]
-    <mergeCell ref="J28:K29"/>
+    <mergeCell ref="B3:L3"/>
+    <mergeCell ref="B4:L4"/>
+    <mergeCell ref="B6:L6"/>
+    <mergeCell ref="B7:L7"/>
+    <mergeCell ref="B8:L8"/>
+    <mergeCell ref="D59:I59"/>
     <mergeCell ref="A60:B60"/>
     <mergeCell ref="A58:B58"/>
     <mergeCell ref="A61:B62"/>
     <mergeCell ref="C23:D23"/>
     <mergeCell ref="E23:F23"/>
     <mergeCell ref="D58:I58"/>
     <mergeCell ref="D57:I57"/>
     <mergeCell ref="A23:B24"/>
     <mergeCell ref="C24:F24"/>
     <mergeCell ref="G24:K24"/>
     <mergeCell ref="A25:A29"/>
     <mergeCell ref="B28:B29"/>
     <mergeCell ref="A42:B42"/>
     <mergeCell ref="C42:K42"/>
     <mergeCell ref="A35:B39"/>
-    <mergeCell ref="C31:K31"/>
+    <mergeCell ref="A56:B57"/>
     <mergeCell ref="C61:C62"/>
     <mergeCell ref="C28:C29"/>
     <mergeCell ref="J23:K23"/>
     <mergeCell ref="G23:I23"/>
     <mergeCell ref="D60:I60"/>
     <mergeCell ref="D61:I61"/>
     <mergeCell ref="D62:I62"/>
     <mergeCell ref="D56:I56"/>
     <mergeCell ref="C34:E34"/>
     <mergeCell ref="G34:J34"/>
     <mergeCell ref="C36:C37"/>
     <mergeCell ref="G27:H27"/>
     <mergeCell ref="J27:K27"/>
     <mergeCell ref="D41:K41"/>
     <mergeCell ref="C35:K35"/>
-    <mergeCell ref="A20:B21"/>
-[...7 lines deleted...]
-    <mergeCell ref="A56:B57"/>
     <mergeCell ref="D53:I54"/>
     <mergeCell ref="D55:I55"/>
     <mergeCell ref="A59:B59"/>
     <mergeCell ref="G26:H26"/>
     <mergeCell ref="D26:F26"/>
     <mergeCell ref="A30:B31"/>
     <mergeCell ref="C30:K30"/>
     <mergeCell ref="A46:K46"/>
     <mergeCell ref="A44:K44"/>
     <mergeCell ref="A50:C50"/>
+    <mergeCell ref="A47:K47"/>
+    <mergeCell ref="A55:B55"/>
+    <mergeCell ref="A53:B54"/>
+    <mergeCell ref="A52:B52"/>
+    <mergeCell ref="C56:C57"/>
+    <mergeCell ref="C53:C54"/>
     <mergeCell ref="C12:H14"/>
     <mergeCell ref="A12:B14"/>
     <mergeCell ref="A17:B19"/>
     <mergeCell ref="C17:H19"/>
     <mergeCell ref="A45:B45"/>
     <mergeCell ref="C45:D45"/>
     <mergeCell ref="F45:G45"/>
     <mergeCell ref="H45:K45"/>
-    <mergeCell ref="A47:K47"/>
     <mergeCell ref="A22:B22"/>
     <mergeCell ref="D25:K25"/>
     <mergeCell ref="A34:B34"/>
     <mergeCell ref="I12:I13"/>
+    <mergeCell ref="C31:K31"/>
+    <mergeCell ref="A41:B41"/>
+    <mergeCell ref="J26:K26"/>
+    <mergeCell ref="D27:F27"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <dataValidations disablePrompts="1" count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E45" xr:uid="{00000000-0002-0000-0100-000000000000}">
       <formula1>"可,否"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.35" right="0.17" top="0.37" bottom="0.37" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="27" fitToWidth="0" fitToHeight="0" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="47" max="12" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>