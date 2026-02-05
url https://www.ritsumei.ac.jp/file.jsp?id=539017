--- v0 (2025-10-14)
+++ v1 (2026-02-05)
@@ -1,2327 +1,975 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:tbl>
-[...1215 lines deleted...]
-    <w:p w:rsidR="00465827" w:rsidRPr="00C3020A" w:rsidRDefault="005B4C39" w:rsidP="00B15B6F">
+    <w:p w14:paraId="5C3A96B4" w14:textId="77777777" w:rsidR="00465827" w:rsidRPr="00C3020A" w:rsidRDefault="005B4C39" w:rsidP="00B15B6F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="2126" w:type="dxa"/>
         <w:tblInd w:w="7083" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1063"/>
         <w:gridCol w:w="1063"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008741C5" w:rsidRPr="000F1166" w:rsidTr="00686D25">
+      <w:tr w:rsidR="008741C5" w:rsidRPr="000F1166" w14:paraId="7B2F0177" w14:textId="77777777" w:rsidTr="00686D25">
         <w:trPr>
           <w:trHeight w:val="197"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w:rsidR="008741C5" w:rsidRPr="000F1166" w:rsidRDefault="008741C5" w:rsidP="00686D25">
+          <w:p w14:paraId="4EB46FBA" w14:textId="77777777" w:rsidR="008741C5" w:rsidRPr="000F1166" w:rsidRDefault="008741C5" w:rsidP="00686D25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F1166">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>学生オフィス確認欄</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008741C5" w:rsidRPr="000F1166" w:rsidTr="00686D25">
+      <w:tr w:rsidR="008741C5" w:rsidRPr="000F1166" w14:paraId="44CFC40C" w14:textId="77777777" w:rsidTr="00686D25">
         <w:trPr>
           <w:trHeight w:val="668"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1063" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008741C5" w:rsidRPr="000F1166" w:rsidRDefault="008741C5" w:rsidP="00686D25">
+          <w:p w14:paraId="55583CB2" w14:textId="77777777" w:rsidR="008741C5" w:rsidRPr="000F1166" w:rsidRDefault="008741C5" w:rsidP="00686D25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1063" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008741C5" w:rsidRPr="000F1166" w:rsidRDefault="008741C5" w:rsidP="00686D25">
+          <w:p w14:paraId="351D6C48" w14:textId="77777777" w:rsidR="008741C5" w:rsidRPr="000F1166" w:rsidRDefault="008741C5" w:rsidP="00686D25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00136845" w:rsidRDefault="00136845" w:rsidP="008741C5">
+    <w:p w14:paraId="71A0DB8B" w14:textId="77777777" w:rsidR="00136845" w:rsidRDefault="00136845" w:rsidP="008741C5">
       <w:pPr>
         <w:ind w:leftChars="-270" w:left="-567" w:firstLineChars="1277" w:firstLine="4086"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B55DF5" w:rsidRDefault="008741C5" w:rsidP="00B55DF5">
+    <w:p w14:paraId="431365DF" w14:textId="77777777" w:rsidR="00B55DF5" w:rsidRDefault="008741C5" w:rsidP="00B55DF5">
       <w:pPr>
         <w:ind w:firstLineChars="800" w:firstLine="2560"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1166">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>特別利用許可願</w:t>
       </w:r>
       <w:r w:rsidR="00136845">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>（音出し教室専用）</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B55DF5" w:rsidRPr="00B55DF5" w:rsidRDefault="00B55DF5" w:rsidP="00B55DF5">
+    <w:p w14:paraId="5A37F7F3" w14:textId="77777777" w:rsidR="00B55DF5" w:rsidRPr="00B55DF5" w:rsidRDefault="00B55DF5" w:rsidP="00B55DF5">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B55DF5">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>※申請区分が「音出し教室」以外の場合には通常の特別利用許可願を提出してください。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D7455F" w:rsidRPr="000F1166" w:rsidRDefault="00D7455F" w:rsidP="008741C5">
+    <w:p w14:paraId="302FFA3F" w14:textId="77777777" w:rsidR="00D7455F" w:rsidRPr="000F1166" w:rsidRDefault="00D7455F" w:rsidP="008741C5">
       <w:pPr>
         <w:ind w:leftChars="-270" w:left="-567" w:firstLineChars="1277" w:firstLine="4086"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D7455F" w:rsidRPr="000F1166" w:rsidRDefault="008741C5" w:rsidP="00D7455F">
+    <w:p w14:paraId="3BA01BFA" w14:textId="77777777" w:rsidR="00D7455F" w:rsidRPr="000F1166" w:rsidRDefault="008741C5" w:rsidP="00D7455F">
       <w:pPr>
         <w:ind w:leftChars="-337" w:left="-708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D7455F">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">※裏面に見本を掲載しています。　</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1166">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>提出日　　　　　年　　　月　　　日</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="10522" w:type="dxa"/>
         <w:tblInd w:w="-998" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2578"/>
         <w:gridCol w:w="1276"/>
-        <w:gridCol w:w="555"/>
-[...10 lines deleted...]
-        <w:gridCol w:w="556"/>
+        <w:gridCol w:w="6668"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008741C5" w:rsidRPr="000F1166" w:rsidTr="007E5154">
+      <w:tr w:rsidR="008741C5" w:rsidRPr="000F1166" w14:paraId="5B11F934" w14:textId="77777777" w:rsidTr="007E5154">
         <w:trPr>
           <w:trHeight w:val="616"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2578" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008741C5" w:rsidRPr="004B1DAE" w:rsidRDefault="008741C5" w:rsidP="00686D25">
+          <w:p w14:paraId="085E1E8A" w14:textId="77777777" w:rsidR="008741C5" w:rsidRPr="004B1DAE" w:rsidRDefault="008741C5" w:rsidP="00686D25">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B1DAE">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>団体名</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7944" w:type="dxa"/>
-            <w:gridSpan w:val="13"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007A3F1E" w:rsidRPr="000F1166" w:rsidRDefault="007A3F1E" w:rsidP="00686D25">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
+          <w:p w14:paraId="1DC64A02" w14:textId="77777777" w:rsidR="007A3F1E" w:rsidRPr="00856DA1" w:rsidRDefault="007A3F1E" w:rsidP="00686D25">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008741C5" w:rsidRPr="000F1166" w:rsidTr="007E5154">
+      <w:tr w:rsidR="00856DA1" w:rsidRPr="000F1166" w14:paraId="70CD592E" w14:textId="77777777" w:rsidTr="007029C0">
         <w:trPr>
           <w:trHeight w:val="554"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2578" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008741C5" w:rsidRPr="004B1DAE" w:rsidRDefault="008741C5" w:rsidP="00686D25">
+          <w:p w14:paraId="5B922EDC" w14:textId="77777777" w:rsidR="00856DA1" w:rsidRPr="004B1DAE" w:rsidRDefault="00856DA1" w:rsidP="00686D25">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B1DAE">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>申請者</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008741C5" w:rsidRPr="000F1166" w:rsidRDefault="008741C5" w:rsidP="00686D25">
+          <w:p w14:paraId="121C8823" w14:textId="77777777" w:rsidR="00856DA1" w:rsidRPr="000F1166" w:rsidRDefault="00856DA1" w:rsidP="00686D25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F1166">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>学生証番号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="555" w:type="dxa"/>
+            <w:tcW w:w="6668" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008741C5" w:rsidRPr="000F1166" w:rsidRDefault="008741C5" w:rsidP="00686D25">
-[...151 lines deleted...]
-                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
+          <w:p w14:paraId="1A19F4B4" w14:textId="5651E1CF" w:rsidR="00856DA1" w:rsidRPr="00856DA1" w:rsidRDefault="00856DA1" w:rsidP="00686D25">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008741C5" w:rsidRPr="000F1166" w:rsidTr="007E5154">
+      <w:tr w:rsidR="008741C5" w:rsidRPr="000F1166" w14:paraId="7C4071C9" w14:textId="77777777" w:rsidTr="007E5154">
         <w:trPr>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2578" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008741C5" w:rsidRPr="004B1DAE" w:rsidRDefault="008741C5" w:rsidP="00686D25">
+          <w:p w14:paraId="10E337F8" w14:textId="77777777" w:rsidR="008741C5" w:rsidRPr="004B1DAE" w:rsidRDefault="008741C5" w:rsidP="00686D25">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008741C5" w:rsidRPr="000F1166" w:rsidRDefault="008741C5" w:rsidP="00686D25">
+          <w:p w14:paraId="77E6DB1D" w14:textId="77777777" w:rsidR="008741C5" w:rsidRPr="000F1166" w:rsidRDefault="008741C5" w:rsidP="00686D25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F1166">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>氏名</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>・役職</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6668" w:type="dxa"/>
-            <w:gridSpan w:val="12"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008741C5" w:rsidRPr="000F1166" w:rsidRDefault="008741C5" w:rsidP="00686D25">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
+          <w:p w14:paraId="6E70E650" w14:textId="77777777" w:rsidR="008741C5" w:rsidRPr="00856DA1" w:rsidRDefault="008741C5" w:rsidP="00686D25">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008741C5" w:rsidRPr="000F1166" w:rsidTr="007E5154">
+      <w:tr w:rsidR="008741C5" w:rsidRPr="000F1166" w14:paraId="3637D8C0" w14:textId="77777777" w:rsidTr="007E5154">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2578" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008741C5" w:rsidRPr="004B1DAE" w:rsidRDefault="008741C5" w:rsidP="006C63AD">
+          <w:p w14:paraId="4F5A2D6C" w14:textId="77777777" w:rsidR="008741C5" w:rsidRPr="004B1DAE" w:rsidRDefault="008741C5" w:rsidP="006C63AD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B1DAE">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>連絡先(携帯番号)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7944" w:type="dxa"/>
-            <w:gridSpan w:val="13"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006C63AD" w:rsidRPr="000F1166" w:rsidRDefault="006C63AD" w:rsidP="00686D25">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
+          <w:p w14:paraId="518D5662" w14:textId="77777777" w:rsidR="006C63AD" w:rsidRPr="00856DA1" w:rsidRDefault="006C63AD" w:rsidP="00686D25">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C63AD" w:rsidRPr="000F1166" w:rsidTr="007E5154">
+      <w:tr w:rsidR="006C63AD" w:rsidRPr="000F1166" w14:paraId="2113C7A6" w14:textId="77777777" w:rsidTr="007E5154">
         <w:trPr>
           <w:trHeight w:val="553"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2578" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006C63AD" w:rsidRPr="004B1DAE" w:rsidRDefault="006C63AD" w:rsidP="00686D25">
+          <w:p w14:paraId="17830DDA" w14:textId="77777777" w:rsidR="006C63AD" w:rsidRPr="004B1DAE" w:rsidRDefault="006C63AD" w:rsidP="00686D25">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>連絡先（学内アドレス）</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7944" w:type="dxa"/>
-            <w:gridSpan w:val="13"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006C63AD" w:rsidRDefault="006C63AD" w:rsidP="00686D25">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
+          <w:p w14:paraId="19B71E58" w14:textId="77777777" w:rsidR="006C63AD" w:rsidRPr="00856DA1" w:rsidRDefault="006C63AD" w:rsidP="00686D25">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C63AD" w:rsidRPr="000F1166" w:rsidTr="007E5154">
+      <w:tr w:rsidR="006C63AD" w:rsidRPr="000F1166" w14:paraId="02BFB5F7" w14:textId="77777777" w:rsidTr="007E5154">
         <w:trPr>
           <w:trHeight w:val="537"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2578" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006C63AD" w:rsidRPr="004B1DAE" w:rsidRDefault="006C63AD" w:rsidP="006C63AD">
+          <w:p w14:paraId="0EDEEF31" w14:textId="77777777" w:rsidR="006C63AD" w:rsidRPr="004B1DAE" w:rsidRDefault="006C63AD" w:rsidP="006C63AD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B1DAE">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>申請区分</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7944" w:type="dxa"/>
-            <w:gridSpan w:val="13"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006C63AD" w:rsidRPr="007A3F1E" w:rsidRDefault="006C63AD" w:rsidP="000E1332">
+          <w:p w14:paraId="198AF402" w14:textId="77777777" w:rsidR="006C63AD" w:rsidRPr="007A3F1E" w:rsidRDefault="006C63AD" w:rsidP="000E1332">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A3F1E">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t>音出し教室（のみ）</w:t>
             </w:r>
             <w:r w:rsidR="00702BA1">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">　通常練習</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E611E4" w:rsidRPr="000F1166" w:rsidTr="007E5154">
+      <w:tr w:rsidR="00E611E4" w:rsidRPr="000F1166" w14:paraId="20B423E7" w14:textId="77777777" w:rsidTr="007E5154">
         <w:trPr>
           <w:trHeight w:val="1011"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2578" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E611E4" w:rsidRPr="004B1DAE" w:rsidRDefault="00E611E4" w:rsidP="00E611E4">
+          <w:p w14:paraId="0FB471EA" w14:textId="77777777" w:rsidR="00E611E4" w:rsidRPr="004B1DAE" w:rsidRDefault="00E611E4" w:rsidP="00E611E4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>音出し教室の対象</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7944" w:type="dxa"/>
-            <w:gridSpan w:val="13"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E611E4" w:rsidRDefault="00E611E4" w:rsidP="00E611E4">
+          <w:p w14:paraId="1882E5CB" w14:textId="77777777" w:rsidR="00E611E4" w:rsidRDefault="00E611E4" w:rsidP="00E611E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D7455F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:hint="eastAsia"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>音出し教室（研心館KE301,302・KE401</w:t>
             </w:r>
             <w:r w:rsidR="000F6B76">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:hint="eastAsia"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00D7455F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:hint="eastAsia"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>402／諒友館RY401～408・RY501～508）</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E611E4" w:rsidRPr="00D7455F" w:rsidRDefault="00E611E4" w:rsidP="00E611E4">
+          <w:p w14:paraId="70B667AC" w14:textId="77777777" w:rsidR="00E611E4" w:rsidRPr="00D7455F" w:rsidRDefault="00E611E4" w:rsidP="00E611E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:hint="eastAsia"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>※歌・ピアノのみ（設置教室）可能</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E86F63" w:rsidRPr="000F1166" w:rsidTr="007E5154">
+      <w:tr w:rsidR="00E86F63" w:rsidRPr="000F1166" w14:paraId="33DE074C" w14:textId="77777777" w:rsidTr="007E5154">
         <w:trPr>
           <w:trHeight w:val="735"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2578" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E86F63" w:rsidRPr="001674FF" w:rsidRDefault="00E86F63" w:rsidP="00686D25">
+          <w:p w14:paraId="39D2167B" w14:textId="77777777" w:rsidR="00E86F63" w:rsidRPr="001674FF" w:rsidRDefault="00E86F63" w:rsidP="00686D25">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>申請</w:t>
             </w:r>
             <w:r w:rsidR="00326E68">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>の</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>詳細</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7944" w:type="dxa"/>
-            <w:gridSpan w:val="13"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E86F63" w:rsidRPr="00DF5220" w:rsidRDefault="00E86F63" w:rsidP="000E1332">
+          <w:p w14:paraId="4BB5440D" w14:textId="77777777" w:rsidR="00E86F63" w:rsidRPr="00DF5220" w:rsidRDefault="00E86F63" w:rsidP="000E1332">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
                 <w:strike/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
             <w:r w:rsidR="006C63AD">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
               </w:rPr>
               <w:t xml:space="preserve">　希望教室</w:t>
             </w:r>
             <w:r w:rsidR="00B56104">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
               </w:rPr>
               <w:t xml:space="preserve">　※複数可</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E86F63" w:rsidRDefault="00E86F63" w:rsidP="00686D25">
-[...27 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
+          <w:p w14:paraId="040078A0" w14:textId="77777777" w:rsidR="00E86F63" w:rsidRPr="00856DA1" w:rsidRDefault="00E86F63" w:rsidP="00686D25">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="212033B2" w14:textId="77777777" w:rsidR="006C63AD" w:rsidRPr="00856DA1" w:rsidRDefault="006C63AD" w:rsidP="00686D25">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6B6BF586" w14:textId="77777777" w:rsidR="006C63AD" w:rsidRPr="00856DA1" w:rsidRDefault="006C63AD" w:rsidP="00686D25">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="27B708EC" w14:textId="77777777" w:rsidR="00E86F63" w:rsidRPr="00856DA1" w:rsidRDefault="00E86F63" w:rsidP="00686D25">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E86F63" w:rsidRPr="000F1166" w:rsidTr="007E5154">
+      <w:tr w:rsidR="00E86F63" w:rsidRPr="000F1166" w14:paraId="4575A54F" w14:textId="77777777" w:rsidTr="007E5154">
         <w:trPr>
           <w:trHeight w:val="730"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2578" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E86F63" w:rsidRDefault="00E86F63" w:rsidP="00686D25">
+          <w:p w14:paraId="67CAC5F9" w14:textId="77777777" w:rsidR="00E86F63" w:rsidRDefault="00E86F63" w:rsidP="00686D25">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7944" w:type="dxa"/>
-            <w:gridSpan w:val="13"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006C63AD" w:rsidRDefault="00E86F63" w:rsidP="006C63AD">
+          <w:p w14:paraId="6919D9B7" w14:textId="77777777" w:rsidR="006C63AD" w:rsidRDefault="00E86F63" w:rsidP="006C63AD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
             <w:r w:rsidR="006C63AD">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
               </w:rPr>
               <w:t xml:space="preserve">　利用日時　</w:t>
             </w:r>
             <w:r w:rsidR="006C63AD" w:rsidRPr="004B1DAE">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>※複数可</w:t>
             </w:r>
             <w:r w:rsidR="006C63AD">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>（希望日の一週間前から指定可能です。）</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E86F63" w:rsidRDefault="00E86F63" w:rsidP="00686D25">
-[...30 lines deleted...]
-                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
+          <w:p w14:paraId="1FC22FC7" w14:textId="77777777" w:rsidR="00E86F63" w:rsidRPr="00856DA1" w:rsidRDefault="00E86F63" w:rsidP="00686D25">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="77AFA727" w14:textId="77777777" w:rsidR="006C63AD" w:rsidRPr="00856DA1" w:rsidRDefault="006C63AD" w:rsidP="00686D25">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="28AC7669" w14:textId="77777777" w:rsidR="006C63AD" w:rsidRPr="00856DA1" w:rsidRDefault="006C63AD" w:rsidP="00686D25">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7B475BB4" w14:textId="77777777" w:rsidR="00E86F63" w:rsidRPr="00856DA1" w:rsidRDefault="00E86F63" w:rsidP="00686D25">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7B96061E" w14:textId="77777777" w:rsidR="00E86F63" w:rsidRPr="00856DA1" w:rsidRDefault="00E86F63" w:rsidP="00686D25">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00326E68" w:rsidRDefault="00326E68" w:rsidP="00326E68">
+    <w:p w14:paraId="4D539DA4" w14:textId="77777777" w:rsidR="00326E68" w:rsidRDefault="00326E68" w:rsidP="00326E68">
       <w:pPr>
         <w:ind w:leftChars="-337" w:left="-708"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B4C39">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>※個人情報は「立命館大学個人情報保護規定」「立命館大学学友会個人情報保護規定」に基づき、適正な利用と</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>保護</w:t>
       </w:r>
       <w:r w:rsidRPr="005B4C39">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>および必要な安全措置を講じます。今回ご提供いただきます個人情報は、本件に関する必要な事務連絡以外の目的には使用しません。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00465827" w:rsidRPr="00326E68" w:rsidRDefault="00465827" w:rsidP="00326E68">
+    <w:p w14:paraId="1BD38388" w14:textId="77777777" w:rsidR="00465827" w:rsidRPr="00326E68" w:rsidRDefault="00465827" w:rsidP="00326E68">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00465827" w:rsidRPr="00326E68" w:rsidSect="00025DD2">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="284" w:right="680" w:bottom="397" w:left="1531" w:header="851" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00B823C0" w:rsidRDefault="00B823C0" w:rsidP="00C3020A">
+    <w:p w14:paraId="1685A6A3" w14:textId="77777777" w:rsidR="00441324" w:rsidRDefault="00441324" w:rsidP="00C3020A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00B823C0" w:rsidRDefault="00B823C0" w:rsidP="00C3020A">
+    <w:p w14:paraId="2FD5A2FB" w14:textId="77777777" w:rsidR="00441324" w:rsidRDefault="00441324" w:rsidP="00C3020A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Century">
     <w:panose1 w:val="02040604050505020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ 明朝">
     <w:altName w:val="MS Mincho"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ ゴシック">
     <w:altName w:val="MS Gothic"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ Ｐゴシック">
     <w:panose1 w:val="020B0600070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00B823C0" w:rsidRDefault="00B823C0" w:rsidP="00C3020A">
+    <w:p w14:paraId="7F7042A0" w14:textId="77777777" w:rsidR="00441324" w:rsidRDefault="00441324" w:rsidP="00C3020A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00B823C0" w:rsidRDefault="00B823C0" w:rsidP="00C3020A">
+    <w:p w14:paraId="207CA38B" w14:textId="77777777" w:rsidR="00441324" w:rsidRDefault="00441324" w:rsidP="00C3020A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:defaultTabStop w:val="840"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4097">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
@@ -2346,106 +994,110 @@
     <w:rsid w:val="000A5761"/>
     <w:rsid w:val="000B7979"/>
     <w:rsid w:val="000D56B7"/>
     <w:rsid w:val="000E1332"/>
     <w:rsid w:val="000F1166"/>
     <w:rsid w:val="000F6B76"/>
     <w:rsid w:val="000F7479"/>
     <w:rsid w:val="00105379"/>
     <w:rsid w:val="00136845"/>
     <w:rsid w:val="00144F5B"/>
     <w:rsid w:val="001674FF"/>
     <w:rsid w:val="00185EC8"/>
     <w:rsid w:val="0019360D"/>
     <w:rsid w:val="001C7B11"/>
     <w:rsid w:val="001D6111"/>
     <w:rsid w:val="00210CD0"/>
     <w:rsid w:val="00226A1A"/>
     <w:rsid w:val="00230763"/>
     <w:rsid w:val="00230D6E"/>
     <w:rsid w:val="00252F87"/>
     <w:rsid w:val="00254FA9"/>
     <w:rsid w:val="002551B2"/>
     <w:rsid w:val="00293EE5"/>
     <w:rsid w:val="00295A91"/>
     <w:rsid w:val="002D2548"/>
+    <w:rsid w:val="002F347F"/>
     <w:rsid w:val="002F59E1"/>
     <w:rsid w:val="00325AA9"/>
     <w:rsid w:val="00326E68"/>
     <w:rsid w:val="00347D8F"/>
     <w:rsid w:val="00361C82"/>
     <w:rsid w:val="003757A0"/>
     <w:rsid w:val="003762CF"/>
     <w:rsid w:val="003B1064"/>
     <w:rsid w:val="003B57EE"/>
     <w:rsid w:val="003D76D3"/>
     <w:rsid w:val="003E0B2B"/>
     <w:rsid w:val="003F612F"/>
     <w:rsid w:val="0040290C"/>
     <w:rsid w:val="00425431"/>
     <w:rsid w:val="00433DCB"/>
+    <w:rsid w:val="00441324"/>
     <w:rsid w:val="00453857"/>
     <w:rsid w:val="00465827"/>
     <w:rsid w:val="00470BBB"/>
     <w:rsid w:val="0048768F"/>
     <w:rsid w:val="004A3D51"/>
     <w:rsid w:val="004A55DF"/>
     <w:rsid w:val="004B1DAE"/>
     <w:rsid w:val="004C0B80"/>
     <w:rsid w:val="004D392A"/>
     <w:rsid w:val="004F4C2E"/>
     <w:rsid w:val="004F6E47"/>
     <w:rsid w:val="0050153C"/>
     <w:rsid w:val="00516048"/>
     <w:rsid w:val="00546C0E"/>
     <w:rsid w:val="005608BC"/>
     <w:rsid w:val="00577883"/>
     <w:rsid w:val="00594BEB"/>
     <w:rsid w:val="005A706B"/>
     <w:rsid w:val="005B4C39"/>
     <w:rsid w:val="00627D70"/>
     <w:rsid w:val="006435A9"/>
     <w:rsid w:val="00661492"/>
     <w:rsid w:val="0066469B"/>
     <w:rsid w:val="00672AA9"/>
     <w:rsid w:val="00696383"/>
     <w:rsid w:val="006B0AA9"/>
     <w:rsid w:val="006C1298"/>
     <w:rsid w:val="006C63AD"/>
     <w:rsid w:val="006E45F5"/>
     <w:rsid w:val="006F5761"/>
     <w:rsid w:val="00702BA1"/>
     <w:rsid w:val="00703252"/>
     <w:rsid w:val="0070373D"/>
     <w:rsid w:val="0072624D"/>
     <w:rsid w:val="007A176A"/>
     <w:rsid w:val="007A3F1E"/>
     <w:rsid w:val="007A73D4"/>
     <w:rsid w:val="007B0FFA"/>
     <w:rsid w:val="007E1382"/>
     <w:rsid w:val="007E5154"/>
     <w:rsid w:val="00822EEA"/>
+    <w:rsid w:val="00856DA1"/>
+    <w:rsid w:val="008718D1"/>
     <w:rsid w:val="008741C5"/>
     <w:rsid w:val="00874280"/>
     <w:rsid w:val="008949F2"/>
     <w:rsid w:val="008A637E"/>
     <w:rsid w:val="008C007D"/>
     <w:rsid w:val="008F0453"/>
     <w:rsid w:val="00900DBB"/>
     <w:rsid w:val="00907080"/>
     <w:rsid w:val="00913F87"/>
     <w:rsid w:val="00920BE1"/>
     <w:rsid w:val="009367C2"/>
     <w:rsid w:val="009458FE"/>
     <w:rsid w:val="00950900"/>
     <w:rsid w:val="009517F1"/>
     <w:rsid w:val="00954F2E"/>
     <w:rsid w:val="00971043"/>
     <w:rsid w:val="0099540D"/>
     <w:rsid w:val="009B046C"/>
     <w:rsid w:val="00A04601"/>
     <w:rsid w:val="00A5560C"/>
     <w:rsid w:val="00A806FE"/>
     <w:rsid w:val="00A8548E"/>
     <w:rsid w:val="00AB503A"/>
     <w:rsid w:val="00AC3B0A"/>
     <w:rsid w:val="00AC619B"/>
@@ -2454,56 +1106,58 @@
     <w:rsid w:val="00B15B6F"/>
     <w:rsid w:val="00B37176"/>
     <w:rsid w:val="00B435A1"/>
     <w:rsid w:val="00B55DF5"/>
     <w:rsid w:val="00B56104"/>
     <w:rsid w:val="00B72E18"/>
     <w:rsid w:val="00B823C0"/>
     <w:rsid w:val="00B93A33"/>
     <w:rsid w:val="00BA7253"/>
     <w:rsid w:val="00BD3169"/>
     <w:rsid w:val="00BD430D"/>
     <w:rsid w:val="00BD61A6"/>
     <w:rsid w:val="00BE22F0"/>
     <w:rsid w:val="00BF345D"/>
     <w:rsid w:val="00C012AF"/>
     <w:rsid w:val="00C258F6"/>
     <w:rsid w:val="00C270F6"/>
     <w:rsid w:val="00C3020A"/>
     <w:rsid w:val="00C60532"/>
     <w:rsid w:val="00CA07C9"/>
     <w:rsid w:val="00CA4E75"/>
     <w:rsid w:val="00CB7A0F"/>
     <w:rsid w:val="00CE731C"/>
     <w:rsid w:val="00D20432"/>
     <w:rsid w:val="00D22779"/>
+    <w:rsid w:val="00D3175C"/>
     <w:rsid w:val="00D32BF7"/>
     <w:rsid w:val="00D363EA"/>
     <w:rsid w:val="00D409CF"/>
     <w:rsid w:val="00D67C56"/>
     <w:rsid w:val="00D7455F"/>
     <w:rsid w:val="00D95FFD"/>
+    <w:rsid w:val="00DB6CDA"/>
     <w:rsid w:val="00DD42DC"/>
     <w:rsid w:val="00DE22F3"/>
     <w:rsid w:val="00DF5220"/>
     <w:rsid w:val="00DF6F4F"/>
     <w:rsid w:val="00E35400"/>
     <w:rsid w:val="00E611E4"/>
     <w:rsid w:val="00E61503"/>
     <w:rsid w:val="00E86F63"/>
     <w:rsid w:val="00EA3428"/>
     <w:rsid w:val="00EC218E"/>
     <w:rsid w:val="00ED4107"/>
     <w:rsid w:val="00EF3EED"/>
     <w:rsid w:val="00EF79B5"/>
     <w:rsid w:val="00F1267D"/>
     <w:rsid w:val="00F32B58"/>
     <w:rsid w:val="00F42663"/>
     <w:rsid w:val="00F54602"/>
     <w:rsid w:val="00F71B2E"/>
     <w:rsid w:val="00F80707"/>
     <w:rsid w:val="00F87B54"/>
     <w:rsid w:val="00F90367"/>
     <w:rsid w:val="00F94E3A"/>
     <w:rsid w:val="00FC2075"/>
     <w:rsid w:val="00FD0788"/>
     <w:rsid w:val="00FF6333"/>
@@ -2511,71 +1165,71 @@
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4097">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="6E170A0E"/>
+  <w14:docId w14:val="3332C660"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{8B302A23-59BE-414C-BB55-FF34EA3E7369}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="21"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2907,50 +1561,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00B55DF5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
@@ -3035,51 +1690,51 @@
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C3020A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="フッター (文字)"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00C3020A"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -3316,82 +1971,82 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CE01C4F6-5EB1-44FE-A47D-B2407C97ED42}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0C75A329-3850-4466-B89C-0DA85228170B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>873</Characters>
+  <Pages>1</Pages>
+  <Words>70</Words>
+  <Characters>400</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>7</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>3</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>学校法人立命館</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1023</CharactersWithSpaces>
+  <CharactersWithSpaces>469</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>部課用：学生オフィスc</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>