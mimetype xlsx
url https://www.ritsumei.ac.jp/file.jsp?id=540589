--- v0 (2025-10-16)
+++ v1 (2025-12-06)
@@ -1,87 +1,98 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp3.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp4.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp5.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp6.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp7.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20406"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\ca03-ns2\学生オフィス\学内共有\000_部内共有(生活会議･部会議 他）\05_課外系奨学金・助成金\11_課外自主活動団体助成制度（重点、PJ、基盤）\15. 基盤活動助成\2024年度\1.各種書式・方針\5_様式\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\Ca03-ns2\学生オフィス\学内共有\000_部内共有(生活会議･部会議 他）\05_課外系奨学金・助成金\11_課外自主活動団体助成制度（重点、PJ、基盤）\15. 基盤活動助成\2025年度\1.各種書式・方針\5_様式\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7FE1452B-E212-4291-8E58-DE95B45A1E0E}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1ED40BBC-2326-4F1F-A106-0AB1E6A1E242}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="20490" windowHeight="7455" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="基盤　申請内容変更願" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="4" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'基盤　申請内容変更願'!$A$1:$H$23</definedName>
     <definedName name="費目">Sheet1!#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="58" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="58">
   <si>
     <t>提出日</t>
     <rPh sb="0" eb="2">
       <t>テイシュツ</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>ビ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>団体名</t>
     <rPh sb="0" eb="2">
       <t>ダンタイ</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>メイ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>代表者氏名</t>
     <rPh sb="0" eb="3">
       <t>ダイヒョウシャ</t>
     </rPh>
@@ -1080,50 +1091,253 @@
       <t>ジョセイ</t>
     </rPh>
     <rPh sb="15" eb="17">
       <t>セイド</t>
     </rPh>
     <rPh sb="19" eb="21">
       <t>キバン</t>
     </rPh>
     <rPh sb="21" eb="23">
       <t>カツドウ</t>
     </rPh>
     <rPh sb="23" eb="25">
       <t>ジョセイ</t>
     </rPh>
     <rPh sb="26" eb="28">
       <t>ジョセイ</t>
     </rPh>
     <rPh sb="28" eb="30">
       <t>ナイヨウ</t>
     </rPh>
     <rPh sb="30" eb="32">
       <t>ヘンコウ</t>
     </rPh>
     <rPh sb="32" eb="33">
       <t>ネガ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>（例）全日本××選手権</t>
+    <rPh sb="1" eb="2">
+      <t>レイ</t>
+    </rPh>
+    <rPh sb="3" eb="6">
+      <t>ゼンニホン</t>
+    </rPh>
+    <rPh sb="8" eb="11">
+      <t>センシュケン</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>全日本××選手権</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>開催日時：2025/11/1
+開催場所：福岡県××競技場 　最寄り駅：博多駅
+参加人数：選手10名、マネージャー1名、その他1名</t>
+    <rPh sb="0" eb="2">
+      <t>カイサイ</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>ニチジ</t>
+    </rPh>
+    <rPh sb="15" eb="17">
+      <t>カイサイ</t>
+    </rPh>
+    <rPh sb="17" eb="19">
+      <t>バショ</t>
+    </rPh>
+    <rPh sb="20" eb="23">
+      <t>フクオカケン</t>
+    </rPh>
+    <rPh sb="25" eb="28">
+      <t>キョウギジョウ</t>
+    </rPh>
+    <rPh sb="30" eb="32">
+      <t>モヨ</t>
+    </rPh>
+    <rPh sb="33" eb="34">
+      <t>エキ</t>
+    </rPh>
+    <rPh sb="35" eb="37">
+      <t>ハカタ</t>
+    </rPh>
+    <rPh sb="37" eb="38">
+      <t>エキ</t>
+    </rPh>
+    <rPh sb="39" eb="41">
+      <t>サンカ</t>
+    </rPh>
+    <rPh sb="41" eb="43">
+      <t>ニンズウ</t>
+    </rPh>
+    <rPh sb="44" eb="46">
+      <t>センシュ</t>
+    </rPh>
+    <rPh sb="48" eb="49">
+      <t>メイ</t>
+    </rPh>
+    <rPh sb="57" eb="58">
+      <t>メイ</t>
+    </rPh>
+    <rPh sb="61" eb="62">
+      <t>タ</t>
+    </rPh>
+    <rPh sb="63" eb="64">
+      <t>メイ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <r>
+      <t>開催日時：2025/11/</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Meiryo UI"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>8</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Meiryo UI"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t xml:space="preserve">
+開催場所：福岡県</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Meiryo UI"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>〇〇</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Meiryo UI"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>競技場 　最寄り駅：</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Meiryo UI"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>小倉駅</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Meiryo UI"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t xml:space="preserve">
+参加人数：</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Meiryo UI"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>選手11名</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Meiryo UI"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>、マネージャー1名、その他1名</t>
+    </r>
+    <rPh sb="0" eb="2">
+      <t>カイサイ</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>ニチジ</t>
+    </rPh>
+    <rPh sb="15" eb="17">
+      <t>カイサイ</t>
+    </rPh>
+    <rPh sb="17" eb="19">
+      <t>バショ</t>
+    </rPh>
+    <rPh sb="20" eb="23">
+      <t>フクオカケン</t>
+    </rPh>
+    <rPh sb="25" eb="28">
+      <t>キョウギジョウ</t>
+    </rPh>
+    <rPh sb="35" eb="37">
+      <t>コクラ</t>
+    </rPh>
+    <rPh sb="37" eb="38">
+      <t>エキ</t>
+    </rPh>
+    <rPh sb="39" eb="41">
+      <t>サンカ</t>
+    </rPh>
+    <rPh sb="41" eb="43">
+      <t>ニンズウ</t>
+    </rPh>
+    <rPh sb="44" eb="46">
+      <t>センシュ</t>
+    </rPh>
+    <rPh sb="48" eb="49">
+      <t>メイ</t>
+    </rPh>
+    <rPh sb="57" eb="58">
+      <t>メイ</t>
+    </rPh>
+    <rPh sb="61" eb="62">
+      <t>タ</t>
+    </rPh>
+    <rPh sb="63" eb="64">
+      <t>メイ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="19" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="6"/>
@@ -1226,51 +1440,51 @@
     <font>
       <sz val="6"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="12"/>
       <name val="Meiryo UI"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="12"/>
       <color rgb="FFFF0000"/>
       <name val="Meiryo UI"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
   </fonts>
-  <fills count="10">
+  <fills count="11">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="22"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
@@ -1281,52 +1495,58 @@
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="-0.499984740745262"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="2" tint="-9.9978637043366805E-2"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="40">
+  <borders count="38">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
@@ -1455,63 +1675,50 @@
       </right>
       <top/>
       <bottom style="dotted">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="dotted">
         <color indexed="64"/>
       </top>
       <bottom style="dotted">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
-      <top style="dotted">
-[...11 lines deleted...]
-      </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
@@ -1520,118 +1727,88 @@
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="dotted">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="dotted">
         <color indexed="64"/>
       </top>
       <bottom style="dotted">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
+      <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top style="dotted">
+      <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom style="medium">
+      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top style="thin">
-[...2 lines deleted...]
-      <bottom style="thin">
+      <top/>
+      <bottom style="dotted">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top/>
-[...11 lines deleted...]
-      </right>
       <top style="dotted">
         <color indexed="64"/>
       </top>
       <bottom style="dotted">
-        <color indexed="64"/>
-[...13 lines deleted...]
-      <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="dashed">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="dashed">
         <color indexed="64"/>
@@ -1773,293 +1950,301 @@
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="dashed">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="dashed">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="84">
+  <cellXfs count="83">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="7" fillId="7" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="7" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="9" borderId="21" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="9" borderId="19" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="4" borderId="21" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="19" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="4" borderId="21" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="19" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="9" borderId="32" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="9" borderId="29" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="4" borderId="32" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="29" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="7" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="7" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...6 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="10" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="10" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="10" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="10" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="8" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="8" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="8" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="5" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="5" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="5" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="5" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="5" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="5" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="7" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...23 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="4" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="3" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="3" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="3" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
     <cellStyle name="標準 2" xfId="2" xr:uid="{1B7FD7E9-0CA0-4F50-8265-AE5D7503EA54}"/>
     <cellStyle name="標準 3" xfId="1" xr:uid="{70A0387F-0C4F-475E-B230-F3E9549D8254}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
@@ -2078,51 +2263,51 @@
 <file path=xl/ctrlProps/ctrlProp4.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp5.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp6.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp7.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>57150</xdr:colOff>
           <xdr:row>6</xdr:row>
-          <xdr:rowOff>66675</xdr:rowOff>
+          <xdr:rowOff>69850</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>0</xdr:col>
           <xdr:colOff>304800</xdr:colOff>
           <xdr:row>6</xdr:row>
           <xdr:rowOff>304800</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1034" name="Check Box 10" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1034"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00000A040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
@@ -2145,57 +2330,57 @@
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>57150</xdr:colOff>
           <xdr:row>7</xdr:row>
-          <xdr:rowOff>47625</xdr:rowOff>
+          <xdr:rowOff>50800</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>0</xdr:col>
           <xdr:colOff>304800</xdr:colOff>
           <xdr:row>7</xdr:row>
-          <xdr:rowOff>295275</xdr:rowOff>
+          <xdr:rowOff>298450</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1050" name="Check Box 26" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1050"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00001A040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -2212,55 +2397,55 @@
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>1638300</xdr:colOff>
           <xdr:row>6</xdr:row>
-          <xdr:rowOff>66675</xdr:rowOff>
+          <xdr:rowOff>69850</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>1</xdr:col>
-          <xdr:colOff>1876425</xdr:colOff>
+          <xdr:col>2</xdr:col>
+          <xdr:colOff>3628</xdr:colOff>
           <xdr:row>6</xdr:row>
           <xdr:rowOff>304800</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1051" name="Check Box 27" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1051"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00001B040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -2279,51 +2464,51 @@
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>2</xdr:col>
           <xdr:colOff>723900</xdr:colOff>
           <xdr:row>6</xdr:row>
-          <xdr:rowOff>66675</xdr:rowOff>
+          <xdr:rowOff>69850</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>2</xdr:col>
           <xdr:colOff>971550</xdr:colOff>
           <xdr:row>6</xdr:row>
           <xdr:rowOff>304800</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1052" name="Check Box 28" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1052"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00001C040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
@@ -2346,51 +2531,51 @@
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>3</xdr:col>
           <xdr:colOff>704850</xdr:colOff>
           <xdr:row>6</xdr:row>
-          <xdr:rowOff>66675</xdr:rowOff>
+          <xdr:rowOff>69850</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>3</xdr:col>
           <xdr:colOff>952500</xdr:colOff>
           <xdr:row>6</xdr:row>
           <xdr:rowOff>304800</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1053" name="Check Box 29" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1053"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00001D040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
@@ -2411,57 +2596,57 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>3</xdr:col>
-          <xdr:colOff>3152775</xdr:colOff>
+          <xdr:colOff>3155950</xdr:colOff>
           <xdr:row>6</xdr:row>
-          <xdr:rowOff>66675</xdr:rowOff>
+          <xdr:rowOff>69850</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>3</xdr:col>
-          <xdr:colOff>3400425</xdr:colOff>
+          <xdr:colOff>3403600</xdr:colOff>
           <xdr:row>6</xdr:row>
           <xdr:rowOff>304800</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1054" name="Check Box 30" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1054"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00001E040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -2478,57 +2663,57 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>4</xdr:col>
-          <xdr:colOff>295275</xdr:colOff>
+          <xdr:colOff>298450</xdr:colOff>
           <xdr:row>6</xdr:row>
-          <xdr:rowOff>66675</xdr:rowOff>
+          <xdr:rowOff>69850</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>4</xdr:col>
-          <xdr:colOff>542925</xdr:colOff>
+          <xdr:colOff>546100</xdr:colOff>
           <xdr:row>6</xdr:row>
           <xdr:rowOff>304800</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1055" name="Check Box 31" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1055"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00001F040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -2819,715 +3004,720 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp6.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H23"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="60" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A5" sqref="A5:H5"/>
+    <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="15" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="20.625" style="1" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="8" width="50.625" style="1" customWidth="1"/>
+    <col min="1" max="1" width="20.6328125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="25.6328125" style="1" customWidth="1"/>
+    <col min="3" max="3" width="18.6328125" style="1" customWidth="1"/>
+    <col min="4" max="4" width="50.6328125" style="1" customWidth="1"/>
+    <col min="5" max="5" width="20.6328125" style="1" customWidth="1"/>
+    <col min="6" max="6" width="25.6328125" style="1" customWidth="1"/>
+    <col min="7" max="7" width="18.6328125" style="1" customWidth="1"/>
+    <col min="8" max="8" width="50.6328125" style="1" customWidth="1"/>
     <col min="9" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="78" t="s">
+    <row r="1" spans="1:8" ht="40" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="77" t="s">
         <v>53</v>
       </c>
-      <c r="B1" s="79"/>
-[...8 lines deleted...]
-      <c r="A2" s="21" t="s">
+      <c r="B1" s="78"/>
+      <c r="C1" s="78"/>
+      <c r="D1" s="78"/>
+      <c r="E1" s="78"/>
+      <c r="F1" s="78"/>
+      <c r="G1" s="78"/>
+      <c r="H1" s="79"/>
+    </row>
+    <row r="2" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="20" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="81" t="s">
+      <c r="B2" s="80" t="s">
         <v>8</v>
       </c>
-      <c r="C2" s="82"/>
-[...1 lines deleted...]
-      <c r="E2" s="22" t="s">
+      <c r="C2" s="81"/>
+      <c r="D2" s="82"/>
+      <c r="E2" s="21" t="s">
         <v>1</v>
       </c>
-      <c r="F2" s="76"/>
-[...4 lines deleted...]
-      <c r="A3" s="21" t="s">
+      <c r="F2" s="75"/>
+      <c r="G2" s="75"/>
+      <c r="H2" s="76"/>
+    </row>
+    <row r="3" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="20" t="s">
         <v>2</v>
       </c>
-      <c r="B3" s="73"/>
-[...2 lines deleted...]
-      <c r="E3" s="22" t="s">
+      <c r="B3" s="72"/>
+      <c r="C3" s="73"/>
+      <c r="D3" s="74"/>
+      <c r="E3" s="21" t="s">
         <v>10</v>
       </c>
-      <c r="F3" s="76"/>
-[...4 lines deleted...]
-      <c r="A4" s="22" t="s">
+      <c r="F3" s="75"/>
+      <c r="G3" s="75"/>
+      <c r="H3" s="76"/>
+    </row>
+    <row r="4" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="21" t="s">
         <v>7</v>
       </c>
-      <c r="B4" s="70"/>
-[...8 lines deleted...]
-      <c r="A5" s="41" t="s">
+      <c r="B4" s="69"/>
+      <c r="C4" s="70"/>
+      <c r="D4" s="70"/>
+      <c r="E4" s="70"/>
+      <c r="F4" s="70"/>
+      <c r="G4" s="70"/>
+      <c r="H4" s="71"/>
+    </row>
+    <row r="5" spans="1:8" s="2" customFormat="1" ht="78.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="40" t="s">
         <v>36</v>
       </c>
-      <c r="B5" s="42"/>
-[...8 lines deleted...]
-      <c r="A6" s="23" t="s">
+      <c r="B5" s="41"/>
+      <c r="C5" s="41"/>
+      <c r="D5" s="41"/>
+      <c r="E5" s="41"/>
+      <c r="F5" s="41"/>
+      <c r="G5" s="41"/>
+      <c r="H5" s="42"/>
+    </row>
+    <row r="6" spans="1:8" s="5" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A6" s="22" t="s">
         <v>37</v>
       </c>
       <c r="B6" s="3"/>
       <c r="C6" s="3"/>
       <c r="D6" s="3"/>
       <c r="E6" s="3"/>
       <c r="F6" s="3"/>
       <c r="G6" s="3"/>
       <c r="H6" s="4"/>
     </row>
-    <row r="7" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="67" t="s">
+    <row r="7" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A7" s="66" t="s">
         <v>41</v>
       </c>
-      <c r="B7" s="68"/>
-[...8 lines deleted...]
-      <c r="A8" s="64" t="s">
+      <c r="B7" s="67"/>
+      <c r="C7" s="67"/>
+      <c r="D7" s="67"/>
+      <c r="E7" s="67"/>
+      <c r="F7" s="67"/>
+      <c r="G7" s="67"/>
+      <c r="H7" s="68"/>
+    </row>
+    <row r="8" spans="1:8" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A8" s="63" t="s">
         <v>40</v>
       </c>
-      <c r="B8" s="65"/>
-[...8 lines deleted...]
-      <c r="A9" s="53" t="s">
+      <c r="B8" s="64"/>
+      <c r="C8" s="64"/>
+      <c r="D8" s="64"/>
+      <c r="E8" s="64"/>
+      <c r="F8" s="64"/>
+      <c r="G8" s="64"/>
+      <c r="H8" s="65"/>
+    </row>
+    <row r="9" spans="1:8" s="5" customFormat="1" ht="45.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="52" t="s">
         <v>38</v>
       </c>
-      <c r="B9" s="54"/>
-[...8 lines deleted...]
-      <c r="A10" s="50" t="s">
+      <c r="B9" s="53"/>
+      <c r="C9" s="53"/>
+      <c r="D9" s="53"/>
+      <c r="E9" s="53"/>
+      <c r="F9" s="53"/>
+      <c r="G9" s="53"/>
+      <c r="H9" s="54"/>
+    </row>
+    <row r="10" spans="1:8" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A10" s="49" t="s">
         <v>3</v>
       </c>
-      <c r="B10" s="51"/>
-[...2 lines deleted...]
-      <c r="E10" s="50" t="s">
+      <c r="B10" s="50"/>
+      <c r="C10" s="50"/>
+      <c r="D10" s="51"/>
+      <c r="E10" s="49" t="s">
         <v>4</v>
       </c>
-      <c r="F10" s="51"/>
-[...4 lines deleted...]
-      <c r="A11" s="47" t="s">
+      <c r="F10" s="50"/>
+      <c r="G10" s="50"/>
+      <c r="H10" s="51"/>
+    </row>
+    <row r="11" spans="1:8" s="9" customFormat="1" ht="65.150000000000006" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="46" t="s">
         <v>13</v>
       </c>
-      <c r="B11" s="48"/>
-[...1 lines deleted...]
-      <c r="D11" s="49"/>
+      <c r="B11" s="47"/>
+      <c r="C11" s="47"/>
+      <c r="D11" s="48"/>
       <c r="E11" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="8"/>
     </row>
-    <row r="12" spans="1:8" s="9" customFormat="1" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:8" s="9" customFormat="1" ht="51.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="10" t="s">
         <v>48</v>
       </c>
-      <c r="B12" s="26" t="s">
+      <c r="B12" s="25" t="s">
         <v>11</v>
       </c>
       <c r="C12" s="11" t="s">
         <v>49</v>
       </c>
       <c r="D12" s="12" t="s">
         <v>9</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>48</v>
       </c>
-      <c r="F12" s="26" t="s">
+      <c r="F12" s="25" t="s">
         <v>11</v>
       </c>
       <c r="G12" s="11" t="s">
         <v>49</v>
       </c>
       <c r="H12" s="12" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="13" spans="1:8" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="B14" s="28"/>
+    <row r="13" spans="1:8" s="9" customFormat="1" ht="51.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="34" t="s">
+        <v>50</v>
+      </c>
+      <c r="B13" s="35" t="s">
+        <v>54</v>
+      </c>
+      <c r="C13" s="36"/>
+      <c r="D13" s="37" t="s">
+        <v>56</v>
+      </c>
+      <c r="E13" s="34" t="s">
+        <v>50</v>
+      </c>
+      <c r="F13" s="35" t="s">
+        <v>55</v>
+      </c>
+      <c r="G13" s="36"/>
+      <c r="H13" s="37" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" ht="40" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A14" s="32"/>
+      <c r="B14" s="27"/>
       <c r="C14" s="13"/>
-      <c r="D14" s="29"/>
-[...1 lines deleted...]
-      <c r="F14" s="28"/>
+      <c r="D14" s="28"/>
+      <c r="F14" s="27"/>
       <c r="G14" s="13"/>
-      <c r="H14" s="29"/>
-[...3 lines deleted...]
-      <c r="B15" s="28"/>
+      <c r="H14" s="28"/>
+    </row>
+    <row r="15" spans="1:8" ht="40" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A15" s="32"/>
+      <c r="B15" s="27"/>
       <c r="C15" s="13"/>
-      <c r="D15" s="29"/>
-[...1 lines deleted...]
-      <c r="F15" s="28"/>
+      <c r="D15" s="28"/>
+      <c r="E15" s="26"/>
+      <c r="F15" s="27"/>
       <c r="G15" s="13"/>
-      <c r="H15" s="29"/>
-[...3 lines deleted...]
-      <c r="B16" s="28"/>
+      <c r="H15" s="28"/>
+    </row>
+    <row r="16" spans="1:8" ht="40" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A16" s="32"/>
+      <c r="B16" s="27"/>
       <c r="C16" s="13"/>
-      <c r="D16" s="29"/>
-[...1 lines deleted...]
-      <c r="F16" s="28"/>
+      <c r="D16" s="28"/>
+      <c r="E16" s="26"/>
+      <c r="F16" s="27"/>
       <c r="G16" s="13"/>
-      <c r="H16" s="29"/>
-[...3 lines deleted...]
-      <c r="B17" s="28"/>
+      <c r="H16" s="28"/>
+    </row>
+    <row r="17" spans="1:8" ht="40" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A17" s="32"/>
+      <c r="B17" s="27"/>
       <c r="C17" s="13"/>
-      <c r="D17" s="29"/>
-[...1 lines deleted...]
-      <c r="F17" s="28"/>
+      <c r="D17" s="28"/>
+      <c r="E17" s="26"/>
+      <c r="F17" s="27"/>
       <c r="G17" s="13"/>
-      <c r="H17" s="29"/>
-[...22 lines deleted...]
-      <c r="A20" s="44" t="s">
+      <c r="H17" s="28"/>
+    </row>
+    <row r="18" spans="1:8" ht="40" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A18" s="32"/>
+      <c r="B18" s="27"/>
+      <c r="C18" s="13"/>
+      <c r="D18" s="28"/>
+      <c r="E18" s="26"/>
+      <c r="F18" s="27"/>
+      <c r="G18" s="13"/>
+      <c r="H18" s="28"/>
+    </row>
+    <row r="19" spans="1:8" ht="40" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A19" s="33"/>
+      <c r="B19" s="30"/>
+      <c r="C19" s="14"/>
+      <c r="D19" s="31"/>
+      <c r="E19" s="29"/>
+      <c r="F19" s="30"/>
+      <c r="G19" s="14"/>
+      <c r="H19" s="31"/>
+    </row>
+    <row r="20" spans="1:8" s="5" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A20" s="43" t="s">
         <v>12</v>
       </c>
-      <c r="B20" s="45"/>
-[...18 lines deleted...]
-      <c r="A22" s="61" t="s">
+      <c r="B20" s="44"/>
+      <c r="C20" s="44"/>
+      <c r="D20" s="44"/>
+      <c r="E20" s="44"/>
+      <c r="F20" s="44"/>
+      <c r="G20" s="44"/>
+      <c r="H20" s="45"/>
+    </row>
+    <row r="21" spans="1:8" ht="60" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A21" s="55"/>
+      <c r="B21" s="56"/>
+      <c r="C21" s="56"/>
+      <c r="D21" s="56"/>
+      <c r="E21" s="56"/>
+      <c r="F21" s="56"/>
+      <c r="G21" s="56"/>
+      <c r="H21" s="57"/>
+    </row>
+    <row r="22" spans="1:8" s="5" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A22" s="60" t="s">
         <v>39</v>
       </c>
-      <c r="B22" s="62"/>
-[...4 lines deleted...]
-      <c r="G22" s="59" t="s">
+      <c r="B22" s="61"/>
+      <c r="C22" s="61"/>
+      <c r="D22" s="61"/>
+      <c r="E22" s="61"/>
+      <c r="F22" s="62"/>
+      <c r="G22" s="58" t="s">
         <v>6</v>
       </c>
-      <c r="H22" s="60"/>
-[...9 lines deleted...]
-      <c r="H23" s="40"/>
+      <c r="H22" s="59"/>
+    </row>
+    <row r="23" spans="1:8" ht="60" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A23" s="55"/>
+      <c r="B23" s="56"/>
+      <c r="C23" s="56"/>
+      <c r="D23" s="56"/>
+      <c r="E23" s="56"/>
+      <c r="F23" s="57"/>
+      <c r="G23" s="38"/>
+      <c r="H23" s="39"/>
     </row>
   </sheetData>
   <mergeCells count="19">
     <mergeCell ref="B4:H4"/>
     <mergeCell ref="B3:D3"/>
     <mergeCell ref="F3:H3"/>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="F2:H2"/>
     <mergeCell ref="G23:H23"/>
     <mergeCell ref="A5:H5"/>
     <mergeCell ref="A20:H20"/>
     <mergeCell ref="A11:D11"/>
     <mergeCell ref="A10:D10"/>
     <mergeCell ref="E10:H10"/>
     <mergeCell ref="A9:H9"/>
     <mergeCell ref="A21:H21"/>
     <mergeCell ref="G22:H22"/>
     <mergeCell ref="A22:F22"/>
     <mergeCell ref="A23:F23"/>
     <mergeCell ref="A8:H8"/>
     <mergeCell ref="A7:H7"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.51181102362204722" bottom="0.23622047244094491" header="3.937007874015748E-2" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="61" orientation="landscape" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="59" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1034" r:id="rId4" name="Check Box 10">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>0</xdr:col>
                     <xdr:colOff>57150</xdr:colOff>
                     <xdr:row>6</xdr:row>
-                    <xdr:rowOff>66675</xdr:rowOff>
+                    <xdr:rowOff>69850</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>0</xdr:col>
                     <xdr:colOff>304800</xdr:colOff>
                     <xdr:row>6</xdr:row>
                     <xdr:rowOff>304800</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1050" r:id="rId5" name="Check Box 26">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>0</xdr:col>
                     <xdr:colOff>57150</xdr:colOff>
                     <xdr:row>7</xdr:row>
-                    <xdr:rowOff>47625</xdr:rowOff>
+                    <xdr:rowOff>50800</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>0</xdr:col>
                     <xdr:colOff>304800</xdr:colOff>
                     <xdr:row>7</xdr:row>
-                    <xdr:rowOff>295275</xdr:rowOff>
+                    <xdr:rowOff>298450</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1051" r:id="rId6" name="Check Box 27">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>1638300</xdr:colOff>
                     <xdr:row>6</xdr:row>
-                    <xdr:rowOff>66675</xdr:rowOff>
+                    <xdr:rowOff>69850</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>1</xdr:col>
-                    <xdr:colOff>1876425</xdr:colOff>
+                    <xdr:colOff>1879600</xdr:colOff>
                     <xdr:row>6</xdr:row>
                     <xdr:rowOff>304800</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1052" r:id="rId7" name="Check Box 28">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>723900</xdr:colOff>
                     <xdr:row>6</xdr:row>
-                    <xdr:rowOff>66675</xdr:rowOff>
+                    <xdr:rowOff>69850</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>971550</xdr:colOff>
                     <xdr:row>6</xdr:row>
                     <xdr:rowOff>304800</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1053" r:id="rId8" name="Check Box 29">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>3</xdr:col>
                     <xdr:colOff>704850</xdr:colOff>
                     <xdr:row>6</xdr:row>
-                    <xdr:rowOff>66675</xdr:rowOff>
+                    <xdr:rowOff>69850</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>3</xdr:col>
                     <xdr:colOff>952500</xdr:colOff>
                     <xdr:row>6</xdr:row>
                     <xdr:rowOff>304800</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1054" r:id="rId9" name="Check Box 30">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>3</xdr:col>
-                    <xdr:colOff>3152775</xdr:colOff>
+                    <xdr:colOff>3155950</xdr:colOff>
                     <xdr:row>6</xdr:row>
-                    <xdr:rowOff>66675</xdr:rowOff>
+                    <xdr:rowOff>69850</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>3</xdr:col>
-                    <xdr:colOff>3400425</xdr:colOff>
+                    <xdr:colOff>3403600</xdr:colOff>
                     <xdr:row>6</xdr:row>
                     <xdr:rowOff>304800</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1055" r:id="rId10" name="Check Box 31">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>4</xdr:col>
-                    <xdr:colOff>295275</xdr:colOff>
+                    <xdr:colOff>298450</xdr:colOff>
                     <xdr:row>6</xdr:row>
-                    <xdr:rowOff>66675</xdr:rowOff>
+                    <xdr:rowOff>69850</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>4</xdr:col>
-                    <xdr:colOff>542925</xdr:colOff>
+                    <xdr:colOff>546100</xdr:colOff>
                     <xdr:row>6</xdr:row>
                     <xdr:rowOff>304800</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
-      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="2">
+      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{D5EA47D1-F932-40F1-ABEA-BF056A078685}">
           <x14:formula1>
             <xm:f>Sheet1!$B$2:$B$24</xm:f>
           </x14:formula1>
-          <xm:sqref>A13:A19</xm:sqref>
-[...5 lines deleted...]
-          <xm:sqref>E13:E19</xm:sqref>
+          <xm:sqref>A13:A19 E15:E19 E13</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{44858261-936C-4B45-8E61-D0D7F17A9638}">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="A1:B24"/>
   <sheetViews>
     <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <selection activeCell="B6" sqref="B6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="40.625" style="17" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="16384" width="9" style="17"/>
+    <col min="1" max="1" width="40.6328125" style="16" customWidth="1"/>
+    <col min="2" max="2" width="48.36328125" style="18" bestFit="1" customWidth="1"/>
+    <col min="3" max="16384" width="9" style="16"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A1" s="24" t="s">
+    <row r="1" spans="1:2" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="23" t="s">
         <v>14</v>
       </c>
-      <c r="B1" s="16" t="s">
+      <c r="B1" s="15" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="2" spans="1:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A2" s="25" t="s">
+    <row r="2" spans="1:2" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="24" t="s">
         <v>42</v>
       </c>
-      <c r="B2" s="18" t="s">
+      <c r="B2" s="17" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="3" spans="1:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A3" s="25" t="s">
+    <row r="3" spans="1:2" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="24" t="s">
         <v>43</v>
       </c>
-      <c r="B3" s="20" t="s">
+      <c r="B3" s="19" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="4" spans="1:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A4" s="25" t="s">
+    <row r="4" spans="1:2" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="24" t="s">
         <v>44</v>
       </c>
-      <c r="B4" s="20" t="s">
+      <c r="B4" s="19" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="5" spans="1:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A5" s="25" t="s">
+    <row r="5" spans="1:2" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="24" t="s">
         <v>45</v>
       </c>
-      <c r="B5" s="20" t="s">
+      <c r="B5" s="19" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="6" spans="1:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A6" s="25" t="s">
+    <row r="6" spans="1:2" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="24" t="s">
         <v>46</v>
       </c>
-      <c r="B6" s="18" t="s">
+      <c r="B6" s="17" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="7" spans="1:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A7" s="25" t="s">
+    <row r="7" spans="1:2" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="24" t="s">
         <v>47</v>
       </c>
-      <c r="B7" s="20" t="s">
+      <c r="B7" s="19" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="8" spans="1:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B8" s="20" t="s">
+    <row r="8" spans="1:2" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B8" s="19" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="9" spans="1:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B9" s="20" t="s">
+    <row r="9" spans="1:2" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B9" s="19" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="10" spans="1:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B10" s="20" t="s">
+    <row r="10" spans="1:2" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B10" s="19" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="11" spans="1:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B11" s="18" t="s">
+    <row r="11" spans="1:2" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B11" s="17" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="12" spans="1:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B12" s="18" t="s">
+    <row r="12" spans="1:2" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B12" s="17" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="13" spans="1:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B13" s="18" t="s">
+    <row r="13" spans="1:2" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B13" s="17" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="14" spans="1:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B14" s="18" t="s">
+    <row r="14" spans="1:2" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B14" s="17" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="15" spans="1:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B15" s="20" t="s">
+    <row r="15" spans="1:2" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B15" s="19" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="16" spans="1:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B16" s="20" t="s">
+    <row r="16" spans="1:2" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B16" s="19" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="17" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B17" s="20" t="s">
+    <row r="17" spans="2:2" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B17" s="19" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="18" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B18" s="20" t="s">
+    <row r="18" spans="2:2" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B18" s="19" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="19" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B19" s="20" t="s">
+    <row r="19" spans="2:2" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B19" s="19" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="20" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B20" s="20" t="s">
+    <row r="20" spans="2:2" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B20" s="19" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="21" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B21" s="20" t="s">
+    <row r="21" spans="2:2" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B21" s="19" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="22" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B22" s="20" t="s">
+    <row r="22" spans="2:2" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B22" s="19" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="23" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B23" s="20" t="s">
+    <row r="23" spans="2:2" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B23" s="19" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="24" spans="2:2" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B24" s="18" t="s">
+    <row r="24" spans="2:2" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B24" s="17" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="2"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>