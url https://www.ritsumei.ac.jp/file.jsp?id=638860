--- v0 (2025-10-29)
+++ v1 (2026-02-25)
@@ -1,119 +1,133 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp3.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp4.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp5.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp6.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp7.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp8.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp9.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp10.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
-  <Override PartName="/xl/ctrlProps/ctrlProp11.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="20414"/>
-  <workbookPr saveExternalLinkValues="0" defaultThemeVersion="124226"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
+  <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\ca03-ns2\学生オフィス\課内共有\クレオ業務委託（施設貸与申請・保険・管理関係）\01_施設貸与\10_車輌入構\1_入構届フォーマット\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3DC1EE5B-37AF-4CC8-8F8C-39E6178BC10D}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9356FF66-962E-47C2-A403-FBE962ECB95F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-105" yWindow="-105" windowWidth="23250" windowHeight="12570" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{8536B2EE-59C4-4A36-BF97-0867FBBA385A}"/>
   </bookViews>
   <sheets>
-    <sheet name="大型バス車輌入構届 (2024.11月改訂)※学生用※" sheetId="11" r:id="rId1"/>
+    <sheet name="大型バス車輌入構届 (2025.12月改訂)※学生用※" sheetId="2" r:id="rId1"/>
+    <sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'大型バス車輌入構届 (2024.11月改訂)※学生用※'!$A$1:$S$48</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'大型バス車輌入構届 (2025.12月改訂)※学生用※'!$A$1:$S$46</definedName>
   </definedNames>
-  <calcPr calcId="191028"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="85" uniqueCount="70">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="82" uniqueCount="68">
   <si>
     <t>OIC大型バス車輌入構届</t>
     <rPh sb="11" eb="12">
       <t>トド</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t xml:space="preserve">   【留意事項】</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <r>
       <t xml:space="preserve">   ①ロータリーに進入できるバスは最大で</t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="9"/>
         <color theme="1"/>
-        <rFont val="ＭＳ Ｐゴシック"/>
+        <rFont val="游ゴシック"/>
         <family val="3"/>
         <charset val="128"/>
         <scheme val="minor"/>
       </rPr>
       <t>3台</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="1"/>
-        <rFont val="ＭＳ Ｐゴシック"/>
+        <rFont val="游ゴシック"/>
         <family val="3"/>
         <charset val="128"/>
         <scheme val="minor"/>
       </rPr>
       <t>です。シャトルバスの発着時間前後30分程度は、シャトルバス以外のバスは1台もしくは2台しか進入できません。</t>
     </r>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>　　　上記を考慮して、バス入構時間の調整をお願いします。（ロータリーの使用はシャトルバスが優先となります）</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t xml:space="preserve">   ②キャンセルは5日前までにお電話ください。（キャンパスインフォメーション　：　072-665-2020）</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t xml:space="preserve">   ③キャンパス周辺道路への路上駐車は禁止されています。荷物の搬出入や送迎の乗用車の駐車が必要な場合は、別途必要な手続きをとってください。</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t xml:space="preserve">                                                                   </t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
@@ -135,156 +149,236 @@
     </rPh>
     <rPh sb="16" eb="18">
       <t>ハッセイ</t>
     </rPh>
     <rPh sb="20" eb="22">
       <t>バアイ</t>
     </rPh>
     <rPh sb="30" eb="32">
       <t>チュウイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t xml:space="preserve">   【道路交通法に伴う、大阪いばらきキャンパス周辺道路の車輌通行規制について】</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <r>
       <t xml:space="preserve">   　周辺道路の車輌通行については、</t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="9"/>
         <color theme="1"/>
-        <rFont val="ＭＳ Ｐゴシック"/>
+        <rFont val="游ゴシック"/>
         <family val="3"/>
         <charset val="128"/>
         <scheme val="minor"/>
       </rPr>
       <t>最大積載量3トン以上のトラックおよび大型バス（乗車定員30名以上）は終日通行が禁止されています。</t>
     </r>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>　　 該当する車輌が規制道路を通行する場合は、茨木警察署長の許可が必要となります。（道路交通法　第8条2項）</t>
+    <r>
+      <t xml:space="preserve">　　 </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="9"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="游ゴシック"/>
+        <family val="3"/>
+        <charset val="128"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>ご案内する入構ルートを通行しない場合</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <color theme="1"/>
+        <rFont val="游ゴシック"/>
+        <family val="3"/>
+        <charset val="128"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>は、茨木警察署長の許可が必要となります。（道路交通法　第8条2項）</t>
+    </r>
+    <rPh sb="4" eb="6">
+      <t>アンナイ</t>
+    </rPh>
+    <rPh sb="8" eb="10">
+      <t>ニュウコウ</t>
+    </rPh>
+    <rPh sb="14" eb="16">
+      <t>ツウコウ</t>
+    </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t xml:space="preserve">     ご確認・お問い合わせの上、茨木警察署へ“通行禁止道路通行許可申請書”を提出し、申請の手続きを済ませてください。</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t xml:space="preserve">     尚、手続きに伴い、茨木警察署へ2度行っていただく必要があり、申請から許可証の交付まで5日～7日（行政庁の休日を除く）程度かかります。</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t xml:space="preserve">     上記申請を行わない場合は、キャンパス内への入構は不可となります。それに伴い生ずる問題に関し、学園は一切の責任を負いかねます。</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t xml:space="preserve">   お問い合わせ・申請先</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t xml:space="preserve">   茨木警察署　交通課窓口　　TEL: 072-622-1234</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t xml:space="preserve">   申請用紙は大阪府警察ホームページよりダウンロードできます。</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>　上記について確認・同意の上、申請いたします。</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>https://www.police.pref.osaka.lg.jp/material/files/group/2/tsuukoukyokasinsei_201909.pdf</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>※入構日の１週間前までに提出のこと</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>提出日：  　　　年　　 　　月　　 　　日</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>乗降場所</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>　　　乗降のみ（バスロータリー）　　</t>
     <rPh sb="3" eb="5">
       <t>ジョウコウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <r>
+      <t xml:space="preserve">乗降 + 駐車 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="游ゴシック"/>
+        <family val="3"/>
+        <charset val="128"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>（バスロータリー + 南車両置き場）</t>
+    </r>
+    <rPh sb="0" eb="2">
+      <t>ジョウコウ</t>
+    </rPh>
+    <rPh sb="5" eb="7">
+      <t>チュウシャ</t>
+    </rPh>
+    <rPh sb="20" eb="21">
+      <t>ミナミ</t>
+    </rPh>
+    <rPh sb="21" eb="23">
+      <t>シャリョウ</t>
+    </rPh>
+    <rPh sb="23" eb="24">
+      <t>オ</t>
+    </rPh>
+    <rPh sb="25" eb="26">
+      <t>バ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
     <t>団体名</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>（</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>)</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>名 来校予定</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>申請者</t>
     <rPh sb="0" eb="3">
       <t>シンセイシャ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>　所属：</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>氏名：</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>　学生証番号：</t>
+    <rPh sb="1" eb="3">
+      <t>ガクセイ</t>
+    </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>連絡先
 TEL：</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <r>
       <t>入構日時</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
-        <rFont val="ＭＳ Ｐゴシック"/>
+        <rFont val="游ゴシック"/>
         <family val="3"/>
         <charset val="128"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>バスロータリー停車</t>
     <rPh sb="7" eb="9">
       <t>テイシャ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>月</t>
     <rPh sb="0" eb="1">
       <t>ツキ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>日</t>
@@ -292,50 +386,73 @@
       <t>ニチ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>(</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>：</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>～</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t xml:space="preserve">       乗車　           　降車　　　</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t xml:space="preserve">        乗車　　           降車　　　　　　　　　　</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>南車両置き場　
+駐車時間</t>
+    <rPh sb="0" eb="1">
+      <t>ミナミ</t>
+    </rPh>
+    <rPh sb="1" eb="3">
+      <t>シャリョウ</t>
+    </rPh>
+    <rPh sb="3" eb="4">
+      <t>オ</t>
+    </rPh>
+    <rPh sb="5" eb="6">
+      <t>バ</t>
+    </rPh>
+    <rPh sb="8" eb="10">
+      <t>チュウシャ</t>
+    </rPh>
+    <rPh sb="10" eb="12">
+      <t>ジカン</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
     <t>(</t>
   </si>
   <si>
     <t>)</t>
   </si>
   <si>
     <t>バス・旅行会社
 情報</t>
     <rPh sb="3" eb="5">
       <t>リョコウ</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>カイシャ</t>
     </rPh>
     <rPh sb="8" eb="10">
       <t>ジョウホウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>　旅行会社名：</t>
     <rPh sb="1" eb="3">
       <t>リョコウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
@@ -376,70 +493,51 @@
   </si>
   <si>
     <t>特徴</t>
     <rPh sb="0" eb="2">
       <t>トクチョウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t xml:space="preserve">
 台</t>
     <rPh sb="2" eb="3">
       <t>ダイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t xml:space="preserve">
 人</t>
     <rPh sb="1" eb="2">
       <t>ニン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <r>
-[...18 lines deleted...]
-    </r>
+    <t>大型(30名以上)</t>
     <rPh sb="0" eb="2">
       <t>オオガタ</t>
     </rPh>
     <rPh sb="5" eb="6">
       <t>メイ</t>
     </rPh>
     <rPh sb="6" eb="8">
       <t>イジョウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>中型/小型</t>
     <rPh sb="0" eb="2">
       <t>チュウガタ</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>コガタ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>マイクロバス</t>
     <phoneticPr fontId="1"/>
   </si>
@@ -508,739 +606,342 @@
     <rPh sb="0" eb="2">
       <t>チュウシャ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>イチ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>確認印</t>
     <rPh sb="0" eb="2">
       <t>カクニン</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>イン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>受付印</t>
     <rPh sb="0" eb="2">
       <t>ウケツケ</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>イン</t>
-    </rPh>
-[...120 lines deleted...]
-      <t>フカ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="33" x14ac:knownFonts="1">
+  <fonts count="30">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="ＭＳ Ｐゴシック"/>
+      <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="6"/>
-      <name val="ＭＳ Ｐゴシック"/>
+      <name val="游ゴシック"/>
       <family val="2"/>
+      <charset val="128"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color theme="10"/>
+      <name val="游ゴシック"/>
+      <family val="2"/>
+      <charset val="128"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="18"/>
+      <color theme="1"/>
+      <name val="游ゴシック"/>
+      <family val="3"/>
+      <charset val="128"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="18"/>
+      <color theme="1"/>
+      <name val="游ゴシック"/>
+      <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="ＭＳ Ｐゴシック"/>
+      <name val="游ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
-      <name val="ＭＳ Ｐゴシック"/>
+      <name val="游ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10.5"/>
       <color theme="1"/>
-      <name val="ＭＳ Ｐゴシック"/>
-[...14 lines deleted...]
-      <name val="ＭＳ Ｐゴシック"/>
+      <name val="游ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
-      <name val="ＭＳ Ｐゴシック"/>
-[...8 lines deleted...]
-      <name val="ＭＳ Ｐゴシック"/>
+      <name val="游ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="9"/>
       <color theme="1"/>
-      <name val="ＭＳ Ｐゴシック"/>
-[...97 lines deleted...]
-      <name val="ＭＳ Ｐゴシック"/>
+      <name val="游ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color theme="1"/>
-      <name val="ＭＳ Ｐゴシック"/>
+      <name val="游ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="7.5"/>
+      <b/>
+      <sz val="9"/>
+      <color rgb="FFFF0000"/>
+      <name val="游ゴシック"/>
+      <family val="3"/>
+      <charset val="128"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="8"/>
       <color theme="1"/>
-      <name val="ＭＳ Ｐゴシック"/>
+      <name val="游ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
-      <name val="ＭＳ Ｐゴシック"/>
+      <name val="游ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="15"/>
       <color theme="1"/>
-      <name val="ＭＳ Ｐゴシック"/>
+      <name val="游ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
-      <sz val="11"/>
-[...2 lines deleted...]
-      <family val="2"/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="游ゴシック"/>
+      <family val="3"/>
+      <charset val="128"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="7.5"/>
+      <color theme="1"/>
+      <name val="游ゴシック"/>
+      <family val="3"/>
+      <charset val="128"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="游ゴシック"/>
+      <family val="3"/>
+      <charset val="128"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <color theme="1"/>
+      <name val="游ゴシック"/>
+      <family val="3"/>
+      <charset val="128"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <name val="游ゴシック"/>
+      <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="15"/>
-      <name val="ＭＳ Ｐゴシック"/>
+      <name val="游ゴシック"/>
+      <family val="3"/>
+      <charset val="128"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="游ゴシック"/>
+      <family val="3"/>
+      <charset val="128"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="游ゴシック"/>
+      <family val="3"/>
+      <charset val="128"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="游ゴシック"/>
+      <family val="3"/>
+      <charset val="128"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="游ゴシック"/>
+      <family val="3"/>
+      <charset val="128"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="游ゴシック"/>
+      <family val="3"/>
+      <charset val="128"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="游ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9.5"/>
       <color theme="1"/>
-      <name val="ＭＳ Ｐゴシック"/>
-[...21 lines deleted...]
-      <name val="ＭＳ Ｐゴシック"/>
+      <name val="游ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
-      <color rgb="FFFF0000"/>
-      <name val="ＭＳ Ｐゴシック"/>
+      <name val="游ゴシック"/>
+      <family val="3"/>
+      <charset val="128"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <name val="游ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="75">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
-[...251 lines deleted...]
-    <border>
       <left style="thin">
         <color theme="0" tint="-0.14996795556505021"/>
       </left>
       <right/>
       <top style="thin">
         <color theme="0" tint="-0.14996795556505021"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="0" tint="-0.14996795556505021"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color theme="0" tint="-0.14996795556505021"/>
       </right>
       <top style="thin">
@@ -1277,1946 +978,2106 @@
         <color theme="0" tint="-0.14996795556505021"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color theme="0" tint="-0.14996795556505021"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color theme="0" tint="-0.14996795556505021"/>
       </right>
       <top/>
       <bottom style="thin">
         <color theme="0" tint="-0.14996795556505021"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="double">
-[...64 lines deleted...]
-    <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="0" tint="-0.14996795556505021"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="double">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="double">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="hair">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="double">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="double">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="hair">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="double">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
       <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="double">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="double">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="double">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="double">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="hair">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="double">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="hair">
+        <color indexed="64"/>
+      </right>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="double">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="double">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="double">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="double">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="double">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="double">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="double">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="double">
+      <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom/>
-[...3 lines deleted...]
-      <left style="double">
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...10 lines deleted...]
-      <left style="double">
+      <left style="thin">
         <color indexed="64"/>
       </left>
-      <right/>
-[...33 lines deleted...]
-      <left/>
       <right style="medium">
-        <color indexed="64"/>
-[...13 lines deleted...]
-      <right style="double">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...12 lines deleted...]
-      <left style="thin">
+      <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom style="hair">
-[...1 lines deleted...]
-      </bottom>
+      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right/>
-[...111 lines deleted...]
-      </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
-      <bottom style="hair">
-[...48 lines deleted...]
-      </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="double">
-[...10 lines deleted...]
-      <left style="double">
+      <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right/>
-[...8 lines deleted...]
-      <right style="thin">
+      <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color indexed="64"/>
-[...55 lines deleted...]
-      <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...20 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="193">
+  <cellXfs count="192">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1">
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="18" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
+    <xf numFmtId="0" fontId="17" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="4" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="4" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="4" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="4" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="4" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="4" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="4" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...173 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="2" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="20" fontId="6" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="20" fontId="21" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="3" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="3" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...26 lines deleted...]
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="3" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="59" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="3" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="3" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="21" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="62" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="63" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="3" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="65" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="3" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="3" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="3" borderId="62" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="3" borderId="63" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="3" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="3" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="3" borderId="65" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="3" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="3" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...50 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="3" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="3" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="3" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...20 lines deleted...]
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="3" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="67" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="59" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="68" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="60" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="69" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="70" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="69" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="65" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="71" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="70" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="72" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="72" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="65" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="71" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="70" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="65" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="71" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="74" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="74" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="67" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="68" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="ハイパーリンク" xfId="1" builtinId="8"/>
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp1.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" checked="Checked" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp10.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
-[...2 lines deleted...]
-<file path=xl/ctrlProps/ctrlProp11.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp2.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp3.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp4.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp5.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp6.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp7.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp8.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp9.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>6</xdr:col>
           <xdr:colOff>152400</xdr:colOff>
-          <xdr:row>21</xdr:row>
-          <xdr:rowOff>9525</xdr:rowOff>
+          <xdr:row>18</xdr:row>
+          <xdr:rowOff>66675</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>7</xdr:col>
           <xdr:colOff>142875</xdr:colOff>
-          <xdr:row>21</xdr:row>
-          <xdr:rowOff>238125</xdr:rowOff>
+          <xdr:row>20</xdr:row>
+          <xdr:rowOff>38100</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
-            <xdr:cNvPr id="13313" name="Check Box 1" hidden="1">
+            <xdr:cNvPr id="1025" name="Check Box 1" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
-                  <a14:compatExt spid="_x0000_s13313"/>
+                  <a14:compatExt spid="_x0000_s1025"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000001340000}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000001040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>333375</xdr:colOff>
-          <xdr:row>25</xdr:row>
-          <xdr:rowOff>133350</xdr:rowOff>
+          <xdr:row>23</xdr:row>
+          <xdr:rowOff>142875</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>800100</xdr:colOff>
-[...1 lines deleted...]
-          <xdr:rowOff>9525</xdr:rowOff>
+          <xdr:colOff>809625</xdr:colOff>
+          <xdr:row>23</xdr:row>
+          <xdr:rowOff>523875</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
-            <xdr:cNvPr id="13314" name="Check Box 2" hidden="1">
+            <xdr:cNvPr id="1026" name="Check Box 2" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
-                  <a14:compatExt spid="_x0000_s13314"/>
+                  <a14:compatExt spid="_x0000_s1026"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002340000}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>10</xdr:col>
           <xdr:colOff>266700</xdr:colOff>
-          <xdr:row>25</xdr:row>
+          <xdr:row>23</xdr:row>
           <xdr:rowOff>123825</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>12</xdr:col>
           <xdr:colOff>85725</xdr:colOff>
-          <xdr:row>26</xdr:row>
-          <xdr:rowOff>0</xdr:rowOff>
+          <xdr:row>23</xdr:row>
+          <xdr:rowOff>504825</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
-            <xdr:cNvPr id="13315" name="Check Box 3" hidden="1">
+            <xdr:cNvPr id="1027" name="Check Box 3" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
-                  <a14:compatExt spid="_x0000_s13315"/>
+                  <a14:compatExt spid="_x0000_s1027"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000003340000}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000003040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>15</xdr:col>
-          <xdr:colOff>19050</xdr:colOff>
-          <xdr:row>30</xdr:row>
+          <xdr:colOff>28575</xdr:colOff>
+          <xdr:row>28</xdr:row>
           <xdr:rowOff>9525</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>16</xdr:col>
           <xdr:colOff>85725</xdr:colOff>
-          <xdr:row>30</xdr:row>
-          <xdr:rowOff>400050</xdr:rowOff>
+          <xdr:row>28</xdr:row>
+          <xdr:rowOff>390525</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
-            <xdr:cNvPr id="13316" name="Check Box 4" hidden="1">
+            <xdr:cNvPr id="1028" name="Check Box 4" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
-                  <a14:compatExt spid="_x0000_s13316"/>
+                  <a14:compatExt spid="_x0000_s1028"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000004340000}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000004040000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr/>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="0" y="0"/>
+              <a:ext cx="0" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+        </xdr:sp>
+        <xdr:clientData/>
+      </xdr:twoCellAnchor>
+    </mc:Choice>
+    <mc:Fallback/>
+  </mc:AlternateContent>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <xdr:twoCellAnchor editAs="oneCell">
+        <xdr:from>
+          <xdr:col>17</xdr:col>
+          <xdr:colOff>266700</xdr:colOff>
+          <xdr:row>26</xdr:row>
+          <xdr:rowOff>419100</xdr:rowOff>
+        </xdr:from>
+        <xdr:to>
+          <xdr:col>18</xdr:col>
+          <xdr:colOff>409575</xdr:colOff>
+          <xdr:row>27</xdr:row>
+          <xdr:rowOff>409575</xdr:rowOff>
+        </xdr:to>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="1029" name="Check Box 5" hidden="1">
+              <a:extLst>
+                <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
+                  <a14:compatExt spid="_x0000_s1029"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000005040000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr/>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="0" y="0"/>
+              <a:ext cx="0" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+        </xdr:sp>
+        <xdr:clientData/>
+      </xdr:twoCellAnchor>
+    </mc:Choice>
+    <mc:Fallback/>
+  </mc:AlternateContent>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <xdr:twoCellAnchor editAs="oneCell">
+        <xdr:from>
+          <xdr:col>15</xdr:col>
+          <xdr:colOff>9525</xdr:colOff>
+          <xdr:row>27</xdr:row>
+          <xdr:rowOff>0</xdr:rowOff>
+        </xdr:from>
+        <xdr:to>
+          <xdr:col>16</xdr:col>
+          <xdr:colOff>85725</xdr:colOff>
+          <xdr:row>27</xdr:row>
+          <xdr:rowOff>390525</xdr:rowOff>
+        </xdr:to>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="1030" name="Check Box 6" hidden="1">
+              <a:extLst>
+                <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
+                  <a14:compatExt spid="_x0000_s1030"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000006040000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr/>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="0" y="0"/>
+              <a:ext cx="0" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+        </xdr:sp>
+        <xdr:clientData/>
+      </xdr:twoCellAnchor>
+    </mc:Choice>
+    <mc:Fallback/>
+  </mc:AlternateContent>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <xdr:twoCellAnchor editAs="oneCell">
+        <xdr:from>
+          <xdr:col>11</xdr:col>
+          <xdr:colOff>142875</xdr:colOff>
+          <xdr:row>32</xdr:row>
+          <xdr:rowOff>200025</xdr:rowOff>
+        </xdr:from>
+        <xdr:to>
+          <xdr:col>12</xdr:col>
+          <xdr:colOff>85725</xdr:colOff>
+          <xdr:row>34</xdr:row>
+          <xdr:rowOff>66675</xdr:rowOff>
+        </xdr:to>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="1031" name="Check Box 7" hidden="1">
+              <a:extLst>
+                <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
+                  <a14:compatExt spid="_x0000_s1031"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000007040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>17</xdr:col>
           <xdr:colOff>266700</xdr:colOff>
           <xdr:row>28</xdr:row>
-          <xdr:rowOff>419100</xdr:rowOff>
+          <xdr:rowOff>9525</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>18</xdr:col>
-          <xdr:colOff>409575</xdr:colOff>
-[...1 lines deleted...]
-          <xdr:rowOff>400050</xdr:rowOff>
+          <xdr:colOff>428625</xdr:colOff>
+          <xdr:row>28</xdr:row>
+          <xdr:rowOff>419100</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
-            <xdr:cNvPr id="13317" name="Check Box 5" hidden="1">
+            <xdr:cNvPr id="1032" name="Check Box 8" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
-                  <a14:compatExt spid="_x0000_s13317"/>
+                  <a14:compatExt spid="_x0000_s1032"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000005340000}"/>
-[...66 lines deleted...]
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000006340000}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000008040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>11</xdr:col>
-          <xdr:colOff>133350</xdr:colOff>
-[...220 lines deleted...]
-          <xdr:row>35</xdr:row>
+          <xdr:colOff>142875</xdr:colOff>
+          <xdr:row>33</xdr:row>
           <xdr:rowOff>219075</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>12</xdr:col>
-          <xdr:colOff>95250</xdr:colOff>
-[...1 lines deleted...]
-          <xdr:rowOff>9525</xdr:rowOff>
+          <xdr:colOff>85725</xdr:colOff>
+          <xdr:row>35</xdr:row>
+          <xdr:rowOff>85725</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
-            <xdr:cNvPr id="13322" name="Check Box 10" hidden="1">
+            <xdr:cNvPr id="1033" name="Check Box 9" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
-                  <a14:compatExt spid="_x0000_s13322"/>
+                  <a14:compatExt spid="_x0000_s1033"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00000A340000}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000009040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>15</xdr:col>
           <xdr:colOff>238125</xdr:colOff>
-          <xdr:row>35</xdr:row>
-          <xdr:rowOff>133350</xdr:rowOff>
+          <xdr:row>33</xdr:row>
+          <xdr:rowOff>142875</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>16</xdr:col>
-          <xdr:colOff>19050</xdr:colOff>
-[...1 lines deleted...]
-          <xdr:rowOff>133350</xdr:rowOff>
+          <xdr:colOff>28575</xdr:colOff>
+          <xdr:row>35</xdr:row>
+          <xdr:rowOff>200025</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
-            <xdr:cNvPr id="13323" name="Check Box 11" hidden="1">
+            <xdr:cNvPr id="1034" name="Check Box 10" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
-                  <a14:compatExt spid="_x0000_s13323"/>
+                  <a14:compatExt spid="_x0000_s1034"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00000B340000}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00000A040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -3230,140 +3091,140 @@
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
@@ -3375,2096 +3236,1712 @@
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr">
-[...2 lines deleted...]
-            </a:schemeClr>
+            <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-        </a:ln>
-[...4 lines deleted...]
-          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp9.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp8.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.police.pref.osaka.lg.jp/material/files/group/2/tsuukoukyokasinsei_201909.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp7.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp11.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp10.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp9.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp8.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.police.pref.osaka.lg.jp/material/files/group/2/tsuukoukyokasinsei_201909.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp7.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp10.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ACF29DAE-236F-49A3-8090-6DC5DF42AB65}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F1FBE1C4-AF6A-4E21-AFF4-07FC9870B51B}">
   <sheetPr>
-    <tabColor rgb="FFFFFF66"/>
+    <tabColor rgb="FFB4C6E7"/>
   </sheetPr>
-  <dimension ref="A1:X48"/>
+  <dimension ref="A1:X46"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="A16" sqref="A16:S16"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection sqref="A1:S1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.5" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr defaultColWidth="8.25" defaultRowHeight="18.75"/>
   <cols>
-    <col min="1" max="1" width="15.5" style="2" customWidth="1"/>
-[...17 lines deleted...]
-    <col min="25" max="16384" width="9" style="2"/>
+    <col min="1" max="1" width="14.125" style="24" customWidth="1"/>
+    <col min="2" max="2" width="13" style="24" customWidth="1"/>
+    <col min="3" max="3" width="4.125" style="24" customWidth="1"/>
+    <col min="4" max="4" width="3.625" style="24" customWidth="1"/>
+    <col min="5" max="5" width="4.125" style="24" customWidth="1"/>
+    <col min="6" max="6" width="3.625" style="24" customWidth="1"/>
+    <col min="7" max="7" width="2.625" style="24" customWidth="1"/>
+    <col min="8" max="8" width="4.625" style="24" customWidth="1"/>
+    <col min="9" max="9" width="2.625" style="24" customWidth="1"/>
+    <col min="10" max="11" width="4.375" style="24" customWidth="1"/>
+    <col min="12" max="12" width="4.25" style="24" customWidth="1"/>
+    <col min="13" max="14" width="4.375" style="24" customWidth="1"/>
+    <col min="15" max="15" width="4.125" style="24" customWidth="1"/>
+    <col min="16" max="16" width="6.75" style="24" customWidth="1"/>
+    <col min="17" max="17" width="1.875" style="24" customWidth="1"/>
+    <col min="18" max="18" width="6.375" style="24" customWidth="1"/>
+    <col min="19" max="19" width="8.625" style="24" customWidth="1"/>
+    <col min="20" max="24" width="4.125" style="24" customWidth="1"/>
+    <col min="25" max="16384" width="8.25" style="24"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:24" s="1" customFormat="1" ht="41.25" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A1" s="60" t="s">
+    <row r="1" spans="1:24" s="1" customFormat="1" ht="41.25" customHeight="1">
+      <c r="A1" s="59" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="61"/>
-[...16 lines deleted...]
-      <c r="S1" s="62"/>
+      <c r="B1" s="60"/>
+      <c r="C1" s="60"/>
+      <c r="D1" s="60"/>
+      <c r="E1" s="60"/>
+      <c r="F1" s="60"/>
+      <c r="G1" s="60"/>
+      <c r="H1" s="60"/>
+      <c r="I1" s="60"/>
+      <c r="J1" s="60"/>
+      <c r="K1" s="60"/>
+      <c r="L1" s="60"/>
+      <c r="M1" s="60"/>
+      <c r="N1" s="60"/>
+      <c r="O1" s="60"/>
+      <c r="P1" s="60"/>
+      <c r="Q1" s="60"/>
+      <c r="R1" s="60"/>
+      <c r="S1" s="61"/>
     </row>
-    <row r="2" spans="1:24" s="1" customFormat="1" ht="4.1500000000000004" customHeight="1" x14ac:dyDescent="0.15">
-[...18 lines deleted...]
-      <c r="S2" s="9"/>
+    <row r="2" spans="1:24" s="1" customFormat="1" ht="4.3499999999999996" customHeight="1">
+      <c r="A2" s="2"/>
+      <c r="B2" s="3"/>
+      <c r="C2" s="3"/>
+      <c r="D2" s="3"/>
+      <c r="E2" s="3"/>
+      <c r="F2" s="3"/>
+      <c r="G2" s="3"/>
+      <c r="H2" s="3"/>
+      <c r="I2" s="3"/>
+      <c r="J2" s="3"/>
+      <c r="K2" s="3"/>
+      <c r="L2" s="3"/>
+      <c r="M2" s="3"/>
+      <c r="N2" s="3"/>
+      <c r="O2" s="3"/>
+      <c r="P2" s="3"/>
+      <c r="Q2" s="3"/>
+      <c r="R2" s="3"/>
+      <c r="S2" s="4"/>
     </row>
-    <row r="3" spans="1:24" s="1" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A3" s="63" t="s">
+    <row r="3" spans="1:24" s="1" customFormat="1" ht="14.25" customHeight="1">
+      <c r="A3" s="62" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="64"/>
-[...16 lines deleted...]
-      <c r="S3" s="65"/>
+      <c r="B3" s="63"/>
+      <c r="C3" s="63"/>
+      <c r="D3" s="63"/>
+      <c r="E3" s="63"/>
+      <c r="F3" s="63"/>
+      <c r="G3" s="63"/>
+      <c r="H3" s="63"/>
+      <c r="I3" s="63"/>
+      <c r="J3" s="63"/>
+      <c r="K3" s="63"/>
+      <c r="L3" s="63"/>
+      <c r="M3" s="63"/>
+      <c r="N3" s="63"/>
+      <c r="O3" s="63"/>
+      <c r="P3" s="63"/>
+      <c r="Q3" s="63"/>
+      <c r="R3" s="63"/>
+      <c r="S3" s="64"/>
     </row>
-    <row r="4" spans="1:24" s="1" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A4" s="57" t="s">
+    <row r="4" spans="1:24" s="1" customFormat="1" ht="25.35" customHeight="1">
+      <c r="A4" s="56" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="58"/>
-[...16 lines deleted...]
-      <c r="S4" s="59"/>
+      <c r="B4" s="57"/>
+      <c r="C4" s="57"/>
+      <c r="D4" s="57"/>
+      <c r="E4" s="57"/>
+      <c r="F4" s="57"/>
+      <c r="G4" s="57"/>
+      <c r="H4" s="57"/>
+      <c r="I4" s="57"/>
+      <c r="J4" s="57"/>
+      <c r="K4" s="57"/>
+      <c r="L4" s="57"/>
+      <c r="M4" s="57"/>
+      <c r="N4" s="57"/>
+      <c r="O4" s="57"/>
+      <c r="P4" s="57"/>
+      <c r="Q4" s="57"/>
+      <c r="R4" s="57"/>
+      <c r="S4" s="58"/>
     </row>
-    <row r="5" spans="1:24" s="1" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A5" s="66" t="s">
+    <row r="5" spans="1:24" s="1" customFormat="1" ht="14.25" customHeight="1">
+      <c r="A5" s="65" t="s">
         <v>3</v>
       </c>
-      <c r="B5" s="58"/>
-[...16 lines deleted...]
-      <c r="S5" s="59"/>
+      <c r="B5" s="57"/>
+      <c r="C5" s="57"/>
+      <c r="D5" s="57"/>
+      <c r="E5" s="57"/>
+      <c r="F5" s="57"/>
+      <c r="G5" s="57"/>
+      <c r="H5" s="57"/>
+      <c r="I5" s="57"/>
+      <c r="J5" s="57"/>
+      <c r="K5" s="57"/>
+      <c r="L5" s="57"/>
+      <c r="M5" s="57"/>
+      <c r="N5" s="57"/>
+      <c r="O5" s="57"/>
+      <c r="P5" s="57"/>
+      <c r="Q5" s="57"/>
+      <c r="R5" s="57"/>
+      <c r="S5" s="58"/>
     </row>
-    <row r="6" spans="1:24" s="1" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A6" s="57" t="s">
+    <row r="6" spans="1:24" s="1" customFormat="1" ht="14.25" customHeight="1">
+      <c r="A6" s="56" t="s">
         <v>4</v>
       </c>
-      <c r="B6" s="58"/>
-[...16 lines deleted...]
-      <c r="S6" s="59"/>
+      <c r="B6" s="57"/>
+      <c r="C6" s="57"/>
+      <c r="D6" s="57"/>
+      <c r="E6" s="57"/>
+      <c r="F6" s="57"/>
+      <c r="G6" s="57"/>
+      <c r="H6" s="57"/>
+      <c r="I6" s="57"/>
+      <c r="J6" s="57"/>
+      <c r="K6" s="57"/>
+      <c r="L6" s="57"/>
+      <c r="M6" s="57"/>
+      <c r="N6" s="57"/>
+      <c r="O6" s="57"/>
+      <c r="P6" s="57"/>
+      <c r="Q6" s="57"/>
+      <c r="R6" s="57"/>
+      <c r="S6" s="58"/>
     </row>
-    <row r="7" spans="1:24" s="1" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A7" s="57" t="s">
+    <row r="7" spans="1:24" s="1" customFormat="1" ht="26.1" customHeight="1">
+      <c r="A7" s="56" t="s">
         <v>5</v>
       </c>
-      <c r="B7" s="58"/>
-[...16 lines deleted...]
-      <c r="S7" s="59"/>
+      <c r="B7" s="57"/>
+      <c r="C7" s="57"/>
+      <c r="D7" s="57"/>
+      <c r="E7" s="57"/>
+      <c r="F7" s="57"/>
+      <c r="G7" s="57"/>
+      <c r="H7" s="57"/>
+      <c r="I7" s="57"/>
+      <c r="J7" s="57"/>
+      <c r="K7" s="57"/>
+      <c r="L7" s="57"/>
+      <c r="M7" s="57"/>
+      <c r="N7" s="57"/>
+      <c r="O7" s="57"/>
+      <c r="P7" s="57"/>
+      <c r="Q7" s="57"/>
+      <c r="R7" s="57"/>
+      <c r="S7" s="58"/>
       <c r="X7" s="1" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="8" spans="1:24" s="1" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A8" s="71" t="s">
+    <row r="8" spans="1:24" s="1" customFormat="1" ht="12" customHeight="1">
+      <c r="A8" s="70" t="s">
         <v>7</v>
       </c>
-      <c r="B8" s="58"/>
-[...16 lines deleted...]
-      <c r="S8" s="59"/>
+      <c r="B8" s="57"/>
+      <c r="C8" s="57"/>
+      <c r="D8" s="57"/>
+      <c r="E8" s="57"/>
+      <c r="F8" s="57"/>
+      <c r="G8" s="57"/>
+      <c r="H8" s="57"/>
+      <c r="I8" s="57"/>
+      <c r="J8" s="57"/>
+      <c r="K8" s="57"/>
+      <c r="L8" s="57"/>
+      <c r="M8" s="57"/>
+      <c r="N8" s="57"/>
+      <c r="O8" s="57"/>
+      <c r="P8" s="57"/>
+      <c r="Q8" s="57"/>
+      <c r="R8" s="57"/>
+      <c r="S8" s="58"/>
     </row>
-    <row r="9" spans="1:24" s="56" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A9" s="57" t="s">
+    <row r="9" spans="1:24" s="1" customFormat="1" ht="12" customHeight="1">
+      <c r="A9" s="5"/>
+      <c r="B9" s="6"/>
+      <c r="C9" s="6"/>
+      <c r="D9" s="6"/>
+      <c r="E9" s="6"/>
+      <c r="F9" s="6"/>
+      <c r="G9" s="6"/>
+      <c r="H9" s="6"/>
+      <c r="I9" s="6"/>
+      <c r="J9" s="6"/>
+      <c r="K9" s="6"/>
+      <c r="L9" s="6"/>
+      <c r="M9" s="6"/>
+      <c r="N9" s="6"/>
+      <c r="O9" s="6"/>
+      <c r="P9" s="6"/>
+      <c r="Q9" s="6"/>
+      <c r="R9" s="6"/>
+      <c r="S9" s="7"/>
+    </row>
+    <row r="10" spans="1:24" s="1" customFormat="1" ht="14.25" customHeight="1">
+      <c r="A10" s="71" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" s="72"/>
+      <c r="C10" s="72"/>
+      <c r="D10" s="72"/>
+      <c r="E10" s="72"/>
+      <c r="F10" s="72"/>
+      <c r="G10" s="72"/>
+      <c r="H10" s="72"/>
+      <c r="I10" s="72"/>
+      <c r="J10" s="72"/>
+      <c r="K10" s="72"/>
+      <c r="L10" s="72"/>
+      <c r="M10" s="72"/>
+      <c r="N10" s="72"/>
+      <c r="O10" s="72"/>
+      <c r="P10" s="72"/>
+      <c r="Q10" s="72"/>
+      <c r="R10" s="72"/>
+      <c r="S10" s="73"/>
+    </row>
+    <row r="11" spans="1:24" s="1" customFormat="1" ht="21.6" customHeight="1">
+      <c r="A11" s="56" t="s">
+        <v>9</v>
+      </c>
+      <c r="B11" s="57"/>
+      <c r="C11" s="57"/>
+      <c r="D11" s="57"/>
+      <c r="E11" s="57"/>
+      <c r="F11" s="57"/>
+      <c r="G11" s="57"/>
+      <c r="H11" s="57"/>
+      <c r="I11" s="57"/>
+      <c r="J11" s="57"/>
+      <c r="K11" s="57"/>
+      <c r="L11" s="57"/>
+      <c r="M11" s="57"/>
+      <c r="N11" s="57"/>
+      <c r="O11" s="57"/>
+      <c r="P11" s="57"/>
+      <c r="Q11" s="57"/>
+      <c r="R11" s="57"/>
+      <c r="S11" s="58"/>
+    </row>
+    <row r="12" spans="1:24" s="1" customFormat="1" ht="14.25" customHeight="1">
+      <c r="A12" s="56" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" s="57"/>
+      <c r="C12" s="57"/>
+      <c r="D12" s="57"/>
+      <c r="E12" s="57"/>
+      <c r="F12" s="57"/>
+      <c r="G12" s="57"/>
+      <c r="H12" s="57"/>
+      <c r="I12" s="57"/>
+      <c r="J12" s="57"/>
+      <c r="K12" s="57"/>
+      <c r="L12" s="57"/>
+      <c r="M12" s="57"/>
+      <c r="N12" s="57"/>
+      <c r="O12" s="57"/>
+      <c r="P12" s="57"/>
+      <c r="Q12" s="57"/>
+      <c r="R12" s="57"/>
+      <c r="S12" s="58"/>
+    </row>
+    <row r="13" spans="1:24" s="1" customFormat="1" ht="14.25" customHeight="1">
+      <c r="A13" s="56" t="s">
+        <v>11</v>
+      </c>
+      <c r="B13" s="57"/>
+      <c r="C13" s="57"/>
+      <c r="D13" s="57"/>
+      <c r="E13" s="57"/>
+      <c r="F13" s="57"/>
+      <c r="G13" s="57"/>
+      <c r="H13" s="57"/>
+      <c r="I13" s="57"/>
+      <c r="J13" s="57"/>
+      <c r="K13" s="57"/>
+      <c r="L13" s="57"/>
+      <c r="M13" s="57"/>
+      <c r="N13" s="57"/>
+      <c r="O13" s="57"/>
+      <c r="P13" s="57"/>
+      <c r="Q13" s="57"/>
+      <c r="R13" s="57"/>
+      <c r="S13" s="58"/>
+    </row>
+    <row r="14" spans="1:24" s="1" customFormat="1" ht="14.25" customHeight="1">
+      <c r="A14" s="65" t="s">
+        <v>12</v>
+      </c>
+      <c r="B14" s="57"/>
+      <c r="C14" s="57"/>
+      <c r="D14" s="57"/>
+      <c r="E14" s="57"/>
+      <c r="F14" s="57"/>
+      <c r="G14" s="57"/>
+      <c r="H14" s="57"/>
+      <c r="I14" s="57"/>
+      <c r="J14" s="57"/>
+      <c r="K14" s="57"/>
+      <c r="L14" s="57"/>
+      <c r="M14" s="57"/>
+      <c r="N14" s="57"/>
+      <c r="O14" s="57"/>
+      <c r="P14" s="57"/>
+      <c r="Q14" s="57"/>
+      <c r="R14" s="57"/>
+      <c r="S14" s="58"/>
+    </row>
+    <row r="15" spans="1:24" s="1" customFormat="1" ht="14.25" customHeight="1">
+      <c r="A15" s="65" t="s">
+        <v>13</v>
+      </c>
+      <c r="B15" s="57"/>
+      <c r="C15" s="57"/>
+      <c r="D15" s="57"/>
+      <c r="E15" s="57"/>
+      <c r="F15" s="57"/>
+      <c r="G15" s="57"/>
+      <c r="H15" s="57"/>
+      <c r="I15" s="57"/>
+      <c r="J15" s="57"/>
+      <c r="K15" s="57"/>
+      <c r="L15" s="57"/>
+      <c r="M15" s="57"/>
+      <c r="N15" s="57"/>
+      <c r="O15" s="57"/>
+      <c r="P15" s="57"/>
+      <c r="Q15" s="57"/>
+      <c r="R15" s="57"/>
+      <c r="S15" s="58"/>
+    </row>
+    <row r="16" spans="1:24" s="1" customFormat="1" ht="5.0999999999999996" customHeight="1">
+      <c r="A16" s="8"/>
+      <c r="B16" s="9"/>
+      <c r="C16" s="9"/>
+      <c r="D16" s="9"/>
+      <c r="E16" s="9"/>
+      <c r="F16" s="9"/>
+      <c r="G16" s="9"/>
+      <c r="H16" s="9"/>
+      <c r="I16" s="9"/>
+      <c r="J16" s="9"/>
+      <c r="K16" s="9"/>
+      <c r="L16" s="9"/>
+      <c r="M16" s="9"/>
+      <c r="N16" s="9"/>
+      <c r="O16" s="9"/>
+      <c r="P16" s="74"/>
+      <c r="Q16" s="74"/>
+      <c r="R16" s="74"/>
+      <c r="S16" s="75"/>
+    </row>
+    <row r="17" spans="1:19" s="1" customFormat="1" ht="9.75" customHeight="1">
+      <c r="A17" s="76" t="s">
+        <v>14</v>
+      </c>
+      <c r="B17" s="77"/>
+      <c r="C17" s="77"/>
+      <c r="D17" s="77"/>
+      <c r="E17" s="77"/>
+      <c r="F17" s="77"/>
+      <c r="G17" s="77"/>
+      <c r="H17" s="77"/>
+      <c r="I17" s="77"/>
+      <c r="J17" s="77"/>
+      <c r="K17" s="77"/>
+      <c r="L17" s="77"/>
+      <c r="M17" s="77"/>
+      <c r="N17" s="77"/>
+      <c r="O17" s="10"/>
+      <c r="P17" s="74"/>
+      <c r="Q17" s="74"/>
+      <c r="R17" s="74"/>
+      <c r="S17" s="75"/>
+    </row>
+    <row r="18" spans="1:19" s="1" customFormat="1" ht="9.75" customHeight="1">
+      <c r="A18" s="78" t="s">
+        <v>15</v>
+      </c>
+      <c r="B18" s="77"/>
+      <c r="C18" s="77"/>
+      <c r="D18" s="77"/>
+      <c r="E18" s="77"/>
+      <c r="F18" s="77"/>
+      <c r="G18" s="77"/>
+      <c r="H18" s="77"/>
+      <c r="I18" s="77"/>
+      <c r="J18" s="77"/>
+      <c r="K18" s="77"/>
+      <c r="L18" s="77"/>
+      <c r="M18" s="77"/>
+      <c r="N18" s="77"/>
+      <c r="O18" s="10"/>
+      <c r="P18" s="74"/>
+      <c r="Q18" s="74"/>
+      <c r="R18" s="74"/>
+      <c r="S18" s="75"/>
+    </row>
+    <row r="19" spans="1:19" s="1" customFormat="1" ht="6.75" customHeight="1">
+      <c r="A19" s="76"/>
+      <c r="B19" s="77"/>
+      <c r="C19" s="77"/>
+      <c r="D19" s="77"/>
+      <c r="E19" s="77"/>
+      <c r="F19" s="77"/>
+      <c r="G19" s="77"/>
+      <c r="H19" s="77"/>
+      <c r="I19" s="77"/>
+      <c r="J19" s="77"/>
+      <c r="K19" s="77"/>
+      <c r="L19" s="77"/>
+      <c r="M19" s="77"/>
+      <c r="N19" s="77"/>
+      <c r="O19" s="10"/>
+      <c r="P19" s="74"/>
+      <c r="Q19" s="74"/>
+      <c r="R19" s="74"/>
+      <c r="S19" s="75"/>
+    </row>
+    <row r="20" spans="1:19" s="1" customFormat="1" ht="14.45" customHeight="1">
+      <c r="A20" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="B20" s="12"/>
+      <c r="C20" s="12"/>
+      <c r="D20" s="12"/>
+      <c r="E20" s="12"/>
+      <c r="F20" s="12"/>
+      <c r="G20" s="12"/>
+      <c r="H20" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="I20" s="12"/>
+      <c r="J20" s="14"/>
+      <c r="M20" s="15"/>
+      <c r="N20" s="12"/>
+      <c r="O20" s="12"/>
+      <c r="R20" s="15"/>
+      <c r="S20" s="16"/>
+    </row>
+    <row r="21" spans="1:19" s="1" customFormat="1" ht="9.75" customHeight="1">
+      <c r="A21" s="66" t="s">
+        <v>18</v>
+      </c>
+      <c r="B21" s="67"/>
+      <c r="C21" s="67"/>
+      <c r="D21" s="67"/>
+      <c r="E21" s="67"/>
+      <c r="F21" s="67"/>
+      <c r="G21" s="67"/>
+      <c r="H21" s="67"/>
+      <c r="I21" s="67"/>
+      <c r="J21" s="67"/>
+      <c r="K21" s="67"/>
+      <c r="L21" s="67"/>
+      <c r="M21" s="67"/>
+      <c r="N21" s="67"/>
+      <c r="O21" s="17"/>
+      <c r="P21" s="15"/>
+      <c r="Q21" s="15"/>
+      <c r="R21" s="15"/>
+      <c r="S21" s="16"/>
+    </row>
+    <row r="22" spans="1:19" s="1" customFormat="1" ht="14.25" customHeight="1">
+      <c r="A22" s="68"/>
+      <c r="B22" s="69"/>
+      <c r="C22" s="69"/>
+      <c r="D22" s="69"/>
+      <c r="E22" s="69"/>
+      <c r="F22" s="69"/>
+      <c r="G22" s="69"/>
+      <c r="H22" s="69"/>
+      <c r="I22" s="69"/>
+      <c r="J22" s="69"/>
+      <c r="K22" s="69"/>
+      <c r="L22" s="69"/>
+      <c r="M22" s="69"/>
+      <c r="N22" s="69"/>
+      <c r="O22" s="18"/>
+      <c r="P22" s="19"/>
+      <c r="Q22" s="19"/>
+      <c r="R22" s="19"/>
+      <c r="S22" s="20"/>
+    </row>
+    <row r="23" spans="1:19" s="22" customFormat="1" ht="28.35" customHeight="1" thickBot="1">
+      <c r="A23" s="79" t="s">
+        <v>19</v>
+      </c>
+      <c r="B23" s="79"/>
+      <c r="C23" s="79"/>
+      <c r="D23" s="79"/>
+      <c r="E23" s="79"/>
+      <c r="F23" s="79"/>
+      <c r="G23" s="79"/>
+      <c r="H23" s="79"/>
+      <c r="I23" s="79"/>
+      <c r="J23" s="21"/>
+      <c r="K23" s="80" t="s">
+        <v>20</v>
+      </c>
+      <c r="L23" s="80"/>
+      <c r="M23" s="80"/>
+      <c r="N23" s="80"/>
+      <c r="O23" s="80"/>
+      <c r="P23" s="80"/>
+      <c r="Q23" s="80"/>
+      <c r="R23" s="80"/>
+      <c r="S23" s="80"/>
+    </row>
+    <row r="24" spans="1:19" ht="53.45" customHeight="1">
+      <c r="A24" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="B24" s="81" t="s">
+        <v>22</v>
+      </c>
+      <c r="C24" s="82"/>
+      <c r="D24" s="82"/>
+      <c r="E24" s="82"/>
+      <c r="F24" s="82"/>
+      <c r="G24" s="82"/>
+      <c r="H24" s="82"/>
+      <c r="I24" s="82"/>
+      <c r="J24" s="83"/>
+      <c r="K24" s="84" t="s">
+        <v>23</v>
+      </c>
+      <c r="L24" s="82"/>
+      <c r="M24" s="82"/>
+      <c r="N24" s="82"/>
+      <c r="O24" s="82"/>
+      <c r="P24" s="82"/>
+      <c r="Q24" s="82"/>
+      <c r="R24" s="82"/>
+      <c r="S24" s="85"/>
+    </row>
+    <row r="25" spans="1:19" ht="41.1" customHeight="1">
+      <c r="A25" s="25" t="s">
+        <v>24</v>
+      </c>
+      <c r="B25" s="86"/>
+      <c r="C25" s="87"/>
+      <c r="D25" s="87"/>
+      <c r="E25" s="87"/>
+      <c r="F25" s="87"/>
+      <c r="G25" s="87"/>
+      <c r="H25" s="87"/>
+      <c r="I25" s="87"/>
+      <c r="J25" s="87"/>
+      <c r="K25" s="87"/>
+      <c r="L25" s="87"/>
+      <c r="M25" s="87"/>
+      <c r="N25" s="88"/>
+      <c r="O25" s="26" t="s">
+        <v>25</v>
+      </c>
+      <c r="P25" s="27"/>
+      <c r="Q25" s="28" t="s">
+        <v>26</v>
+      </c>
+      <c r="R25" s="89" t="s">
+        <v>27</v>
+      </c>
+      <c r="S25" s="90"/>
+    </row>
+    <row r="26" spans="1:19" ht="33.75" customHeight="1">
+      <c r="A26" s="95" t="s">
+        <v>28</v>
+      </c>
+      <c r="B26" s="29" t="s">
+        <v>29</v>
+      </c>
+      <c r="C26" s="97"/>
+      <c r="D26" s="98"/>
+      <c r="E26" s="98"/>
+      <c r="F26" s="98"/>
+      <c r="G26" s="98"/>
+      <c r="H26" s="98"/>
+      <c r="I26" s="98"/>
+      <c r="J26" s="98"/>
+      <c r="K26" s="98"/>
+      <c r="L26" s="99" t="s">
+        <v>30</v>
+      </c>
+      <c r="M26" s="100"/>
+      <c r="N26" s="98"/>
+      <c r="O26" s="98"/>
+      <c r="P26" s="98"/>
+      <c r="Q26" s="98"/>
+      <c r="R26" s="98"/>
+      <c r="S26" s="101"/>
+    </row>
+    <row r="27" spans="1:19" ht="33.75" customHeight="1">
+      <c r="A27" s="96"/>
+      <c r="B27" s="30" t="s">
+        <v>31</v>
+      </c>
+      <c r="C27" s="102"/>
+      <c r="D27" s="103"/>
+      <c r="E27" s="103"/>
+      <c r="F27" s="103"/>
+      <c r="G27" s="103"/>
+      <c r="H27" s="103"/>
+      <c r="I27" s="103"/>
+      <c r="J27" s="103"/>
+      <c r="K27" s="103"/>
+      <c r="L27" s="104" t="s">
+        <v>32</v>
+      </c>
+      <c r="M27" s="105"/>
+      <c r="N27" s="103"/>
+      <c r="O27" s="103"/>
+      <c r="P27" s="103"/>
+      <c r="Q27" s="103"/>
+      <c r="R27" s="103"/>
+      <c r="S27" s="106"/>
+    </row>
+    <row r="28" spans="1:19" ht="33.75" customHeight="1">
+      <c r="A28" s="118" t="s">
+        <v>33</v>
+      </c>
+      <c r="B28" s="119" t="s">
+        <v>34</v>
+      </c>
+      <c r="C28" s="31"/>
+      <c r="D28" s="32" t="s">
+        <v>35</v>
+      </c>
+      <c r="E28" s="33"/>
+      <c r="F28" s="32" t="s">
+        <v>36</v>
+      </c>
+      <c r="G28" s="34" t="s">
+        <v>37</v>
+      </c>
+      <c r="H28" s="33"/>
+      <c r="I28" s="35" t="s">
+        <v>26</v>
+      </c>
+      <c r="J28" s="121" t="s">
+        <v>38</v>
+      </c>
+      <c r="K28" s="122"/>
+      <c r="L28" s="32" t="s">
+        <v>39</v>
+      </c>
+      <c r="M28" s="121" t="s">
+        <v>38</v>
+      </c>
+      <c r="N28" s="123"/>
+      <c r="O28" s="122" t="s">
+        <v>40</v>
+      </c>
+      <c r="P28" s="122"/>
+      <c r="Q28" s="122"/>
+      <c r="R28" s="122"/>
+      <c r="S28" s="124"/>
+    </row>
+    <row r="29" spans="1:19" ht="33.75" customHeight="1">
+      <c r="A29" s="118"/>
+      <c r="B29" s="120"/>
+      <c r="C29" s="36"/>
+      <c r="D29" s="37" t="s">
+        <v>35</v>
+      </c>
+      <c r="E29" s="38"/>
+      <c r="F29" s="37" t="s">
+        <v>36</v>
+      </c>
+      <c r="G29" s="39" t="s">
+        <v>37</v>
+      </c>
+      <c r="H29" s="38"/>
+      <c r="I29" s="40" t="s">
+        <v>26</v>
+      </c>
+      <c r="J29" s="91" t="s">
+        <v>38</v>
+      </c>
+      <c r="K29" s="92"/>
+      <c r="L29" s="41" t="s">
+        <v>39</v>
+      </c>
+      <c r="M29" s="91" t="s">
+        <v>38</v>
+      </c>
+      <c r="N29" s="125"/>
+      <c r="O29" s="92" t="s">
+        <v>41</v>
+      </c>
+      <c r="P29" s="92"/>
+      <c r="Q29" s="92"/>
+      <c r="R29" s="92"/>
+      <c r="S29" s="126"/>
+    </row>
+    <row r="30" spans="1:19" ht="33.75" customHeight="1">
+      <c r="A30" s="96"/>
+      <c r="B30" s="42" t="s">
+        <v>42</v>
+      </c>
+      <c r="C30" s="43"/>
+      <c r="D30" s="44" t="s">
+        <v>35</v>
+      </c>
+      <c r="E30" s="43"/>
+      <c r="F30" s="44" t="s">
+        <v>36</v>
+      </c>
+      <c r="G30" s="45" t="s">
+        <v>43</v>
+      </c>
+      <c r="H30" s="43"/>
+      <c r="I30" s="46" t="s">
+        <v>44</v>
+      </c>
+      <c r="J30" s="91" t="s">
+        <v>38</v>
+      </c>
+      <c r="K30" s="92"/>
+      <c r="L30" s="41" t="s">
+        <v>39</v>
+      </c>
+      <c r="M30" s="93" t="s">
+        <v>38</v>
+      </c>
+      <c r="N30" s="94"/>
+      <c r="O30" s="107"/>
+      <c r="P30" s="107"/>
+      <c r="Q30" s="107"/>
+      <c r="R30" s="107"/>
+      <c r="S30" s="108"/>
+    </row>
+    <row r="31" spans="1:19" ht="33.75" customHeight="1">
+      <c r="A31" s="109" t="s">
+        <v>45</v>
+      </c>
+      <c r="B31" s="47" t="s">
+        <v>46</v>
+      </c>
+      <c r="C31" s="111"/>
+      <c r="D31" s="112"/>
+      <c r="E31" s="112"/>
+      <c r="F31" s="112"/>
+      <c r="G31" s="112"/>
+      <c r="H31" s="112"/>
+      <c r="I31" s="112"/>
+      <c r="J31" s="112"/>
+      <c r="K31" s="112"/>
+      <c r="L31" s="113" t="s">
+        <v>47</v>
+      </c>
+      <c r="M31" s="114"/>
+      <c r="N31" s="115"/>
+      <c r="O31" s="115"/>
+      <c r="P31" s="115"/>
+      <c r="Q31" s="115"/>
+      <c r="R31" s="115"/>
+      <c r="S31" s="116"/>
+    </row>
+    <row r="32" spans="1:19" ht="33.75" customHeight="1">
+      <c r="A32" s="110"/>
+      <c r="B32" s="48" t="s">
+        <v>48</v>
+      </c>
+      <c r="C32" s="102"/>
+      <c r="D32" s="103"/>
+      <c r="E32" s="103"/>
+      <c r="F32" s="103"/>
+      <c r="G32" s="103"/>
+      <c r="H32" s="103"/>
+      <c r="I32" s="103"/>
+      <c r="J32" s="103"/>
+      <c r="K32" s="103"/>
+      <c r="L32" s="104" t="s">
+        <v>49</v>
+      </c>
+      <c r="M32" s="117"/>
+      <c r="N32" s="102"/>
+      <c r="O32" s="103"/>
+      <c r="P32" s="103"/>
+      <c r="Q32" s="103"/>
+      <c r="R32" s="103"/>
+      <c r="S32" s="106"/>
+    </row>
+    <row r="33" spans="1:21" s="49" customFormat="1" ht="22.5" customHeight="1">
+      <c r="A33" s="139" t="s">
+        <v>50</v>
+      </c>
+      <c r="B33" s="142" t="s">
+        <v>51</v>
+      </c>
+      <c r="C33" s="143"/>
+      <c r="D33" s="143"/>
+      <c r="E33" s="144"/>
+      <c r="F33" s="145" t="s">
+        <v>52</v>
+      </c>
+      <c r="G33" s="143"/>
+      <c r="H33" s="143"/>
+      <c r="I33" s="143"/>
+      <c r="J33" s="143"/>
+      <c r="K33" s="144"/>
+      <c r="L33" s="145" t="s">
+        <v>53</v>
+      </c>
+      <c r="M33" s="143"/>
+      <c r="N33" s="143"/>
+      <c r="O33" s="143"/>
+      <c r="P33" s="143"/>
+      <c r="Q33" s="143"/>
+      <c r="R33" s="143"/>
+      <c r="S33" s="146"/>
+    </row>
+    <row r="34" spans="1:21" s="49" customFormat="1" ht="25.35" customHeight="1">
+      <c r="A34" s="140"/>
+      <c r="B34" s="147"/>
+      <c r="C34" s="148"/>
+      <c r="D34" s="148"/>
+      <c r="E34" s="151" t="s">
+        <v>54</v>
+      </c>
+      <c r="F34" s="153"/>
+      <c r="G34" s="148"/>
+      <c r="H34" s="148"/>
+      <c r="I34" s="148"/>
+      <c r="J34" s="148"/>
+      <c r="K34" s="151" t="s">
+        <v>55</v>
+      </c>
+      <c r="L34" s="50"/>
+      <c r="M34" s="155" t="s">
+        <v>56</v>
+      </c>
+      <c r="N34" s="155"/>
+      <c r="O34" s="155"/>
+      <c r="P34" s="155"/>
+      <c r="Q34" s="155"/>
+      <c r="R34" s="50"/>
+      <c r="S34" s="51"/>
+      <c r="U34" s="52"/>
+    </row>
+    <row r="35" spans="1:21" s="49" customFormat="1" ht="23.45" customHeight="1">
+      <c r="A35" s="141"/>
+      <c r="B35" s="149"/>
+      <c r="C35" s="150"/>
+      <c r="D35" s="150"/>
+      <c r="E35" s="152"/>
+      <c r="F35" s="154"/>
+      <c r="G35" s="150"/>
+      <c r="H35" s="150"/>
+      <c r="I35" s="150"/>
+      <c r="J35" s="150"/>
+      <c r="K35" s="152"/>
+      <c r="L35" s="53"/>
+      <c r="M35" s="93" t="s">
+        <v>57</v>
+      </c>
+      <c r="N35" s="93"/>
+      <c r="O35" s="93"/>
+      <c r="P35" s="53"/>
+      <c r="Q35" s="156" t="s">
+        <v>58</v>
+      </c>
+      <c r="R35" s="156"/>
+      <c r="S35" s="157"/>
+      <c r="U35" s="52"/>
+    </row>
+    <row r="36" spans="1:21" ht="30" customHeight="1">
+      <c r="A36" s="95" t="s">
+        <v>59</v>
+      </c>
+      <c r="B36" s="159" t="s">
+        <v>60</v>
+      </c>
+      <c r="C36" s="160"/>
+      <c r="D36" s="161"/>
+      <c r="E36" s="165"/>
+      <c r="F36" s="166"/>
+      <c r="G36" s="166"/>
+      <c r="H36" s="166"/>
+      <c r="I36" s="166"/>
+      <c r="J36" s="166"/>
+      <c r="K36" s="166"/>
+      <c r="L36" s="166"/>
+      <c r="M36" s="166"/>
+      <c r="N36" s="166"/>
+      <c r="O36" s="166"/>
+      <c r="P36" s="166"/>
+      <c r="Q36" s="166"/>
+      <c r="R36" s="166"/>
+      <c r="S36" s="167"/>
+    </row>
+    <row r="37" spans="1:21" ht="30" customHeight="1" thickBot="1">
+      <c r="A37" s="158"/>
+      <c r="B37" s="162"/>
+      <c r="C37" s="163"/>
+      <c r="D37" s="164"/>
+      <c r="E37" s="168"/>
+      <c r="F37" s="169"/>
+      <c r="G37" s="169"/>
+      <c r="H37" s="169"/>
+      <c r="I37" s="169"/>
+      <c r="J37" s="169"/>
+      <c r="K37" s="169"/>
+      <c r="L37" s="169"/>
+      <c r="M37" s="169"/>
+      <c r="N37" s="169"/>
+      <c r="O37" s="169"/>
+      <c r="P37" s="169"/>
+      <c r="Q37" s="169"/>
+      <c r="R37" s="169"/>
+      <c r="S37" s="170"/>
+    </row>
+    <row r="38" spans="1:21" ht="11.45" customHeight="1" thickBot="1"/>
+    <row r="39" spans="1:21" ht="15" customHeight="1">
+      <c r="A39" s="127" t="s">
+        <v>61</v>
+      </c>
+      <c r="B39" s="128"/>
+      <c r="C39" s="128"/>
+      <c r="D39" s="128"/>
+      <c r="E39" s="128"/>
+      <c r="F39" s="128"/>
+      <c r="G39" s="128"/>
+      <c r="H39" s="128"/>
+      <c r="I39" s="129"/>
+      <c r="J39" s="54"/>
+      <c r="K39" s="133" t="s">
+        <v>62</v>
+      </c>
+      <c r="L39" s="134"/>
+      <c r="M39" s="134"/>
+      <c r="N39" s="134"/>
+      <c r="O39" s="134"/>
+      <c r="P39" s="134"/>
+      <c r="Q39" s="134"/>
+      <c r="R39" s="134"/>
+      <c r="S39" s="135"/>
+    </row>
+    <row r="40" spans="1:21" ht="15" customHeight="1">
+      <c r="A40" s="130"/>
+      <c r="B40" s="131"/>
+      <c r="C40" s="131"/>
+      <c r="D40" s="131"/>
+      <c r="E40" s="131"/>
+      <c r="F40" s="131"/>
+      <c r="G40" s="131"/>
+      <c r="H40" s="131"/>
+      <c r="I40" s="132"/>
+      <c r="J40" s="54"/>
+      <c r="K40" s="136"/>
+      <c r="L40" s="137"/>
+      <c r="M40" s="137"/>
+      <c r="N40" s="137"/>
+      <c r="O40" s="137"/>
+      <c r="P40" s="137"/>
+      <c r="Q40" s="137"/>
+      <c r="R40" s="137"/>
+      <c r="S40" s="138"/>
+    </row>
+    <row r="41" spans="1:21" ht="15" customHeight="1">
+      <c r="A41" s="189" t="s">
+        <v>63</v>
+      </c>
+      <c r="B41" s="190"/>
+      <c r="C41" s="190"/>
+      <c r="D41" s="190"/>
+      <c r="E41" s="190" t="s">
+        <v>64</v>
+      </c>
+      <c r="F41" s="190"/>
+      <c r="G41" s="190"/>
+      <c r="H41" s="190"/>
+      <c r="I41" s="191"/>
+      <c r="J41" s="55"/>
+      <c r="K41" s="189" t="s">
         <v>65</v>
       </c>
-      <c r="B9" s="58"/>
-[...19 lines deleted...]
-      </c>
+      <c r="L41" s="190"/>
+      <c r="M41" s="190"/>
+      <c r="N41" s="190" t="s">
+        <v>66</v>
+      </c>
+      <c r="O41" s="190"/>
+      <c r="P41" s="190"/>
+      <c r="Q41" s="190"/>
+      <c r="R41" s="190" t="s">
+        <v>67</v>
+      </c>
+      <c r="S41" s="191"/>
     </row>
-    <row r="10" spans="1:24" s="56" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.15">
-[...20 lines deleted...]
-      <c r="S10" s="59"/>
+    <row r="42" spans="1:21" ht="16.350000000000001" customHeight="1">
+      <c r="A42" s="171"/>
+      <c r="B42" s="172"/>
+      <c r="C42" s="172"/>
+      <c r="D42" s="173"/>
+      <c r="E42" s="172"/>
+      <c r="F42" s="172"/>
+      <c r="G42" s="172"/>
+      <c r="H42" s="172"/>
+      <c r="I42" s="180"/>
+      <c r="J42" s="55"/>
+      <c r="K42" s="171"/>
+      <c r="L42" s="172"/>
+      <c r="M42" s="173"/>
+      <c r="N42" s="183"/>
+      <c r="O42" s="183"/>
+      <c r="P42" s="183"/>
+      <c r="Q42" s="184"/>
+      <c r="R42" s="187"/>
+      <c r="S42" s="181"/>
     </row>
-    <row r="11" spans="1:24" s="1" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
-[...18 lines deleted...]
-      <c r="S11" s="14"/>
+    <row r="43" spans="1:21" ht="16.350000000000001" customHeight="1">
+      <c r="A43" s="174"/>
+      <c r="B43" s="175"/>
+      <c r="C43" s="175"/>
+      <c r="D43" s="176"/>
+      <c r="E43" s="175"/>
+      <c r="F43" s="175"/>
+      <c r="G43" s="175"/>
+      <c r="H43" s="175"/>
+      <c r="I43" s="181"/>
+      <c r="K43" s="174"/>
+      <c r="L43" s="175"/>
+      <c r="M43" s="176"/>
+      <c r="N43" s="183"/>
+      <c r="O43" s="183"/>
+      <c r="P43" s="183"/>
+      <c r="Q43" s="184"/>
+      <c r="R43" s="187"/>
+      <c r="S43" s="181"/>
     </row>
-    <row r="12" spans="1:24" s="1" customFormat="1" ht="21.6" customHeight="1" x14ac:dyDescent="0.15">
-[...810 lines deleted...]
-      <c r="M44" s="173"/>
+    <row r="44" spans="1:21" ht="16.350000000000001" customHeight="1">
+      <c r="A44" s="174"/>
+      <c r="B44" s="175"/>
+      <c r="C44" s="175"/>
+      <c r="D44" s="176"/>
+      <c r="E44" s="175"/>
+      <c r="F44" s="175"/>
+      <c r="G44" s="175"/>
+      <c r="H44" s="175"/>
+      <c r="I44" s="181"/>
+      <c r="K44" s="174"/>
+      <c r="L44" s="175"/>
+      <c r="M44" s="176"/>
       <c r="N44" s="183"/>
       <c r="O44" s="183"/>
       <c r="P44" s="183"/>
       <c r="Q44" s="184"/>
       <c r="R44" s="187"/>
       <c r="S44" s="181"/>
     </row>
-    <row r="45" spans="1:21" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="45" spans="1:21" ht="16.350000000000001" customHeight="1">
       <c r="A45" s="174"/>
       <c r="B45" s="175"/>
       <c r="C45" s="175"/>
       <c r="D45" s="176"/>
       <c r="E45" s="175"/>
       <c r="F45" s="175"/>
       <c r="G45" s="175"/>
       <c r="H45" s="175"/>
       <c r="I45" s="181"/>
       <c r="K45" s="174"/>
       <c r="L45" s="175"/>
       <c r="M45" s="176"/>
       <c r="N45" s="183"/>
       <c r="O45" s="183"/>
       <c r="P45" s="183"/>
       <c r="Q45" s="184"/>
       <c r="R45" s="187"/>
       <c r="S45" s="181"/>
     </row>
-    <row r="46" spans="1:21" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.15">
-[...57 lines deleted...]
-      <c r="S48" s="182"/>
+    <row r="46" spans="1:21" ht="16.350000000000001" customHeight="1" thickBot="1">
+      <c r="A46" s="177"/>
+      <c r="B46" s="178"/>
+      <c r="C46" s="178"/>
+      <c r="D46" s="179"/>
+      <c r="E46" s="178"/>
+      <c r="F46" s="178"/>
+      <c r="G46" s="178"/>
+      <c r="H46" s="178"/>
+      <c r="I46" s="182"/>
+      <c r="K46" s="177"/>
+      <c r="L46" s="178"/>
+      <c r="M46" s="179"/>
+      <c r="N46" s="185"/>
+      <c r="O46" s="185"/>
+      <c r="P46" s="185"/>
+      <c r="Q46" s="186"/>
+      <c r="R46" s="188"/>
+      <c r="S46" s="182"/>
     </row>
   </sheetData>
-  <mergeCells count="78">
-[...20 lines deleted...]
-    <mergeCell ref="L35:S35"/>
+  <mergeCells count="76">
     <mergeCell ref="B36:D37"/>
-    <mergeCell ref="E36:E37"/>
-[...24 lines deleted...]
-    <mergeCell ref="B30:B31"/>
+    <mergeCell ref="E36:S36"/>
+    <mergeCell ref="E37:S37"/>
+    <mergeCell ref="A42:D46"/>
+    <mergeCell ref="E42:I46"/>
+    <mergeCell ref="K42:M46"/>
+    <mergeCell ref="N42:Q46"/>
+    <mergeCell ref="R42:S46"/>
+    <mergeCell ref="A41:D41"/>
+    <mergeCell ref="E41:I41"/>
+    <mergeCell ref="K41:M41"/>
+    <mergeCell ref="N41:Q41"/>
+    <mergeCell ref="R41:S41"/>
+    <mergeCell ref="M29:N29"/>
+    <mergeCell ref="O29:S29"/>
+    <mergeCell ref="A39:I40"/>
+    <mergeCell ref="K39:S40"/>
+    <mergeCell ref="A33:A35"/>
+    <mergeCell ref="B33:E33"/>
+    <mergeCell ref="F33:K33"/>
+    <mergeCell ref="L33:S33"/>
+    <mergeCell ref="B34:D35"/>
+    <mergeCell ref="E34:E35"/>
+    <mergeCell ref="F34:J35"/>
+    <mergeCell ref="K34:K35"/>
+    <mergeCell ref="M34:Q34"/>
+    <mergeCell ref="M35:O35"/>
+    <mergeCell ref="Q35:S35"/>
+    <mergeCell ref="A36:A37"/>
+    <mergeCell ref="A31:A32"/>
+    <mergeCell ref="C31:K31"/>
+    <mergeCell ref="L31:M31"/>
+    <mergeCell ref="N31:S31"/>
+    <mergeCell ref="C32:K32"/>
+    <mergeCell ref="L32:M32"/>
+    <mergeCell ref="N32:S32"/>
     <mergeCell ref="J30:K30"/>
     <mergeCell ref="M30:N30"/>
+    <mergeCell ref="A26:A27"/>
+    <mergeCell ref="C26:K26"/>
+    <mergeCell ref="L26:M26"/>
+    <mergeCell ref="N26:S26"/>
+    <mergeCell ref="C27:K27"/>
+    <mergeCell ref="L27:M27"/>
+    <mergeCell ref="N27:S27"/>
     <mergeCell ref="O30:S30"/>
-    <mergeCell ref="J31:K31"/>
-[...6 lines deleted...]
-    <mergeCell ref="A23:N24"/>
+    <mergeCell ref="A28:A30"/>
+    <mergeCell ref="B28:B29"/>
+    <mergeCell ref="J28:K28"/>
+    <mergeCell ref="M28:N28"/>
+    <mergeCell ref="O28:S28"/>
+    <mergeCell ref="J29:K29"/>
+    <mergeCell ref="A23:I23"/>
+    <mergeCell ref="K23:S23"/>
+    <mergeCell ref="B24:J24"/>
+    <mergeCell ref="K24:S24"/>
+    <mergeCell ref="B25:N25"/>
+    <mergeCell ref="R25:S25"/>
+    <mergeCell ref="A21:N22"/>
     <mergeCell ref="A8:S8"/>
+    <mergeCell ref="A10:S10"/>
+    <mergeCell ref="A11:S11"/>
     <mergeCell ref="A12:S12"/>
     <mergeCell ref="A13:S13"/>
     <mergeCell ref="A14:S14"/>
     <mergeCell ref="A15:S15"/>
-    <mergeCell ref="A16:S16"/>
-[...1 lines deleted...]
-    <mergeCell ref="P18:S21"/>
+    <mergeCell ref="P16:S19"/>
+    <mergeCell ref="A17:N17"/>
+    <mergeCell ref="A18:N18"/>
     <mergeCell ref="A19:N19"/>
-    <mergeCell ref="A20:N20"/>
-[...2 lines deleted...]
-    <mergeCell ref="A10:S10"/>
     <mergeCell ref="A7:S7"/>
     <mergeCell ref="A1:S1"/>
     <mergeCell ref="A3:S3"/>
     <mergeCell ref="A4:S4"/>
     <mergeCell ref="A5:S5"/>
     <mergeCell ref="A6:S6"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <hyperlinks>
-    <hyperlink ref="A23" r:id="rId1" xr:uid="{E917F2C5-5C8D-4F0A-A3ED-D02B78C3AD15}"/>
+    <hyperlink ref="A21" r:id="rId1" xr:uid="{1563DFB9-893D-444F-A9C0-3DFC9A0A7993}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.19685039370078741" bottom="0.19685039370078741" header="0" footer="0"/>
-  <pageSetup paperSize="9" scale="89" orientation="portrait" r:id="rId2"/>
+  <pageSetup paperSize="9" scale="83" orientation="portrait" r:id="rId2"/>
   <headerFooter>
     <oddFooter xml:space="preserve">&amp;R&amp;8
 </oddFooter>
   </headerFooter>
   <drawing r:id="rId3"/>
   <legacyDrawing r:id="rId4"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="13313" r:id="rId5" name="Check Box 1">
+            <control shapeId="1025" r:id="rId5" name="Check Box 1">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>6</xdr:col>
                     <xdr:colOff>152400</xdr:colOff>
-                    <xdr:row>21</xdr:row>
-                    <xdr:rowOff>9525</xdr:rowOff>
+                    <xdr:row>18</xdr:row>
+                    <xdr:rowOff>66675</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>7</xdr:col>
                     <xdr:colOff>142875</xdr:colOff>
-                    <xdr:row>21</xdr:row>
-                    <xdr:rowOff>238125</xdr:rowOff>
+                    <xdr:row>20</xdr:row>
+                    <xdr:rowOff>38100</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="13314" r:id="rId6" name="Check Box 2">
+            <control shapeId="1026" r:id="rId6" name="Check Box 2">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>333375</xdr:colOff>
-                    <xdr:row>25</xdr:row>
-                    <xdr:rowOff>133350</xdr:rowOff>
+                    <xdr:row>23</xdr:row>
+                    <xdr:rowOff>142875</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>1</xdr:col>
-                    <xdr:colOff>800100</xdr:colOff>
-[...1 lines deleted...]
-                    <xdr:rowOff>9525</xdr:rowOff>
+                    <xdr:colOff>809625</xdr:colOff>
+                    <xdr:row>23</xdr:row>
+                    <xdr:rowOff>523875</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="13315" r:id="rId7" name="Check Box 3">
+            <control shapeId="1027" r:id="rId7" name="Check Box 3">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>10</xdr:col>
                     <xdr:colOff>266700</xdr:colOff>
-                    <xdr:row>25</xdr:row>
+                    <xdr:row>23</xdr:row>
                     <xdr:rowOff>123825</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>12</xdr:col>
                     <xdr:colOff>85725</xdr:colOff>
-                    <xdr:row>26</xdr:row>
-                    <xdr:rowOff>0</xdr:rowOff>
+                    <xdr:row>23</xdr:row>
+                    <xdr:rowOff>504825</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="13316" r:id="rId8" name="Check Box 4">
+            <control shapeId="1028" r:id="rId8" name="Check Box 4">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>15</xdr:col>
-                    <xdr:colOff>19050</xdr:colOff>
-                    <xdr:row>30</xdr:row>
+                    <xdr:colOff>28575</xdr:colOff>
+                    <xdr:row>28</xdr:row>
                     <xdr:rowOff>9525</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>16</xdr:col>
                     <xdr:colOff>85725</xdr:colOff>
-                    <xdr:row>30</xdr:row>
-[...14 lines deleted...]
-                    <xdr:colOff>266700</xdr:colOff>
                     <xdr:row>28</xdr:row>
-                    <xdr:rowOff>419100</xdr:rowOff>
-[...26 lines deleted...]
-                    <xdr:row>29</xdr:row>
                     <xdr:rowOff>390525</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="13319" r:id="rId11" name="Check Box 7">
+            <control shapeId="1029" r:id="rId9" name="Check Box 5">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
-                    <xdr:col>11</xdr:col>
-[...2 lines deleted...]
-                    <xdr:rowOff>209550</xdr:rowOff>
+                    <xdr:col>17</xdr:col>
+                    <xdr:colOff>266700</xdr:colOff>
+                    <xdr:row>26</xdr:row>
+                    <xdr:rowOff>419100</xdr:rowOff>
                   </from>
                   <to>
-                    <xdr:col>12</xdr:col>
-[...2 lines deleted...]
-                    <xdr:rowOff>57150</xdr:rowOff>
+                    <xdr:col>18</xdr:col>
+                    <xdr:colOff>409575</xdr:colOff>
+                    <xdr:row>27</xdr:row>
+                    <xdr:rowOff>409575</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="13320" r:id="rId12" name="Check Box 8">
+            <control shapeId="1030" r:id="rId10" name="Check Box 6">
+              <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>15</xdr:col>
+                    <xdr:colOff>9525</xdr:colOff>
+                    <xdr:row>27</xdr:row>
+                    <xdr:rowOff>0</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>16</xdr:col>
+                    <xdr:colOff>85725</xdr:colOff>
+                    <xdr:row>27</xdr:row>
+                    <xdr:rowOff>390525</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="1031" r:id="rId11" name="Check Box 7">
+              <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>11</xdr:col>
+                    <xdr:colOff>142875</xdr:colOff>
+                    <xdr:row>32</xdr:row>
+                    <xdr:rowOff>200025</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>12</xdr:col>
+                    <xdr:colOff>85725</xdr:colOff>
+                    <xdr:row>34</xdr:row>
+                    <xdr:rowOff>66675</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="1032" r:id="rId12" name="Check Box 8">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>17</xdr:col>
                     <xdr:colOff>266700</xdr:colOff>
-                    <xdr:row>30</xdr:row>
+                    <xdr:row>28</xdr:row>
                     <xdr:rowOff>9525</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>18</xdr:col>
                     <xdr:colOff>428625</xdr:colOff>
-                    <xdr:row>30</xdr:row>
+                    <xdr:row>28</xdr:row>
                     <xdr:rowOff>419100</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="13321" r:id="rId13" name="Check Box 9">
+            <control shapeId="1033" r:id="rId13" name="Check Box 9">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
-                    <xdr:col>15</xdr:col>
-[...2 lines deleted...]
-                    <xdr:rowOff>47625</xdr:rowOff>
+                    <xdr:col>11</xdr:col>
+                    <xdr:colOff>142875</xdr:colOff>
+                    <xdr:row>33</xdr:row>
+                    <xdr:rowOff>219075</xdr:rowOff>
                   </from>
                   <to>
-                    <xdr:col>18</xdr:col>
-                    <xdr:colOff>438150</xdr:colOff>
+                    <xdr:col>12</xdr:col>
+                    <xdr:colOff>85725</xdr:colOff>
                     <xdr:row>35</xdr:row>
-                    <xdr:rowOff>276225</xdr:rowOff>
+                    <xdr:rowOff>85725</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="13322" r:id="rId14" name="Check Box 10">
-[...21 lines deleted...]
-            <control shapeId="13323" r:id="rId15" name="Check Box 11">
+            <control shapeId="1034" r:id="rId14" name="Check Box 10">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>15</xdr:col>
                     <xdr:colOff>238125</xdr:colOff>
-                    <xdr:row>35</xdr:row>
-                    <xdr:rowOff>133350</xdr:rowOff>
+                    <xdr:row>33</xdr:row>
+                    <xdr:rowOff>142875</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>16</xdr:col>
-                    <xdr:colOff>19050</xdr:colOff>
-[...1 lines deleted...]
-                    <xdr:rowOff>133350</xdr:rowOff>
+                    <xdr:colOff>28575</xdr:colOff>
+                    <xdr:row>35</xdr:row>
+                    <xdr:rowOff>200025</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9A3ECA31-11C1-49ED-B611-518566956C1A}">
+  <dimension ref="A1"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="18.75"/>
+  <sheetData/>
+  <phoneticPr fontId="1"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...299 lines deleted...]
-</ds:datastoreItem>
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{e296e639-91e9-4bb7-a1e8-7ae7de7d97ca}" enabled="1" method="Privileged" siteId="{a449438d-3606-490b-844f-c4e15e535fca}" contentBits="0" removed="0"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-[...1 lines deleted...]
-      <vt:lpstr>'大型バス車輌入構届 (2024.11月改訂)※学生用※'!Print_Area</vt:lpstr>
+    <vt:vector size="3" baseType="lpstr">
+      <vt:lpstr>大型バス車輌入構届 (2025.12月改訂)※学生用※</vt:lpstr>
+      <vt:lpstr>Sheet1</vt:lpstr>
+      <vt:lpstr>'大型バス車輌入構届 (2025.12月改訂)※学生用※'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Manager/>
-  <Company/>
+  <Company>学校法人立命館</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
-  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>福田 友香(yuka-fk)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision/>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:category/>
-  <cp:contentStatus/>
 </cp:coreProperties>
 </file>
-
-[...9 lines deleted...]
-</file>