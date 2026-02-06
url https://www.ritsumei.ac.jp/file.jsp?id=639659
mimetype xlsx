--- v0 (2025-10-16)
+++ v1 (2026-02-06)
@@ -1,57 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20415"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
   <workbookPr autoCompressPictures="0" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\172.16.158.81\共有\8_研究拠点\81_衣笠機構 研究所\813_国際言語文化研究所\2025年度言文研\04_2025紀要\37巻HP原稿募集\37-3\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\172.16.158.81\共有\5_執行共通\81_衣笠機構 研究所\813_国際言語文化研究所\2026年度言文研\紀要\募集　HP\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3FCC094A-BB89-48FC-A646-C8BA26C58B3E}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:101_{D893F1E7-C832-4526-BAB9-2C61B93B5D90}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="20490" windowHeight="7455" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="1155" yWindow="-15270" windowWidth="21600" windowHeight="15270" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="1_執筆申込書" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'1_執筆申込書'!$A$2:$G$29</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="53">
   <si>
     <r>
       <t xml:space="preserve">学術誌等名称
 </t>
     </r>
     <r>
       <rPr>
@@ -664,77 +665,89 @@
     <t>※立命館大学機関リポジトリ｢R3｣とは、立命館大学・立命館アジア太平洋大学の機関リポジトリの名称です。</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>※投稿にあたっては、別途「投稿規程」、「執筆要領」を参照してください。　</t>
     <rPh sb="15" eb="17">
       <t>キテイ</t>
     </rPh>
     <rPh sb="22" eb="24">
       <t>ヨウリョウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t xml:space="preserve">                                                 </t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>執筆申込書</t>
     <rPh sb="0" eb="5">
       <t>シッピツモウシコミショ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>『立命館言語文化研究』 37巻3号</t>
+    <r>
+      <t>『立命館言語文化研究』</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="ＭＳ Ｐゴシック"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t xml:space="preserve"> 38巻1号</t>
+    </r>
     <rPh sb="1" eb="4">
       <t>リツメイカン</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>ゲンゴ</t>
     </rPh>
     <rPh sb="6" eb="8">
       <t>ブンカ</t>
     </rPh>
     <rPh sb="8" eb="10">
       <t>ケンキュウ</t>
     </rPh>
     <rPh sb="14" eb="15">
       <t>マキ</t>
     </rPh>
     <rPh sb="16" eb="17">
       <t>ゴウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="24">
+  <fonts count="25">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
@@ -861,50 +874,57 @@
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="0" tint="-0.34998626667073579"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="16"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
     </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FFFF0000"/>
+      <name val="ＭＳ Ｐゴシック"/>
+      <family val="3"/>
+      <charset val="128"/>
+    </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2" tint="-9.9978637043366805E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="28">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
@@ -1363,288 +1383,288 @@
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...85 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
     <cellStyle name="標準 2" xfId="1" xr:uid="{00000000-0005-0000-0000-00002F000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 テーマ">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -1706,51 +1726,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -1848,440 +1868,440 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:P46"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" showRuler="0" zoomScale="125" zoomScaleNormal="125" zoomScaleSheetLayoutView="150" zoomScalePageLayoutView="125" workbookViewId="0">
-      <selection activeCell="J5" sqref="J5"/>
+    <sheetView showGridLines="0" tabSelected="1" showRuler="0" zoomScaleNormal="100" zoomScaleSheetLayoutView="150" zoomScalePageLayoutView="125" workbookViewId="0">
+      <selection activeCell="B2" sqref="B2:G2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.5"/>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="13"/>
   <cols>
     <col min="1" max="1" width="18" style="1" customWidth="1"/>
-    <col min="2" max="2" width="4.375" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="4" max="4" width="4.375" style="1" customWidth="1"/>
+    <col min="2" max="2" width="4.33203125" style="1" customWidth="1"/>
+    <col min="3" max="3" width="15.83203125" style="1" customWidth="1"/>
+    <col min="4" max="4" width="4.33203125" style="1" customWidth="1"/>
     <col min="5" max="5" width="14" style="1" customWidth="1"/>
-    <col min="6" max="6" width="6.375" style="1" customWidth="1"/>
-    <col min="7" max="7" width="18.875" style="1" customWidth="1"/>
+    <col min="6" max="6" width="6.33203125" style="1" customWidth="1"/>
+    <col min="7" max="7" width="18.83203125" style="1" customWidth="1"/>
     <col min="8" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="26.25" customHeight="1" thickBot="1">
-      <c r="A1" s="85" t="s">
+      <c r="A1" s="48" t="s">
         <v>51</v>
       </c>
-      <c r="B1" s="85"/>
-[...4 lines deleted...]
-      <c r="G1" s="85"/>
+      <c r="B1" s="48"/>
+      <c r="C1" s="48"/>
+      <c r="D1" s="48"/>
+      <c r="E1" s="48"/>
+      <c r="F1" s="48"/>
+      <c r="G1" s="48"/>
     </row>
     <row r="2" spans="1:7" ht="41.25" customHeight="1">
       <c r="A2" s="33" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="48" t="s">
+      <c r="B2" s="82" t="s">
         <v>52</v>
       </c>
-      <c r="C2" s="49"/>
-[...5 lines deleted...]
-    <row r="3" spans="1:7" ht="27.95" customHeight="1">
+      <c r="C2" s="83"/>
+      <c r="D2" s="83"/>
+      <c r="E2" s="83"/>
+      <c r="F2" s="83"/>
+      <c r="G2" s="84"/>
+    </row>
+    <row r="3" spans="1:7" ht="28" customHeight="1">
       <c r="A3" s="18" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="22" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="41"/>
       <c r="D3" s="24" t="s">
         <v>3</v>
       </c>
       <c r="E3" s="40"/>
       <c r="F3" s="26" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="39"/>
     </row>
-    <row r="4" spans="1:7" ht="27.95" customHeight="1">
+    <row r="4" spans="1:7" ht="28" customHeight="1">
       <c r="A4" s="18" t="s">
         <v>5</v>
       </c>
       <c r="B4" s="23" t="s">
         <v>6</v>
       </c>
       <c r="C4" s="42"/>
       <c r="D4" s="25" t="s">
         <v>7</v>
       </c>
       <c r="E4" s="38"/>
       <c r="F4" s="23" t="s">
         <v>8</v>
       </c>
       <c r="G4" s="39"/>
     </row>
     <row r="5" spans="1:7" ht="22.5" customHeight="1">
-      <c r="A5" s="64" t="s">
+      <c r="A5" s="95" t="s">
         <v>9</v>
       </c>
-      <c r="B5" s="65"/>
-[...7 lines deleted...]
-      <c r="A6" s="67" t="s">
+      <c r="B5" s="96"/>
+      <c r="C5" s="96"/>
+      <c r="D5" s="96"/>
+      <c r="E5" s="96"/>
+      <c r="F5" s="96"/>
+      <c r="G5" s="97"/>
+    </row>
+    <row r="6" spans="1:7" ht="14.15" customHeight="1">
+      <c r="A6" s="98" t="s">
         <v>10</v>
       </c>
-      <c r="B6" s="69"/>
-[...13 lines deleted...]
-      <c r="G7" s="74"/>
+      <c r="B6" s="99"/>
+      <c r="C6" s="100"/>
+      <c r="D6" s="100"/>
+      <c r="E6" s="100"/>
+      <c r="F6" s="100"/>
+      <c r="G6" s="101"/>
+    </row>
+    <row r="7" spans="1:7" ht="16" customHeight="1">
+      <c r="A7" s="53"/>
+      <c r="B7" s="102"/>
+      <c r="C7" s="103"/>
+      <c r="D7" s="103"/>
+      <c r="E7" s="103"/>
+      <c r="F7" s="103"/>
+      <c r="G7" s="104"/>
     </row>
     <row r="8" spans="1:7" ht="36" customHeight="1">
       <c r="A8" s="19" t="s">
         <v>11</v>
       </c>
-      <c r="B8" s="63"/>
-[...6 lines deleted...]
-    <row r="9" spans="1:7" ht="30.95" customHeight="1">
+      <c r="B8" s="70"/>
+      <c r="C8" s="71"/>
+      <c r="D8" s="71"/>
+      <c r="E8" s="71"/>
+      <c r="F8" s="71"/>
+      <c r="G8" s="72"/>
+    </row>
+    <row r="9" spans="1:7" ht="31" customHeight="1">
       <c r="A9" s="20" t="s">
         <v>12</v>
       </c>
-      <c r="B9" s="63"/>
-      <c r="C9" s="58"/>
+      <c r="B9" s="70"/>
+      <c r="C9" s="71"/>
       <c r="D9" s="22" t="s">
         <v>13</v>
       </c>
-      <c r="E9" s="63"/>
-[...1 lines deleted...]
-      <c r="G9" s="59"/>
+      <c r="E9" s="70"/>
+      <c r="F9" s="71"/>
+      <c r="G9" s="72"/>
     </row>
     <row r="10" spans="1:7" ht="37.5" customHeight="1">
       <c r="A10" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="B10" s="60"/>
-[...1 lines deleted...]
-      <c r="D10" s="61" t="s">
+      <c r="B10" s="92"/>
+      <c r="C10" s="92"/>
+      <c r="D10" s="93" t="s">
         <v>15</v>
       </c>
-      <c r="E10" s="62"/>
-[...1 lines deleted...]
-      <c r="G10" s="59"/>
+      <c r="E10" s="94"/>
+      <c r="F10" s="70"/>
+      <c r="G10" s="72"/>
     </row>
     <row r="11" spans="1:7" ht="21" customHeight="1">
-      <c r="A11" s="75" t="s">
+      <c r="A11" s="51" t="s">
         <v>16</v>
       </c>
-      <c r="B11" s="51" t="s">
+      <c r="B11" s="85" t="s">
         <v>17</v>
       </c>
-      <c r="C11" s="53" t="s">
+      <c r="C11" s="87" t="s">
         <v>18</v>
       </c>
       <c r="D11" s="22" t="s">
         <v>19</v>
       </c>
-      <c r="E11" s="58"/>
-[...1 lines deleted...]
-      <c r="G11" s="59"/>
+      <c r="E11" s="71"/>
+      <c r="F11" s="71"/>
+      <c r="G11" s="72"/>
     </row>
     <row r="12" spans="1:7" ht="36" customHeight="1">
-      <c r="A12" s="76"/>
-[...5 lines deleted...]
-      <c r="G12" s="57"/>
+      <c r="A12" s="105"/>
+      <c r="B12" s="86"/>
+      <c r="C12" s="88"/>
+      <c r="D12" s="89"/>
+      <c r="E12" s="90"/>
+      <c r="F12" s="90"/>
+      <c r="G12" s="91"/>
     </row>
     <row r="13" spans="1:7" ht="25.5" customHeight="1">
-      <c r="A13" s="76"/>
+      <c r="A13" s="105"/>
       <c r="B13" s="27" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="43"/>
       <c r="D13" s="29" t="s">
         <v>21</v>
       </c>
-      <c r="E13" s="63"/>
-[...1 lines deleted...]
-      <c r="G13" s="59"/>
+      <c r="E13" s="70"/>
+      <c r="F13" s="71"/>
+      <c r="G13" s="72"/>
     </row>
     <row r="14" spans="1:7" ht="25.5" customHeight="1">
-      <c r="A14" s="68"/>
+      <c r="A14" s="53"/>
       <c r="B14" s="28" t="s">
         <v>22</v>
       </c>
-      <c r="C14" s="77"/>
-[...5 lines deleted...]
-    <row r="15" spans="1:7" ht="18.95" customHeight="1">
+      <c r="C14" s="76"/>
+      <c r="D14" s="77"/>
+      <c r="E14" s="77"/>
+      <c r="F14" s="77"/>
+      <c r="G14" s="78"/>
+    </row>
+    <row r="15" spans="1:7" ht="19" customHeight="1">
       <c r="A15" s="21" t="s">
         <v>23</v>
       </c>
-      <c r="B15" s="63"/>
-[...4 lines deleted...]
-      <c r="G15" s="59"/>
+      <c r="B15" s="70"/>
+      <c r="C15" s="71"/>
+      <c r="D15" s="71"/>
+      <c r="E15" s="71"/>
+      <c r="F15" s="71"/>
+      <c r="G15" s="72"/>
     </row>
     <row r="16" spans="1:7" ht="49.5" customHeight="1">
-      <c r="A16" s="75" t="s">
+      <c r="A16" s="51" t="s">
         <v>24</v>
       </c>
       <c r="B16" s="30" t="s">
         <v>25</v>
       </c>
-      <c r="C16" s="80"/>
-[...3 lines deleted...]
-      <c r="G16" s="82"/>
+      <c r="C16" s="79"/>
+      <c r="D16" s="80"/>
+      <c r="E16" s="80"/>
+      <c r="F16" s="80"/>
+      <c r="G16" s="81"/>
     </row>
     <row r="17" spans="1:16" ht="49.5" customHeight="1">
-      <c r="A17" s="68"/>
+      <c r="A17" s="53"/>
       <c r="B17" s="30" t="s">
         <v>26</v>
       </c>
-      <c r="C17" s="80"/>
-[...5 lines deleted...]
-    <row r="18" spans="1:16" ht="32.1" customHeight="1">
+      <c r="C17" s="79"/>
+      <c r="D17" s="80"/>
+      <c r="E17" s="80"/>
+      <c r="F17" s="80"/>
+      <c r="G17" s="81"/>
+    </row>
+    <row r="18" spans="1:16" ht="32.15" customHeight="1">
       <c r="A18" s="19" t="s">
         <v>27</v>
       </c>
-      <c r="B18" s="103" t="s">
+      <c r="B18" s="73" t="s">
         <v>28</v>
       </c>
-      <c r="C18" s="104"/>
-[...3 lines deleted...]
-      <c r="G18" s="105"/>
+      <c r="C18" s="74"/>
+      <c r="D18" s="74"/>
+      <c r="E18" s="74"/>
+      <c r="F18" s="74"/>
+      <c r="G18" s="75"/>
     </row>
     <row r="19" spans="1:16" ht="36.75" customHeight="1">
-      <c r="A19" s="87" t="s">
+      <c r="A19" s="54" t="s">
         <v>29</v>
       </c>
       <c r="B19" s="31" t="s">
         <v>30</v>
       </c>
       <c r="C19" s="37" t="s">
         <v>31</v>
       </c>
       <c r="D19" s="17" t="s">
         <v>32</v>
       </c>
-      <c r="E19" s="94" t="s">
+      <c r="E19" s="61" t="s">
         <v>33</v>
       </c>
-      <c r="F19" s="95" t="s">
+      <c r="F19" s="62" t="s">
         <v>34</v>
       </c>
-      <c r="G19" s="96"/>
+      <c r="G19" s="63"/>
     </row>
     <row r="20" spans="1:16" ht="36.75" customHeight="1">
-      <c r="A20" s="68"/>
+      <c r="A20" s="53"/>
       <c r="B20" s="32" t="s">
         <v>35</v>
       </c>
       <c r="C20" s="37" t="s">
         <v>36</v>
       </c>
       <c r="D20" s="17" t="s">
         <v>37</v>
       </c>
-      <c r="E20" s="94"/>
-[...4 lines deleted...]
-      <c r="A21" s="75" t="s">
+      <c r="E20" s="61"/>
+      <c r="F20" s="64"/>
+      <c r="G20" s="65"/>
+    </row>
+    <row r="21" spans="1:16" ht="50.15" customHeight="1">
+      <c r="A21" s="51" t="s">
         <v>38</v>
       </c>
-      <c r="B21" s="99" t="s">
+      <c r="B21" s="66" t="s">
         <v>39</v>
       </c>
-      <c r="C21" s="99"/>
-[...1 lines deleted...]
-      <c r="E21" s="63" t="s">
+      <c r="C21" s="66"/>
+      <c r="D21" s="66"/>
+      <c r="E21" s="70" t="s">
         <v>40</v>
       </c>
-      <c r="F21" s="58"/>
-      <c r="G21" s="59"/>
+      <c r="F21" s="71"/>
+      <c r="G21" s="72"/>
     </row>
     <row r="22" spans="1:16" ht="45" customHeight="1">
-      <c r="A22" s="86"/>
-      <c r="B22" s="100" t="s">
+      <c r="A22" s="52"/>
+      <c r="B22" s="67" t="s">
         <v>41</v>
       </c>
-      <c r="C22" s="101"/>
-[...1 lines deleted...]
-      <c r="E22" s="63" t="s">
+      <c r="C22" s="68"/>
+      <c r="D22" s="69"/>
+      <c r="E22" s="70" t="s">
         <v>42</v>
       </c>
-      <c r="F22" s="58"/>
-[...3 lines deleted...]
-      <c r="A23" s="87" t="s">
+      <c r="F22" s="71"/>
+      <c r="G22" s="72"/>
+    </row>
+    <row r="23" spans="1:16" ht="23.15" customHeight="1">
+      <c r="A23" s="54" t="s">
         <v>43</v>
       </c>
-      <c r="B23" s="89" t="s">
+      <c r="B23" s="56" t="s">
         <v>44</v>
       </c>
-      <c r="C23" s="90"/>
-[...7 lines deleted...]
-      <c r="B24" s="92" t="s">
+      <c r="C23" s="57"/>
+      <c r="D23" s="57"/>
+      <c r="E23" s="57"/>
+      <c r="F23" s="57"/>
+      <c r="G23" s="58"/>
+    </row>
+    <row r="24" spans="1:16" ht="19" customHeight="1" thickBot="1">
+      <c r="A24" s="55"/>
+      <c r="B24" s="59" t="s">
         <v>45</v>
       </c>
-      <c r="C24" s="93"/>
-[...2 lines deleted...]
-      <c r="F24" s="93"/>
+      <c r="C24" s="60"/>
+      <c r="D24" s="60"/>
+      <c r="E24" s="60"/>
+      <c r="F24" s="60"/>
       <c r="G24" s="34"/>
     </row>
-    <row r="25" spans="1:16" ht="2.85" customHeight="1">
+    <row r="25" spans="1:16" ht="2.9" customHeight="1">
       <c r="A25" s="46"/>
       <c r="B25" s="44"/>
       <c r="C25" s="44"/>
       <c r="D25" s="44"/>
       <c r="E25" s="44"/>
       <c r="F25" s="44"/>
       <c r="G25" s="45"/>
     </row>
     <row r="26" spans="1:16" ht="11.25" customHeight="1">
       <c r="A26" s="35" t="s">
         <v>46</v>
       </c>
       <c r="B26" s="2"/>
     </row>
     <row r="27" spans="1:16" ht="11.25" customHeight="1">
       <c r="A27" s="35" t="s">
         <v>47</v>
       </c>
       <c r="B27" s="2"/>
     </row>
     <row r="28" spans="1:16" ht="11.25" customHeight="1">
       <c r="A28" s="36" t="s">
         <v>48</v>
       </c>
       <c r="B28" s="2"/>
     </row>
     <row r="29" spans="1:16" ht="11.25" customHeight="1">
       <c r="A29" s="36" t="s">
         <v>49</v>
       </c>
       <c r="B29" s="2"/>
     </row>
     <row r="30" spans="1:16">
       <c r="P30" s="1" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="31" spans="1:16" ht="14.25">
+    <row r="31" spans="1:16" ht="14">
       <c r="A31" s="8"/>
       <c r="B31" s="8"/>
       <c r="C31" s="7"/>
       <c r="D31" s="9"/>
       <c r="E31" s="9"/>
       <c r="F31" s="9"/>
       <c r="G31" s="9"/>
     </row>
-    <row r="32" spans="1:16" ht="14.25">
+    <row r="32" spans="1:16" ht="14">
       <c r="A32" s="8"/>
       <c r="B32" s="8"/>
       <c r="C32" s="7"/>
       <c r="D32" s="9"/>
       <c r="E32" s="9"/>
       <c r="F32" s="9"/>
       <c r="G32" s="9"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="47"/>
       <c r="B33" s="47"/>
       <c r="C33" s="11"/>
       <c r="D33" s="47"/>
       <c r="E33" s="47"/>
       <c r="F33" s="47"/>
       <c r="G33" s="47"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="11"/>
       <c r="B34" s="11"/>
       <c r="C34" s="16"/>
       <c r="D34" s="12"/>
       <c r="E34" s="13"/>
       <c r="F34" s="13"/>
       <c r="G34" s="14"/>
@@ -2327,143 +2347,149 @@
       <c r="B39" s="11"/>
       <c r="C39" s="12"/>
       <c r="D39" s="12"/>
       <c r="E39" s="13"/>
       <c r="F39" s="13"/>
       <c r="G39" s="11"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" s="11"/>
       <c r="B40" s="11"/>
       <c r="C40" s="12"/>
       <c r="D40" s="12"/>
       <c r="E40" s="13"/>
       <c r="F40" s="13"/>
       <c r="G40" s="11"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" s="11"/>
       <c r="B41" s="11"/>
       <c r="C41" s="12"/>
       <c r="D41" s="12"/>
       <c r="E41" s="13"/>
       <c r="F41" s="13"/>
       <c r="G41" s="11"/>
     </row>
-    <row r="42" spans="1:7" ht="14.25">
+    <row r="42" spans="1:7" ht="14">
       <c r="A42" s="3"/>
       <c r="B42" s="3"/>
       <c r="C42" s="4"/>
       <c r="D42" s="5"/>
       <c r="E42" s="6"/>
       <c r="F42" s="6"/>
       <c r="G42" s="7"/>
     </row>
-    <row r="43" spans="1:7" ht="14.25">
+    <row r="43" spans="1:7" ht="14">
       <c r="A43" s="10"/>
       <c r="B43" s="10"/>
       <c r="C43" s="7"/>
       <c r="D43" s="9"/>
       <c r="E43" s="9"/>
       <c r="F43" s="9"/>
       <c r="G43" s="9"/>
     </row>
-    <row r="44" spans="1:7" ht="14.25">
-[...4 lines deleted...]
-      <c r="E44" s="84"/>
+    <row r="44" spans="1:7" ht="14">
+      <c r="A44" s="49"/>
+      <c r="B44" s="49"/>
+      <c r="C44" s="49"/>
+      <c r="D44" s="49"/>
+      <c r="E44" s="50"/>
       <c r="F44" s="9"/>
       <c r="G44" s="7"/>
     </row>
-    <row r="45" spans="1:7" ht="14.25">
-[...4 lines deleted...]
-      <c r="E45" s="84"/>
+    <row r="45" spans="1:7" ht="14">
+      <c r="A45" s="49"/>
+      <c r="B45" s="49"/>
+      <c r="C45" s="49"/>
+      <c r="D45" s="49"/>
+      <c r="E45" s="50"/>
       <c r="F45" s="9"/>
       <c r="G45" s="9"/>
     </row>
-    <row r="46" spans="1:7" ht="14.25">
-[...4 lines deleted...]
-      <c r="E46" s="84"/>
+    <row r="46" spans="1:7" ht="14">
+      <c r="A46" s="49"/>
+      <c r="B46" s="49"/>
+      <c r="C46" s="49"/>
+      <c r="D46" s="49"/>
+      <c r="E46" s="50"/>
       <c r="F46" s="9"/>
       <c r="G46" s="9"/>
     </row>
   </sheetData>
   <mergeCells count="37">
+    <mergeCell ref="B2:G2"/>
+    <mergeCell ref="B11:B12"/>
+    <mergeCell ref="C11:C12"/>
+    <mergeCell ref="D12:G12"/>
+    <mergeCell ref="E11:G11"/>
+    <mergeCell ref="B10:C10"/>
+    <mergeCell ref="D10:E10"/>
+    <mergeCell ref="F10:G10"/>
+    <mergeCell ref="A5:G5"/>
+    <mergeCell ref="A6:A7"/>
+    <mergeCell ref="B6:G7"/>
+    <mergeCell ref="B9:C9"/>
+    <mergeCell ref="B8:G8"/>
+    <mergeCell ref="E9:G9"/>
+    <mergeCell ref="A11:A14"/>
+    <mergeCell ref="E13:G13"/>
+    <mergeCell ref="C14:G14"/>
+    <mergeCell ref="C16:G16"/>
+    <mergeCell ref="C17:G17"/>
+    <mergeCell ref="B15:G15"/>
+    <mergeCell ref="A45:E45"/>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A46:E46"/>
     <mergeCell ref="A44:E44"/>
     <mergeCell ref="A21:A22"/>
     <mergeCell ref="A16:A17"/>
     <mergeCell ref="A23:A24"/>
     <mergeCell ref="B23:G23"/>
     <mergeCell ref="B24:F24"/>
     <mergeCell ref="A19:A20"/>
     <mergeCell ref="E19:E20"/>
     <mergeCell ref="F19:G20"/>
     <mergeCell ref="B21:D21"/>
     <mergeCell ref="B22:D22"/>
     <mergeCell ref="E21:G21"/>
     <mergeCell ref="E22:G22"/>
     <mergeCell ref="B18:G18"/>
-    <mergeCell ref="C14:G14"/>
-[...19 lines deleted...]
-    <mergeCell ref="E13:G13"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.59055118110236227" right="0.39370078740157483" top="0.43307086614173229" bottom="0" header="0.19685039370078741" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"-,太字"&amp;14 「立命館言語研究」執筆申込書</oddHeader>
   </headerFooter>
 </worksheet>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{e296e639-91e9-4bb7-a1e8-7ae7de7d97ca}" enabled="1" method="Privileged" siteId="{a449438d-3606-490b-844f-c4e15e535fca}" contentBits="0" removed="0"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">