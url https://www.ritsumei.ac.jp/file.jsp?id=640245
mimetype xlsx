--- v0 (2025-10-21)
+++ v1 (2026-02-15)
@@ -15,120 +15,114 @@
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp3.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp4.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp5.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp6.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp7.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp8.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp9.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp10.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp11.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp12.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27932"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{37CEB081-3F2E-4395-BB46-3DA10270FAEF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8DE0A290-E9BD-4A75-A047-0E2E47BB9852}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="2910" yWindow="810" windowWidth="24660" windowHeight="13830" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="6315" yWindow="720" windowWidth="24960" windowHeight="14760" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="(1)New-Transfer-e-Rad new reg." sheetId="1" r:id="rId1"/>
     <sheet name="Field" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'(1)New-Transfer-e-Rad new reg.'!$A$1:$AM$69</definedName>
   </definedNames>
   <calcPr calcId="114210"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3744" uniqueCount="2560">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3745" uniqueCount="2561">
   <si>
     <t>＜以下、情報は削除しないでください＞</t>
   </si>
   <si>
     <t>Family Name</t>
   </si>
   <si>
     <t>Given Name</t>
   </si>
   <si>
     <t>Middle Name</t>
   </si>
   <si>
     <t>None</t>
   </si>
   <si>
     <t>Already acquired</t>
   </si>
   <si>
     <t>Office</t>
   </si>
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>Person in charge</t>
   </si>
   <si>
     <t>TEL</t>
   </si>
   <si>
     <t>FAX</t>
   </si>
   <si>
     <t>　　　　　</t>
   </si>
   <si>
     <t>Research Categories</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Grants Number (8-digits)</t>
   </si>
   <si>
     <t>Destination</t>
-  </si>
-[...1 lines deleted...]
-    <t>db-krsc@st.ritsumei.ac.jp</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Male   /   Female</t>
   </si>
   <si>
     <t>(External No.)</t>
   </si>
   <si>
     <t>(Mobile Phone No.)</t>
   </si>
   <si>
     <t>/</t>
   </si>
   <si>
     <t>=&gt;</t>
   </si>
   <si>
     <t>(8 digits)</t>
   </si>
   <si>
     <t>No</t>
   </si>
@@ -18889,53 +18883,50 @@
   <si>
     <t>Information and Management</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>Psychology for Child Education and Community</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>Life Network Sciences</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>Creative Media Studies</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>Spatial Design and Information Systems</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>This e-mail address will be registered on e-Rad. Please make sure this address will be usable even after you enter Ritsumeikan University.</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t>March</t>
-[...1 lines deleted...]
-  <si>
     <r>
       <t>(Field )</t>
     </r>
     <r>
       <rPr>
         <sz val="7"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> *(Reference) Please enter the relevant degree field by referring to the supplementary sheet attached hereto for a list of degree fields.</t>
     </r>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>International Leading Research</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>Home-Returning Researcher Development Research</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>Fostering Joint International Research</t>
     <phoneticPr fontId="2"/>
   </si>
@@ -19294,220 +19285,235 @@
     <t>KAKENHI: Research Fund Accounting and Administrative Center</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>OIC Research Office</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>o-apply@st.ritsumei.ac.jp</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>Kinugasa Research Office</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>BKC Research Office</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>TEL 075-465-8224 (Ext. 511-2398)</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <r>
+      <t>TEL 077-561-5025 (Ext.515-6002</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="游ゴシック"/>
+        <family val="2"/>
+        <charset val="128"/>
+      </rPr>
+      <t>、</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>515-6028</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="游ゴシック"/>
+        <family val="2"/>
+        <charset val="128"/>
+      </rPr>
+      <t>、</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>515-6555)</t>
+    </r>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>学　士(Bachelor's)</t>
+    <rPh sb="0" eb="1">
+      <t>ガク</t>
+    </rPh>
+    <rPh sb="2" eb="3">
+      <t>シ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>TEL 072-665-2570(Ext. 513-2998)</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>e-Rad: Usami, Kose</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>e-Rad: Tanimoto, Kataoka</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <r>
       <t>Please select the applicable box for A</t>
     </r>
     <r>
       <rPr>
         <sz val="7"/>
         <color indexed="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">Y2025 </t>
+      <t xml:space="preserve">Y2026 </t>
     </r>
     <r>
       <rPr>
         <sz val="7"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Kakenhi (Public call period: After April 2024) for which you were the Principal Investigator.  Also, select the research category for which the application was made (al</t>
+      <t>Kakenhi (Public call period: After April 2025) for which you were the Principal Investigator.  Also, select the research category for which the application was made (al</t>
     </r>
     <r>
       <rPr>
         <sz val="7"/>
         <color indexed="36"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>l c</t>
     </r>
     <r>
       <rPr>
         <sz val="7"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>ategories if applications were made in multiple categories) from the pulldown (</t>
     </r>
     <r>
       <rPr>
         <sz val="7"/>
         <rFont val="Segoe UI Symbol"/>
         <family val="3"/>
       </rPr>
       <t>▼</t>
     </r>
     <r>
       <rPr>
         <sz val="7"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>) menu.</t>
     </r>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Please select the applicable box for AY2025 Kakenhi held or not held(except for those belonging to the category in </t>
+      <t xml:space="preserve">Please select the applicable box for AY2026 Kakenhi held or not held(except for those belonging to the category in </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color rgb="FF000000"/>
         <rFont val="ＭＳ ゴシック"/>
         <family val="2"/>
         <charset val="128"/>
       </rPr>
       <t>a</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>bove)</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color indexed="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>. Also, select the research category held by each Principal and Co-Investigator  (all categories if multiple categories are held) from the pulldown (</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color rgb="FF000000"/>
         <rFont val="Segoe UI Symbol"/>
         <family val="3"/>
       </rPr>
       <t>▼</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color indexed="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>) menu and enter the theme number.</t>
     </r>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <r>
-[...61 lines deleted...]
-    <t>e-Rad: Tanimoto, Kataoka</t>
+    <t>r-kaken@st.ritsumei.ac.jp</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>db-krsc@st.ritsumei.ac.jp</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>b-kaken@st.ritsumei.ac.jp</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t xml:space="preserve">April </t>
+  </si>
+  <si>
+    <t>e-Rad: Imai, Osaki</t>
     <phoneticPr fontId="2"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="176" formatCode="0000000"/>
     <numFmt numFmtId="177" formatCode="0_ "/>
   </numFmts>
   <fonts count="59" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
@@ -20539,51 +20545,51 @@
     <border>
       <left style="hair">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="56" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="377">
+  <cellXfs count="379">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
@@ -21139,73 +21145,88 @@
     </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="47" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="48" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="49" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="53" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="54" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="55" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="54" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="6" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="57" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="57" fillId="0" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="57" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="56" fillId="0" borderId="7" xfId="4" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="56" fillId="0" borderId="6" xfId="4" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="56" fillId="0" borderId="6" xfId="4" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="56" fillId="0" borderId="7" xfId="4" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="56" fillId="0" borderId="8" xfId="4" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
@@ -21551,59 +21572,50 @@
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="14" fontId="12" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="12" fillId="0" borderId="34" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="49" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="34" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
@@ -22902,50 +22914,197 @@
         <a:xfrm>
           <a:off x="1978269" y="7546730"/>
           <a:ext cx="155331" cy="238125"/>
         </a:xfrm>
         <a:prstGeom prst="rightArrow">
           <a:avLst>
             <a:gd name="adj1" fmla="val 36000"/>
             <a:gd name="adj2" fmla="val 46400"/>
           </a:avLst>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="99CC00"/>
         </a:solidFill>
         <a:ln w="6350">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:miter lim="800000"/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>28</xdr:col>
+      <xdr:colOff>41415</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>16567</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>35</xdr:col>
+      <xdr:colOff>157371</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>165653</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="2" name="テキスト ボックス 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B312480D-2298-4646-849D-43C11A3D34B0}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="5623893" y="496958"/>
+          <a:ext cx="1474304" cy="505238"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:sysClr val="window" lastClr="FFFFFF"/>
+        </a:solidFill>
+        <a:ln w="28575" cmpd="sng">
+          <a:solidFill>
+            <a:srgbClr val="FF0000"/>
+          </a:solidFill>
+        </a:ln>
+        <a:effectLst/>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPts val="1000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr/>
+          </a:pPr>
+          <a:r>
+            <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mj-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>Deadline</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPts val="1000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="1" i="0">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>Friday</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mj-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>, March 6, 2026</a:t>
+          </a:r>
+          <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="FF0000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uLnTx/>
+            <a:uFillTx/>
+            <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+            <a:ea typeface="+mj-ea"/>
+            <a:cs typeface="+mn-cs"/>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
@@ -23225,2434 +23384,2434 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp9.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp8.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oicro@st.ritsumei.ac.jp" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp7.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp11.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp10.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp6.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp11.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:db-krsc@st.ritsumei.ac.jp" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp10.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:r-kaken@st.ritsumei.ac.jp" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:o-apply@st.ritsumei.ac.jp" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp8.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp12.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:b-kaken@st.ritsumei.ac.jp" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp7.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor indexed="47"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:DV72"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" topLeftCell="A52" zoomScale="115" zoomScaleNormal="115" zoomScaleSheetLayoutView="115" workbookViewId="0">
-      <selection activeCell="O62" sqref="O62"/>
+    <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" zoomScale="115" zoomScaleNormal="115" zoomScaleSheetLayoutView="115" workbookViewId="0">
+      <selection activeCell="AU68" sqref="AU68"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="2.5" defaultRowHeight="12.75" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="1" width="2.5" style="2" customWidth="1"/>
     <col min="2" max="2" width="4.25" style="2" customWidth="1"/>
     <col min="3" max="3" width="1.625" style="2" customWidth="1"/>
     <col min="4" max="5" width="2.5" style="2" customWidth="1"/>
     <col min="6" max="6" width="3.125" style="2" customWidth="1"/>
     <col min="7" max="9" width="2.5" style="2" customWidth="1"/>
     <col min="10" max="10" width="2.875" style="2" customWidth="1"/>
     <col min="11" max="11" width="1.25" style="2" customWidth="1"/>
     <col min="12" max="12" width="3.125" style="2" customWidth="1"/>
     <col min="13" max="14" width="2.5" style="2" customWidth="1"/>
     <col min="15" max="15" width="3.375" style="2" customWidth="1"/>
     <col min="16" max="27" width="2.5" style="2" customWidth="1"/>
     <col min="28" max="28" width="3.625" style="2" customWidth="1"/>
     <col min="29" max="29" width="2.875" style="2" customWidth="1"/>
     <col min="30" max="38" width="2.5" style="2" customWidth="1"/>
     <col min="39" max="39" width="1.625" style="1" customWidth="1"/>
     <col min="40" max="41" width="2.5" style="2" customWidth="1"/>
     <col min="42" max="52" width="2.5" style="166" customWidth="1"/>
     <col min="53" max="53" width="29.875" style="166" customWidth="1"/>
     <col min="54" max="69" width="2.5" style="166" customWidth="1"/>
     <col min="70" max="70" width="13.875" style="166" customWidth="1"/>
     <col min="71" max="85" width="2.5" style="166" customWidth="1"/>
     <col min="86" max="86" width="2.5" style="167"/>
     <col min="87" max="16384" width="2.5" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:86" ht="12.75" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A1" s="310" t="s">
-[...38 lines deleted...]
-      <c r="AL1" s="310"/>
+      <c r="A1" s="315" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="315"/>
+      <c r="C1" s="315"/>
+      <c r="D1" s="315"/>
+      <c r="E1" s="315"/>
+      <c r="F1" s="315"/>
+      <c r="G1" s="315"/>
+      <c r="H1" s="315"/>
+      <c r="I1" s="315"/>
+      <c r="J1" s="315"/>
+      <c r="K1" s="315"/>
+      <c r="L1" s="315"/>
+      <c r="M1" s="315"/>
+      <c r="N1" s="315"/>
+      <c r="O1" s="315"/>
+      <c r="P1" s="315"/>
+      <c r="Q1" s="315"/>
+      <c r="R1" s="315"/>
+      <c r="S1" s="315"/>
+      <c r="T1" s="315"/>
+      <c r="U1" s="315"/>
+      <c r="V1" s="315"/>
+      <c r="W1" s="315"/>
+      <c r="X1" s="315"/>
+      <c r="Y1" s="315"/>
+      <c r="Z1" s="315"/>
+      <c r="AA1" s="315"/>
+      <c r="AB1" s="315"/>
+      <c r="AC1" s="315"/>
+      <c r="AD1" s="315"/>
+      <c r="AE1" s="315"/>
+      <c r="AF1" s="315"/>
+      <c r="AG1" s="315"/>
+      <c r="AH1" s="315"/>
+      <c r="AI1" s="315"/>
+      <c r="AJ1" s="315"/>
+      <c r="AK1" s="315"/>
+      <c r="AL1" s="315"/>
     </row>
     <row r="2" spans="1:86" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A2" s="310"/>
-[...36 lines deleted...]
-      <c r="AL2" s="310"/>
+      <c r="A2" s="315"/>
+      <c r="B2" s="315"/>
+      <c r="C2" s="315"/>
+      <c r="D2" s="315"/>
+      <c r="E2" s="315"/>
+      <c r="F2" s="315"/>
+      <c r="G2" s="315"/>
+      <c r="H2" s="315"/>
+      <c r="I2" s="315"/>
+      <c r="J2" s="315"/>
+      <c r="K2" s="315"/>
+      <c r="L2" s="315"/>
+      <c r="M2" s="315"/>
+      <c r="N2" s="315"/>
+      <c r="O2" s="315"/>
+      <c r="P2" s="315"/>
+      <c r="Q2" s="315"/>
+      <c r="R2" s="315"/>
+      <c r="S2" s="315"/>
+      <c r="T2" s="315"/>
+      <c r="U2" s="315"/>
+      <c r="V2" s="315"/>
+      <c r="W2" s="315"/>
+      <c r="X2" s="315"/>
+      <c r="Y2" s="315"/>
+      <c r="Z2" s="315"/>
+      <c r="AA2" s="315"/>
+      <c r="AB2" s="315"/>
+      <c r="AC2" s="315"/>
+      <c r="AD2" s="315"/>
+      <c r="AE2" s="315"/>
+      <c r="AF2" s="315"/>
+      <c r="AG2" s="315"/>
+      <c r="AH2" s="315"/>
+      <c r="AI2" s="315"/>
+      <c r="AJ2" s="315"/>
+      <c r="AK2" s="315"/>
+      <c r="AL2" s="315"/>
       <c r="AM2" s="3"/>
       <c r="AP2" s="166" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:86" s="101" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A3" s="314" t="s">
-[...38 lines deleted...]
-      <c r="AL3" s="314"/>
+      <c r="A3" s="319" t="s">
+        <v>47</v>
+      </c>
+      <c r="B3" s="319"/>
+      <c r="C3" s="319"/>
+      <c r="D3" s="319"/>
+      <c r="E3" s="319"/>
+      <c r="F3" s="319"/>
+      <c r="G3" s="319"/>
+      <c r="H3" s="319"/>
+      <c r="I3" s="319"/>
+      <c r="J3" s="319"/>
+      <c r="K3" s="319"/>
+      <c r="L3" s="319"/>
+      <c r="M3" s="319"/>
+      <c r="N3" s="319"/>
+      <c r="O3" s="319"/>
+      <c r="P3" s="319"/>
+      <c r="Q3" s="319"/>
+      <c r="R3" s="319"/>
+      <c r="S3" s="319"/>
+      <c r="T3" s="319"/>
+      <c r="U3" s="319"/>
+      <c r="V3" s="319"/>
+      <c r="W3" s="319"/>
+      <c r="X3" s="319"/>
+      <c r="Y3" s="319"/>
+      <c r="Z3" s="319"/>
+      <c r="AA3" s="319"/>
+      <c r="AB3" s="319"/>
+      <c r="AC3" s="319"/>
+      <c r="AD3" s="319"/>
+      <c r="AE3" s="319"/>
+      <c r="AF3" s="319"/>
+      <c r="AG3" s="319"/>
+      <c r="AH3" s="319"/>
+      <c r="AI3" s="319"/>
+      <c r="AJ3" s="319"/>
+      <c r="AK3" s="319"/>
+      <c r="AL3" s="319"/>
       <c r="AM3" s="100"/>
       <c r="AP3" s="198"/>
       <c r="AQ3" s="168"/>
       <c r="AR3" s="168"/>
       <c r="AS3" s="168"/>
       <c r="AT3" s="168"/>
       <c r="AU3" s="168"/>
       <c r="AV3" s="168"/>
       <c r="AW3" s="168"/>
       <c r="AX3" s="168"/>
       <c r="AY3" s="168"/>
       <c r="AZ3" s="168"/>
       <c r="BA3" s="201" t="s">
-        <v>2523</v>
+        <v>2520</v>
       </c>
       <c r="BB3" s="168"/>
       <c r="BC3" s="168"/>
       <c r="BE3" s="168"/>
       <c r="BF3" s="168"/>
       <c r="BG3" s="168"/>
       <c r="BH3" s="168"/>
       <c r="BI3" s="168"/>
       <c r="BJ3" s="168"/>
       <c r="BK3" s="168"/>
       <c r="BL3" s="168"/>
       <c r="BM3" s="168"/>
       <c r="BN3" s="168"/>
       <c r="BO3" s="168"/>
       <c r="BP3" s="168"/>
       <c r="BQ3" s="168"/>
       <c r="BR3" s="168"/>
       <c r="BS3" s="168"/>
       <c r="BT3" s="168"/>
       <c r="BU3" s="168"/>
       <c r="BV3" s="168"/>
       <c r="BW3" s="168"/>
       <c r="BX3" s="168"/>
       <c r="BY3" s="168"/>
       <c r="BZ3" s="168"/>
       <c r="CA3" s="168"/>
       <c r="CB3" s="168"/>
       <c r="CC3" s="168"/>
       <c r="CD3" s="168"/>
       <c r="CE3" s="168"/>
       <c r="CF3" s="168"/>
       <c r="CG3" s="168"/>
       <c r="CH3" s="169"/>
     </row>
     <row r="4" spans="1:86" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A4" s="233" t="s">
-[...36 lines deleted...]
-      <c r="AJ4" s="331"/>
+      <c r="A4" s="238" t="s">
+        <v>48</v>
+      </c>
+      <c r="B4" s="238"/>
+      <c r="C4" s="238"/>
+      <c r="D4" s="238"/>
+      <c r="E4" s="238"/>
+      <c r="F4" s="238"/>
+      <c r="G4" s="238"/>
+      <c r="H4" s="238"/>
+      <c r="I4" s="238"/>
+      <c r="J4" s="238"/>
+      <c r="K4" s="238"/>
+      <c r="L4" s="238"/>
+      <c r="M4" s="238"/>
+      <c r="N4" s="238"/>
+      <c r="O4" s="238"/>
+      <c r="P4" s="238"/>
+      <c r="Q4" s="238"/>
+      <c r="R4" s="238"/>
+      <c r="S4" s="238"/>
+      <c r="T4" s="238"/>
+      <c r="U4" s="238"/>
+      <c r="V4" s="238"/>
+      <c r="W4" s="238"/>
+      <c r="X4" s="238"/>
+      <c r="Y4" s="238"/>
+      <c r="Z4" s="238"/>
+      <c r="AA4" s="238"/>
+      <c r="AB4" s="238"/>
+      <c r="AC4" s="336"/>
+      <c r="AD4" s="336"/>
+      <c r="AE4" s="336"/>
+      <c r="AF4" s="336"/>
+      <c r="AG4" s="336"/>
+      <c r="AH4" s="336"/>
+      <c r="AI4" s="336"/>
+      <c r="AJ4" s="336"/>
       <c r="AK4" s="185"/>
       <c r="AL4" s="185"/>
       <c r="AP4" s="199"/>
       <c r="AQ4" s="170"/>
       <c r="AR4" s="170"/>
       <c r="AS4" s="170"/>
       <c r="AT4" s="170"/>
       <c r="AU4" s="170"/>
       <c r="AV4" s="170"/>
       <c r="AW4" s="170"/>
       <c r="AX4" s="170"/>
       <c r="AY4" s="170"/>
       <c r="AZ4" s="170"/>
       <c r="BA4" s="170"/>
       <c r="BC4" s="170"/>
       <c r="BE4" s="170"/>
       <c r="BF4" s="170"/>
       <c r="BG4" s="170"/>
       <c r="BH4" s="170"/>
       <c r="BI4" s="170"/>
       <c r="BJ4" s="170"/>
       <c r="BK4" s="170"/>
       <c r="BL4" s="170"/>
       <c r="BM4" s="170"/>
       <c r="BN4" s="170"/>
       <c r="BO4" s="170"/>
       <c r="BP4" s="170"/>
       <c r="BQ4" s="170"/>
       <c r="BR4" s="170"/>
       <c r="BS4" s="170"/>
     </row>
     <row r="5" spans="1:86" ht="13.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B5" s="5" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6"/>
       <c r="E5" s="7" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="6"/>
       <c r="H5" s="8"/>
       <c r="I5" s="9"/>
       <c r="J5" s="10"/>
       <c r="K5" s="10"/>
       <c r="L5" s="8"/>
       <c r="M5" s="8"/>
       <c r="N5" s="8"/>
       <c r="O5" s="8"/>
       <c r="P5" s="8"/>
       <c r="Q5" s="6"/>
       <c r="R5" s="6"/>
       <c r="S5" s="11"/>
       <c r="T5" s="11"/>
       <c r="U5" s="11"/>
       <c r="V5" s="11"/>
       <c r="W5" s="11"/>
       <c r="X5" s="11"/>
       <c r="Y5" s="11"/>
       <c r="Z5" s="11"/>
       <c r="AA5" s="11"/>
       <c r="AB5" s="6"/>
-      <c r="AC5" s="332"/>
-[...6 lines deleted...]
-      <c r="AJ5" s="333"/>
+      <c r="AC5" s="337"/>
+      <c r="AD5" s="338"/>
+      <c r="AE5" s="338"/>
+      <c r="AF5" s="338"/>
+      <c r="AG5" s="338"/>
+      <c r="AH5" s="338"/>
+      <c r="AI5" s="338"/>
+      <c r="AJ5" s="338"/>
       <c r="AK5" s="121"/>
       <c r="AP5" s="200"/>
       <c r="AQ5" s="170"/>
       <c r="AR5" s="170"/>
       <c r="AS5" s="170"/>
       <c r="AT5" s="170"/>
       <c r="AU5" s="170"/>
       <c r="AV5" s="170"/>
       <c r="AW5" s="170"/>
       <c r="AX5" s="170"/>
       <c r="AY5" s="170"/>
       <c r="AZ5" s="170"/>
       <c r="BA5" s="171" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="BB5" s="202" t="s">
-        <v>2524</v>
+        <v>2521</v>
       </c>
       <c r="BC5" s="170"/>
       <c r="BE5" s="171"/>
       <c r="BF5" s="170"/>
       <c r="BG5" s="170"/>
       <c r="BH5" s="170"/>
       <c r="BI5" s="170"/>
       <c r="BJ5" s="170"/>
       <c r="BK5" s="170"/>
       <c r="BL5" s="170"/>
       <c r="BM5" s="170"/>
       <c r="BN5" s="170"/>
       <c r="BO5" s="170"/>
       <c r="BP5" s="170"/>
       <c r="BQ5" s="170"/>
       <c r="BR5" s="170"/>
       <c r="BS5" s="171"/>
     </row>
     <row r="6" spans="1:86" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="13"/>
       <c r="C6" s="14"/>
       <c r="D6" s="14"/>
-      <c r="E6" s="315"/>
-[...30 lines deleted...]
-      <c r="AJ6" s="335"/>
+      <c r="E6" s="320"/>
+      <c r="F6" s="320"/>
+      <c r="G6" s="343"/>
+      <c r="H6" s="343"/>
+      <c r="I6" s="343"/>
+      <c r="J6" s="343"/>
+      <c r="K6" s="343"/>
+      <c r="L6" s="343"/>
+      <c r="M6" s="343"/>
+      <c r="N6" s="343"/>
+      <c r="O6" s="343"/>
+      <c r="P6" s="343"/>
+      <c r="Q6" s="343"/>
+      <c r="R6" s="343"/>
+      <c r="S6" s="343"/>
+      <c r="T6" s="343"/>
+      <c r="U6" s="343"/>
+      <c r="V6" s="343"/>
+      <c r="W6" s="343"/>
+      <c r="X6" s="343"/>
+      <c r="Y6" s="343"/>
+      <c r="Z6" s="343"/>
+      <c r="AA6" s="343"/>
+      <c r="AB6" s="344"/>
+      <c r="AC6" s="339"/>
+      <c r="AD6" s="340"/>
+      <c r="AE6" s="340"/>
+      <c r="AF6" s="340"/>
+      <c r="AG6" s="340"/>
+      <c r="AH6" s="340"/>
+      <c r="AI6" s="340"/>
+      <c r="AJ6" s="340"/>
       <c r="AK6" s="121"/>
       <c r="AP6" s="200"/>
       <c r="AQ6" s="170"/>
       <c r="AR6" s="170"/>
       <c r="AS6" s="170"/>
       <c r="AT6" s="170"/>
       <c r="AU6" s="170"/>
       <c r="AV6" s="170"/>
       <c r="AW6" s="170"/>
       <c r="AX6" s="170"/>
       <c r="AY6" s="170"/>
       <c r="AZ6" s="170"/>
       <c r="BA6" s="171" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="BB6" s="202" t="s">
-        <v>2525</v>
+        <v>2522</v>
       </c>
       <c r="BC6" s="170"/>
       <c r="BE6" s="171"/>
       <c r="BF6" s="170"/>
       <c r="BG6" s="170"/>
       <c r="BH6" s="170"/>
       <c r="BI6" s="170"/>
       <c r="BJ6" s="170"/>
       <c r="BK6" s="170"/>
       <c r="BL6" s="170"/>
       <c r="BM6" s="170"/>
       <c r="BN6" s="170"/>
       <c r="BO6" s="170"/>
       <c r="BP6" s="170"/>
       <c r="BQ6" s="170"/>
       <c r="BR6" s="170"/>
       <c r="BS6" s="171"/>
     </row>
     <row r="7" spans="1:86" ht="13.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B7" s="13"/>
       <c r="C7" s="14"/>
       <c r="D7" s="14"/>
       <c r="E7" s="16" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F7" s="14"/>
       <c r="G7" s="14"/>
       <c r="H7" s="14"/>
       <c r="I7" s="17"/>
       <c r="J7" s="18"/>
       <c r="K7" s="18"/>
       <c r="L7" s="14"/>
       <c r="M7" s="14"/>
       <c r="N7" s="14"/>
       <c r="O7" s="14"/>
       <c r="P7" s="14"/>
       <c r="Q7" s="14"/>
       <c r="R7" s="14"/>
       <c r="S7" s="14"/>
       <c r="T7" s="14"/>
       <c r="U7" s="14"/>
       <c r="V7" s="14"/>
       <c r="W7" s="14"/>
       <c r="X7" s="14"/>
       <c r="Y7" s="14"/>
       <c r="Z7" s="14"/>
       <c r="AA7" s="14"/>
       <c r="AB7" s="14"/>
       <c r="AC7" s="102" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="AD7" s="6"/>
       <c r="AE7" s="6"/>
       <c r="AF7" s="6"/>
       <c r="AG7" s="6"/>
       <c r="AH7" s="6"/>
       <c r="AI7" s="6"/>
       <c r="AJ7" s="12"/>
       <c r="AK7" s="121"/>
       <c r="AP7" s="200"/>
       <c r="AQ7" s="170"/>
       <c r="AR7" s="170"/>
       <c r="AS7" s="170"/>
       <c r="AT7" s="170"/>
       <c r="AU7" s="170"/>
       <c r="AV7" s="170"/>
       <c r="AW7" s="170"/>
       <c r="AX7" s="170"/>
       <c r="AY7" s="170"/>
       <c r="AZ7" s="170"/>
       <c r="BA7" s="171" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="BB7" s="202" t="s">
-        <v>2526</v>
+        <v>2523</v>
       </c>
       <c r="BC7" s="170"/>
       <c r="BE7" s="171"/>
       <c r="BF7" s="170"/>
       <c r="BG7" s="170"/>
       <c r="BH7" s="170"/>
       <c r="BI7" s="170"/>
       <c r="BJ7" s="170"/>
       <c r="BK7" s="170"/>
       <c r="BL7" s="170"/>
       <c r="BM7" s="170"/>
       <c r="BN7" s="170"/>
       <c r="BO7" s="170"/>
       <c r="BP7" s="170"/>
       <c r="BQ7" s="170"/>
       <c r="BR7" s="170"/>
       <c r="BS7" s="171"/>
     </row>
     <row r="8" spans="1:86" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="13"/>
       <c r="C8" s="14"/>
       <c r="D8" s="14"/>
-      <c r="E8" s="315"/>
-[...22 lines deleted...]
-      <c r="AB8" s="339"/>
+      <c r="E8" s="320"/>
+      <c r="F8" s="320"/>
+      <c r="G8" s="343"/>
+      <c r="H8" s="343"/>
+      <c r="I8" s="343"/>
+      <c r="J8" s="343"/>
+      <c r="K8" s="343"/>
+      <c r="L8" s="343"/>
+      <c r="M8" s="343"/>
+      <c r="N8" s="343"/>
+      <c r="O8" s="343"/>
+      <c r="P8" s="343"/>
+      <c r="Q8" s="343"/>
+      <c r="R8" s="343"/>
+      <c r="S8" s="343"/>
+      <c r="T8" s="343"/>
+      <c r="U8" s="343"/>
+      <c r="V8" s="343"/>
+      <c r="W8" s="343"/>
+      <c r="X8" s="343"/>
+      <c r="Y8" s="343"/>
+      <c r="Z8" s="343"/>
+      <c r="AA8" s="343"/>
+      <c r="AB8" s="344"/>
       <c r="AC8" s="193"/>
       <c r="AD8" s="194" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      <c r="AG8" s="342"/>
+        <v>71</v>
+      </c>
+      <c r="AE8" s="347"/>
+      <c r="AF8" s="347"/>
+      <c r="AG8" s="347"/>
       <c r="AH8" s="194" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-      <c r="AJ8" s="344"/>
+        <v>71</v>
+      </c>
+      <c r="AI8" s="348"/>
+      <c r="AJ8" s="349"/>
       <c r="AK8" s="121"/>
       <c r="AP8" s="200"/>
       <c r="AQ8" s="170"/>
       <c r="AR8" s="170"/>
       <c r="AS8" s="170"/>
       <c r="AT8" s="170"/>
       <c r="AU8" s="170"/>
       <c r="AV8" s="170"/>
       <c r="AW8" s="170"/>
       <c r="AX8" s="170"/>
       <c r="AY8" s="170"/>
       <c r="AZ8" s="170"/>
       <c r="BA8" s="171" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="BB8" s="202" t="s">
-        <v>2527</v>
+        <v>2524</v>
       </c>
       <c r="BC8" s="170"/>
       <c r="BE8" s="171"/>
       <c r="BF8" s="170"/>
       <c r="BG8" s="170"/>
       <c r="BH8" s="170"/>
       <c r="BI8" s="170"/>
       <c r="BJ8" s="170"/>
       <c r="BK8" s="170"/>
       <c r="BL8" s="170"/>
       <c r="BM8" s="170"/>
       <c r="BN8" s="170"/>
       <c r="BO8" s="170"/>
       <c r="BP8" s="170"/>
       <c r="BQ8" s="170"/>
       <c r="BR8" s="170"/>
       <c r="BS8" s="171"/>
     </row>
     <row r="9" spans="1:86" ht="13.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B9" s="13"/>
       <c r="C9" s="14"/>
       <c r="D9" s="14"/>
       <c r="E9" s="16" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F9" s="14"/>
       <c r="G9" s="14"/>
       <c r="H9" s="14"/>
       <c r="I9" s="17"/>
       <c r="J9" s="18"/>
       <c r="K9" s="18"/>
       <c r="L9" s="14"/>
       <c r="M9" s="14"/>
       <c r="N9" s="14"/>
       <c r="O9" s="14"/>
       <c r="P9" s="14"/>
       <c r="Q9" s="14"/>
       <c r="R9" s="14"/>
       <c r="S9" s="14"/>
       <c r="T9" s="14"/>
       <c r="U9" s="14"/>
       <c r="V9" s="14"/>
       <c r="W9" s="14"/>
       <c r="X9" s="14"/>
       <c r="Y9" s="14"/>
       <c r="Z9" s="14"/>
       <c r="AA9" s="14"/>
       <c r="AB9" s="14"/>
       <c r="AC9" s="5" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="AD9" s="11"/>
       <c r="AE9" s="11"/>
       <c r="AF9" s="6"/>
       <c r="AG9" s="14"/>
       <c r="AH9" s="14"/>
       <c r="AI9" s="14"/>
       <c r="AJ9" s="15"/>
       <c r="AK9" s="121"/>
       <c r="AP9" s="200"/>
       <c r="AQ9" s="170"/>
       <c r="AR9" s="170"/>
       <c r="AS9" s="170"/>
       <c r="AT9" s="170"/>
       <c r="AU9" s="170"/>
       <c r="AV9" s="170"/>
       <c r="AW9" s="170"/>
       <c r="AX9" s="170"/>
       <c r="AY9" s="170"/>
       <c r="AZ9" s="170"/>
       <c r="BA9" s="171" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="BB9" s="202" t="s">
-        <v>2528</v>
+        <v>2525</v>
       </c>
       <c r="BC9" s="170"/>
       <c r="BE9" s="171"/>
       <c r="BF9" s="170"/>
       <c r="BG9" s="170"/>
       <c r="BH9" s="170"/>
       <c r="BI9" s="170"/>
       <c r="BJ9" s="170"/>
       <c r="BK9" s="170"/>
       <c r="BL9" s="170"/>
       <c r="BM9" s="170"/>
       <c r="BN9" s="170"/>
       <c r="BO9" s="170"/>
       <c r="BP9" s="170"/>
       <c r="BQ9" s="170"/>
       <c r="BR9" s="170"/>
       <c r="BS9" s="171"/>
     </row>
     <row r="10" spans="1:86" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="19"/>
       <c r="C10" s="20"/>
       <c r="D10" s="20"/>
-      <c r="E10" s="329"/>
-[...32 lines deleted...]
-      <c r="AJ10" s="354"/>
+      <c r="E10" s="334"/>
+      <c r="F10" s="334"/>
+      <c r="G10" s="345"/>
+      <c r="H10" s="345"/>
+      <c r="I10" s="345"/>
+      <c r="J10" s="345"/>
+      <c r="K10" s="345"/>
+      <c r="L10" s="345"/>
+      <c r="M10" s="345"/>
+      <c r="N10" s="345"/>
+      <c r="O10" s="345"/>
+      <c r="P10" s="345"/>
+      <c r="Q10" s="345"/>
+      <c r="R10" s="345"/>
+      <c r="S10" s="345"/>
+      <c r="T10" s="345"/>
+      <c r="U10" s="345"/>
+      <c r="V10" s="345"/>
+      <c r="W10" s="345"/>
+      <c r="X10" s="345"/>
+      <c r="Y10" s="345"/>
+      <c r="Z10" s="345"/>
+      <c r="AA10" s="345"/>
+      <c r="AB10" s="346"/>
+      <c r="AC10" s="354" t="s">
+        <v>17</v>
+      </c>
+      <c r="AD10" s="355"/>
+      <c r="AE10" s="355"/>
+      <c r="AF10" s="355"/>
+      <c r="AG10" s="355"/>
+      <c r="AH10" s="355"/>
+      <c r="AI10" s="355"/>
+      <c r="AJ10" s="356"/>
       <c r="AK10" s="121"/>
       <c r="AP10" s="200"/>
       <c r="AQ10" s="170"/>
       <c r="AR10" s="170"/>
       <c r="AS10" s="170"/>
       <c r="AT10" s="170"/>
       <c r="AU10" s="170"/>
       <c r="AV10" s="170"/>
       <c r="AW10" s="170"/>
       <c r="AX10" s="170"/>
       <c r="AY10" s="170"/>
       <c r="AZ10" s="170"/>
       <c r="BA10" s="171" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="BB10" s="202" t="s">
-        <v>2529</v>
+        <v>2526</v>
       </c>
       <c r="BC10" s="170"/>
       <c r="BE10" s="171"/>
       <c r="BF10" s="170"/>
       <c r="BG10" s="170"/>
       <c r="BH10" s="170"/>
       <c r="BI10" s="170"/>
       <c r="BJ10" s="170"/>
       <c r="BK10" s="170"/>
       <c r="BL10" s="170"/>
       <c r="BM10" s="170"/>
       <c r="BN10" s="170"/>
       <c r="BO10" s="170"/>
       <c r="BP10" s="170"/>
       <c r="BQ10" s="170"/>
       <c r="BR10" s="170"/>
       <c r="BS10" s="171"/>
     </row>
     <row r="11" spans="1:86" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="5" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
-      <c r="L11" s="361" t="s">
-[...27 lines deleted...]
-      <c r="AJ11" s="360"/>
+      <c r="L11" s="363" t="s">
+        <v>2515</v>
+      </c>
+      <c r="M11" s="364"/>
+      <c r="N11" s="364"/>
+      <c r="O11" s="364"/>
+      <c r="P11" s="364"/>
+      <c r="Q11" s="364"/>
+      <c r="R11" s="364"/>
+      <c r="S11" s="364"/>
+      <c r="T11" s="364"/>
+      <c r="U11" s="364"/>
+      <c r="V11" s="364"/>
+      <c r="W11" s="364"/>
+      <c r="X11" s="364"/>
+      <c r="Y11" s="364"/>
+      <c r="Z11" s="364"/>
+      <c r="AA11" s="364"/>
+      <c r="AB11" s="365"/>
+      <c r="AC11" s="360" t="s">
+        <v>2444</v>
+      </c>
+      <c r="AD11" s="361"/>
+      <c r="AE11" s="361"/>
+      <c r="AF11" s="361"/>
+      <c r="AG11" s="361"/>
+      <c r="AH11" s="361"/>
+      <c r="AI11" s="361"/>
+      <c r="AJ11" s="362"/>
       <c r="AK11" s="123"/>
       <c r="AM11" s="2"/>
       <c r="AP11" s="200"/>
       <c r="AQ11" s="170"/>
       <c r="AR11" s="170"/>
       <c r="AS11" s="170"/>
       <c r="AT11" s="170"/>
       <c r="AU11" s="170"/>
       <c r="AV11" s="170"/>
       <c r="AW11" s="170"/>
       <c r="AX11" s="170"/>
       <c r="AY11" s="170"/>
       <c r="AZ11" s="170"/>
       <c r="BA11" s="171" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="BB11" s="202" t="s">
-        <v>2530</v>
+        <v>2527</v>
       </c>
       <c r="BC11" s="170"/>
       <c r="BE11" s="171"/>
       <c r="BF11" s="170"/>
       <c r="BG11" s="170"/>
       <c r="BH11" s="170"/>
       <c r="BI11" s="170"/>
       <c r="BJ11" s="170"/>
       <c r="BK11" s="170"/>
       <c r="BL11" s="170"/>
       <c r="BM11" s="170"/>
       <c r="BN11" s="170"/>
       <c r="BO11" s="170"/>
       <c r="BP11" s="170"/>
       <c r="BQ11" s="170"/>
       <c r="BR11" s="170"/>
       <c r="BS11" s="171"/>
     </row>
     <row r="12" spans="1:86" ht="22.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B12" s="187"/>
-      <c r="C12" s="336"/>
-[...24 lines deleted...]
-      <c r="AB12" s="357"/>
+      <c r="C12" s="341"/>
+      <c r="D12" s="341"/>
+      <c r="E12" s="341"/>
+      <c r="F12" s="341"/>
+      <c r="G12" s="341"/>
+      <c r="H12" s="341"/>
+      <c r="I12" s="341"/>
+      <c r="J12" s="341"/>
+      <c r="K12" s="342"/>
+      <c r="L12" s="358"/>
+      <c r="M12" s="359"/>
+      <c r="N12" s="359"/>
+      <c r="O12" s="359"/>
+      <c r="P12" s="359"/>
+      <c r="Q12" s="359"/>
+      <c r="R12" s="359"/>
+      <c r="S12" s="359"/>
+      <c r="T12" s="359"/>
+      <c r="U12" s="359"/>
+      <c r="V12" s="359"/>
+      <c r="W12" s="359"/>
+      <c r="X12" s="359"/>
+      <c r="Y12" s="359"/>
+      <c r="Z12" s="359"/>
+      <c r="AA12" s="359"/>
+      <c r="AB12" s="359"/>
       <c r="AC12" s="195"/>
       <c r="AD12" s="196" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      <c r="AG12" s="355"/>
+        <v>71</v>
+      </c>
+      <c r="AE12" s="357"/>
+      <c r="AF12" s="357"/>
+      <c r="AG12" s="357"/>
       <c r="AH12" s="196" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-      <c r="AJ12" s="339"/>
+        <v>71</v>
+      </c>
+      <c r="AI12" s="343"/>
+      <c r="AJ12" s="344"/>
       <c r="AK12" s="138"/>
       <c r="AM12" s="2"/>
       <c r="AP12" s="200"/>
       <c r="AQ12" s="170"/>
       <c r="AR12" s="170"/>
       <c r="AS12" s="170"/>
       <c r="AT12" s="170"/>
       <c r="AU12" s="170"/>
       <c r="AV12" s="170"/>
       <c r="AW12" s="170"/>
       <c r="AX12" s="170"/>
       <c r="AY12" s="170"/>
       <c r="AZ12" s="170"/>
       <c r="BA12" s="171" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="BB12" s="202" t="s">
-        <v>2531</v>
+        <v>2528</v>
       </c>
       <c r="BC12" s="170"/>
       <c r="BE12" s="171"/>
       <c r="BF12" s="170"/>
       <c r="BG12" s="170"/>
       <c r="BH12" s="170"/>
       <c r="BI12" s="170"/>
       <c r="BJ12" s="170"/>
       <c r="BK12" s="170"/>
       <c r="BL12" s="170"/>
       <c r="BM12" s="170"/>
       <c r="BN12" s="170"/>
       <c r="BO12" s="170"/>
       <c r="BP12" s="170"/>
       <c r="BQ12" s="170"/>
       <c r="BR12" s="170"/>
       <c r="BS12" s="171"/>
     </row>
     <row r="13" spans="1:86" ht="14.25" x14ac:dyDescent="0.15">
       <c r="B13" s="188" t="s">
-        <v>2441</v>
+        <v>2439</v>
       </c>
       <c r="C13" s="189"/>
       <c r="D13" s="189"/>
       <c r="E13" s="189"/>
       <c r="F13" s="189"/>
       <c r="G13" s="189"/>
       <c r="H13" s="189"/>
       <c r="I13" s="189"/>
       <c r="J13" s="189"/>
       <c r="K13" s="189"/>
       <c r="L13" s="190"/>
       <c r="M13" s="190"/>
       <c r="N13" s="190"/>
       <c r="O13" s="190"/>
       <c r="P13" s="190"/>
       <c r="Q13" s="190"/>
       <c r="R13" s="190"/>
       <c r="S13" s="190"/>
       <c r="T13" s="190"/>
       <c r="U13" s="190"/>
       <c r="V13" s="190"/>
       <c r="W13" s="190"/>
       <c r="X13" s="190"/>
       <c r="Y13" s="190"/>
       <c r="Z13" s="190"/>
       <c r="AA13" s="190"/>
       <c r="AB13" s="190"/>
       <c r="AC13" s="191"/>
       <c r="AD13" s="120"/>
       <c r="AE13" s="186"/>
       <c r="AF13" s="186"/>
       <c r="AG13" s="186"/>
       <c r="AH13" s="120"/>
       <c r="AI13" s="190"/>
       <c r="AJ13" s="192"/>
       <c r="AK13" s="138"/>
       <c r="AM13" s="2"/>
       <c r="AO13" s="25"/>
       <c r="AP13" s="200"/>
       <c r="AQ13" s="170"/>
       <c r="AR13" s="170"/>
       <c r="AS13" s="170"/>
       <c r="AT13" s="170"/>
       <c r="AU13" s="170"/>
       <c r="AV13" s="170"/>
       <c r="AW13" s="170"/>
       <c r="AX13" s="170"/>
       <c r="AY13" s="170"/>
       <c r="AZ13" s="170"/>
       <c r="BA13" s="171" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="BB13" s="202" t="s">
-        <v>2532</v>
+        <v>2529</v>
       </c>
       <c r="BC13" s="170"/>
       <c r="BE13" s="171"/>
       <c r="BF13" s="170"/>
       <c r="BG13" s="170"/>
       <c r="BH13" s="170"/>
       <c r="BI13" s="170"/>
       <c r="BJ13" s="170"/>
       <c r="BK13" s="170"/>
       <c r="BL13" s="170"/>
       <c r="BM13" s="170"/>
       <c r="BN13" s="170"/>
       <c r="BO13" s="170"/>
       <c r="BP13" s="170"/>
       <c r="BQ13" s="170"/>
       <c r="BR13" s="170"/>
       <c r="BS13" s="171"/>
     </row>
     <row r="14" spans="1:86" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="22" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="C14" s="9"/>
       <c r="D14" s="9"/>
       <c r="E14" s="9"/>
       <c r="F14" s="9"/>
       <c r="G14" s="9"/>
       <c r="H14" s="23" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="I14" s="9"/>
       <c r="J14" s="9"/>
       <c r="K14" s="9"/>
       <c r="L14" s="9"/>
       <c r="M14" s="9"/>
       <c r="N14" s="9"/>
       <c r="O14" s="9"/>
       <c r="P14" s="9"/>
       <c r="Q14" s="9"/>
       <c r="R14" s="24"/>
       <c r="S14" s="24"/>
       <c r="T14" s="9"/>
       <c r="U14" s="9"/>
       <c r="V14" s="9"/>
       <c r="W14" s="9"/>
       <c r="X14" s="9"/>
       <c r="Y14" s="9"/>
       <c r="Z14" s="9"/>
       <c r="AA14" s="9"/>
       <c r="AB14" s="9"/>
       <c r="AC14" s="9"/>
       <c r="AD14" s="9"/>
       <c r="AE14" s="9"/>
       <c r="AF14" s="9"/>
       <c r="AG14" s="9"/>
       <c r="AH14" s="9"/>
       <c r="AI14" s="9"/>
       <c r="AJ14" s="21"/>
       <c r="AK14" s="123"/>
       <c r="AP14" s="200"/>
       <c r="AQ14" s="170"/>
       <c r="AR14" s="170"/>
       <c r="AS14" s="170"/>
       <c r="AT14" s="170"/>
       <c r="AU14" s="170"/>
       <c r="AV14" s="170"/>
       <c r="AW14" s="170"/>
       <c r="AX14" s="170"/>
       <c r="AY14" s="170"/>
       <c r="AZ14" s="170"/>
       <c r="BA14" s="171" t="s">
-        <v>2521</v>
+        <v>2518</v>
       </c>
       <c r="BB14" s="203" t="s">
-        <v>2533</v>
+        <v>2530</v>
       </c>
       <c r="BC14" s="170"/>
       <c r="BE14" s="171"/>
       <c r="BF14" s="170"/>
       <c r="BG14" s="170"/>
       <c r="BH14" s="170"/>
       <c r="BI14" s="170"/>
       <c r="BJ14" s="170"/>
       <c r="BK14" s="170"/>
       <c r="BL14" s="170"/>
       <c r="BM14" s="170"/>
       <c r="BN14" s="170"/>
       <c r="BO14" s="170"/>
       <c r="BP14" s="170"/>
       <c r="BQ14" s="170"/>
       <c r="BR14" s="170"/>
       <c r="BS14" s="171"/>
     </row>
     <row r="15" spans="1:86" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B15" s="367" t="s">
-[...39 lines deleted...]
-      <c r="AJ15" s="330"/>
+      <c r="B15" s="369" t="s">
+        <v>18</v>
+      </c>
+      <c r="C15" s="333"/>
+      <c r="D15" s="333"/>
+      <c r="E15" s="333"/>
+      <c r="F15" s="333"/>
+      <c r="G15" s="318"/>
+      <c r="H15" s="318"/>
+      <c r="I15" s="318"/>
+      <c r="J15" s="318"/>
+      <c r="K15" s="318"/>
+      <c r="L15" s="318"/>
+      <c r="M15" s="318"/>
+      <c r="N15" s="318"/>
+      <c r="O15" s="318"/>
+      <c r="P15" s="333" t="s">
+        <v>2440</v>
+      </c>
+      <c r="Q15" s="331"/>
+      <c r="R15" s="331"/>
+      <c r="S15" s="331"/>
+      <c r="T15" s="318"/>
+      <c r="U15" s="318"/>
+      <c r="V15" s="318"/>
+      <c r="W15" s="318"/>
+      <c r="X15" s="318"/>
+      <c r="Y15" s="321" t="s">
+        <v>19</v>
+      </c>
+      <c r="Z15" s="322"/>
+      <c r="AA15" s="322"/>
+      <c r="AB15" s="318"/>
+      <c r="AC15" s="318"/>
+      <c r="AD15" s="318"/>
+      <c r="AE15" s="318"/>
+      <c r="AF15" s="318"/>
+      <c r="AG15" s="318"/>
+      <c r="AH15" s="318"/>
+      <c r="AI15" s="318"/>
+      <c r="AJ15" s="335"/>
       <c r="AK15" s="99"/>
       <c r="AP15" s="200"/>
       <c r="AQ15" s="170"/>
       <c r="AR15" s="170"/>
       <c r="AS15" s="170"/>
       <c r="AT15" s="170"/>
       <c r="AU15" s="170"/>
       <c r="AV15" s="170"/>
       <c r="AW15" s="170"/>
       <c r="AX15" s="170"/>
       <c r="AY15" s="170"/>
       <c r="AZ15" s="170"/>
       <c r="BA15" s="171" t="s">
-        <v>2522</v>
+        <v>2519</v>
       </c>
       <c r="BB15" s="203" t="s">
-        <v>2534</v>
+        <v>2531</v>
       </c>
       <c r="BC15" s="170"/>
       <c r="BE15" s="171"/>
       <c r="BF15" s="170"/>
       <c r="BG15" s="170"/>
       <c r="BH15" s="170"/>
       <c r="BI15" s="170"/>
       <c r="BJ15" s="170"/>
       <c r="BK15" s="170"/>
       <c r="BL15" s="170"/>
       <c r="BM15" s="170"/>
       <c r="BN15" s="170"/>
       <c r="BO15" s="170"/>
       <c r="BP15" s="170"/>
       <c r="BQ15" s="170"/>
       <c r="BR15" s="170"/>
       <c r="BS15" s="171"/>
     </row>
     <row r="16" spans="1:86" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="26" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="C16" s="27"/>
       <c r="D16" s="27"/>
-      <c r="E16" s="318" t="s">
-[...32 lines deleted...]
-      <c r="AJ16" s="320"/>
+      <c r="E16" s="323" t="s">
+        <v>2514</v>
+      </c>
+      <c r="F16" s="324"/>
+      <c r="G16" s="324"/>
+      <c r="H16" s="324"/>
+      <c r="I16" s="324"/>
+      <c r="J16" s="324"/>
+      <c r="K16" s="324"/>
+      <c r="L16" s="324"/>
+      <c r="M16" s="324"/>
+      <c r="N16" s="324"/>
+      <c r="O16" s="324"/>
+      <c r="P16" s="324"/>
+      <c r="Q16" s="324"/>
+      <c r="R16" s="324"/>
+      <c r="S16" s="324"/>
+      <c r="T16" s="324"/>
+      <c r="U16" s="324"/>
+      <c r="V16" s="324"/>
+      <c r="W16" s="324"/>
+      <c r="X16" s="324"/>
+      <c r="Y16" s="324"/>
+      <c r="Z16" s="324"/>
+      <c r="AA16" s="324"/>
+      <c r="AB16" s="324"/>
+      <c r="AC16" s="324"/>
+      <c r="AD16" s="324"/>
+      <c r="AE16" s="324"/>
+      <c r="AF16" s="324"/>
+      <c r="AG16" s="324"/>
+      <c r="AH16" s="324"/>
+      <c r="AI16" s="324"/>
+      <c r="AJ16" s="325"/>
       <c r="AK16" s="139"/>
       <c r="AP16" s="200"/>
       <c r="AQ16" s="170"/>
       <c r="AR16" s="170"/>
       <c r="AS16" s="170"/>
       <c r="AT16" s="170"/>
       <c r="AU16" s="170"/>
       <c r="AV16" s="170"/>
       <c r="AW16" s="170"/>
       <c r="AX16" s="170"/>
       <c r="AY16" s="170"/>
       <c r="AZ16" s="170"/>
       <c r="BA16" s="166" t="s">
-        <v>2519</v>
+        <v>2516</v>
       </c>
       <c r="BB16" s="203" t="s">
-        <v>2535</v>
+        <v>2532</v>
       </c>
       <c r="BC16" s="170"/>
       <c r="BE16" s="171"/>
       <c r="BF16" s="170"/>
       <c r="BG16" s="170"/>
       <c r="BH16" s="170"/>
       <c r="BI16" s="170"/>
       <c r="BJ16" s="170"/>
       <c r="BK16" s="170"/>
       <c r="BL16" s="170"/>
       <c r="BM16" s="170"/>
       <c r="BN16" s="170"/>
       <c r="BO16" s="170"/>
       <c r="BP16" s="170"/>
       <c r="BQ16" s="170"/>
       <c r="BR16" s="170"/>
       <c r="BS16" s="171"/>
     </row>
     <row r="17" spans="1:72" ht="18" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B17" s="364"/>
-[...33 lines deleted...]
-      <c r="AJ17" s="366"/>
+      <c r="B17" s="366"/>
+      <c r="C17" s="367"/>
+      <c r="D17" s="367"/>
+      <c r="E17" s="367"/>
+      <c r="F17" s="367"/>
+      <c r="G17" s="367"/>
+      <c r="H17" s="367"/>
+      <c r="I17" s="367"/>
+      <c r="J17" s="367"/>
+      <c r="K17" s="367"/>
+      <c r="L17" s="367"/>
+      <c r="M17" s="367"/>
+      <c r="N17" s="367"/>
+      <c r="O17" s="367"/>
+      <c r="P17" s="367"/>
+      <c r="Q17" s="367"/>
+      <c r="R17" s="367"/>
+      <c r="S17" s="367"/>
+      <c r="T17" s="367"/>
+      <c r="U17" s="367"/>
+      <c r="V17" s="367"/>
+      <c r="W17" s="367"/>
+      <c r="X17" s="367"/>
+      <c r="Y17" s="367"/>
+      <c r="Z17" s="367"/>
+      <c r="AA17" s="367"/>
+      <c r="AB17" s="367"/>
+      <c r="AC17" s="367"/>
+      <c r="AD17" s="367"/>
+      <c r="AE17" s="367"/>
+      <c r="AF17" s="367"/>
+      <c r="AG17" s="367"/>
+      <c r="AH17" s="367"/>
+      <c r="AI17" s="367"/>
+      <c r="AJ17" s="368"/>
       <c r="AK17" s="140"/>
       <c r="AP17" s="200"/>
       <c r="AQ17" s="170"/>
       <c r="AR17" s="170"/>
       <c r="AS17" s="170"/>
       <c r="AT17" s="170"/>
       <c r="AU17" s="170"/>
       <c r="AV17" s="170"/>
       <c r="AW17" s="170"/>
       <c r="AX17" s="170"/>
       <c r="AY17" s="170"/>
       <c r="AZ17" s="170"/>
       <c r="BA17" s="171" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="BB17" s="202" t="s">
-        <v>2536</v>
+        <v>2533</v>
       </c>
       <c r="BC17" s="170"/>
       <c r="BE17" s="171"/>
       <c r="BF17" s="170"/>
       <c r="BG17" s="170"/>
       <c r="BH17" s="170"/>
       <c r="BI17" s="170"/>
       <c r="BJ17" s="170"/>
       <c r="BK17" s="170"/>
       <c r="BL17" s="170"/>
       <c r="BM17" s="170"/>
       <c r="BN17" s="170"/>
       <c r="BO17" s="170"/>
       <c r="BP17" s="170"/>
       <c r="BQ17" s="170"/>
       <c r="BR17" s="170"/>
       <c r="BS17" s="170"/>
     </row>
     <row r="18" spans="1:72" ht="13.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B18" s="103" t="s">
-        <v>2443</v>
+        <v>2441</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="6"/>
       <c r="E18" s="6"/>
       <c r="F18" s="6"/>
       <c r="G18" s="6"/>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="6"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="12"/>
       <c r="Q18" s="5" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
       <c r="T18" s="6"/>
       <c r="U18" s="6"/>
       <c r="V18" s="6"/>
       <c r="W18" s="6"/>
       <c r="X18" s="6"/>
       <c r="Y18" s="12"/>
       <c r="Z18" s="102" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="AA18" s="6"/>
       <c r="AB18" s="6"/>
       <c r="AC18" s="6"/>
       <c r="AD18" s="6"/>
       <c r="AE18" s="6"/>
       <c r="AF18" s="6"/>
       <c r="AG18" s="6"/>
       <c r="AH18" s="6"/>
       <c r="AI18" s="6"/>
       <c r="AJ18" s="12"/>
       <c r="AK18" s="121"/>
       <c r="AM18" s="2"/>
       <c r="AP18" s="170"/>
       <c r="AQ18" s="170"/>
       <c r="AR18" s="170"/>
       <c r="AS18" s="170"/>
       <c r="AT18" s="170"/>
       <c r="AU18" s="170"/>
       <c r="AV18" s="170"/>
       <c r="AW18" s="170"/>
       <c r="AX18" s="170"/>
       <c r="AY18" s="170"/>
       <c r="AZ18" s="170"/>
       <c r="BA18" s="171" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="BB18" s="202" t="s">
-        <v>2537</v>
+        <v>2534</v>
       </c>
       <c r="BC18" s="170"/>
       <c r="BE18" s="171"/>
       <c r="BF18" s="170"/>
       <c r="BG18" s="170"/>
       <c r="BH18" s="170"/>
       <c r="BI18" s="170"/>
       <c r="BJ18" s="170"/>
       <c r="BK18" s="170"/>
       <c r="BL18" s="170"/>
       <c r="BM18" s="170"/>
       <c r="BN18" s="170"/>
       <c r="BO18" s="170"/>
       <c r="BP18" s="170"/>
       <c r="BQ18" s="170"/>
       <c r="BR18" s="170"/>
       <c r="BS18" s="170"/>
     </row>
     <row r="19" spans="1:72" ht="18" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B19" s="216"/>
-[...24 lines deleted...]
-      <c r="AA19" s="228"/>
+      <c r="B19" s="221"/>
+      <c r="C19" s="222"/>
+      <c r="D19" s="222"/>
+      <c r="E19" s="222"/>
+      <c r="F19" s="222"/>
+      <c r="G19" s="222"/>
+      <c r="H19" s="222"/>
+      <c r="I19" s="222"/>
+      <c r="J19" s="222"/>
+      <c r="K19" s="222"/>
+      <c r="L19" s="222"/>
+      <c r="M19" s="222"/>
+      <c r="N19" s="222"/>
+      <c r="O19" s="222"/>
+      <c r="P19" s="223"/>
+      <c r="Q19" s="221"/>
+      <c r="R19" s="222"/>
+      <c r="S19" s="222"/>
+      <c r="T19" s="222"/>
+      <c r="U19" s="222"/>
+      <c r="V19" s="222"/>
+      <c r="W19" s="222"/>
+      <c r="X19" s="222"/>
+      <c r="Y19" s="223"/>
+      <c r="Z19" s="232"/>
+      <c r="AA19" s="233"/>
       <c r="AB19" s="197" t="s">
+        <v>71</v>
+      </c>
+      <c r="AC19" s="236" t="s">
+        <v>2559</v>
+      </c>
+      <c r="AD19" s="236"/>
+      <c r="AE19" s="236"/>
+      <c r="AF19" s="236"/>
+      <c r="AG19" s="194" t="s">
+        <v>71</v>
+      </c>
+      <c r="AH19" s="234" t="s">
         <v>73</v>
       </c>
-      <c r="AC19" s="231" t="s">
-[...12 lines deleted...]
-      <c r="AJ19" s="230"/>
+      <c r="AI19" s="234"/>
+      <c r="AJ19" s="235"/>
       <c r="AK19" s="99"/>
       <c r="AM19" s="2"/>
       <c r="AP19" s="179" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="AQ19" s="170"/>
       <c r="AR19" s="170"/>
       <c r="AS19" s="170"/>
       <c r="AT19" s="170"/>
       <c r="AU19" s="170"/>
       <c r="AV19" s="170"/>
       <c r="AW19" s="170"/>
       <c r="AX19" s="170"/>
       <c r="AY19" s="170"/>
       <c r="AZ19" s="170"/>
       <c r="BA19" s="171" t="s">
-        <v>2520</v>
+        <v>2517</v>
       </c>
       <c r="BB19" s="204" t="s">
-        <v>2538</v>
+        <v>2535</v>
       </c>
       <c r="BC19" s="170"/>
       <c r="BE19" s="171"/>
       <c r="BF19" s="170"/>
       <c r="BG19" s="170"/>
       <c r="BH19" s="170"/>
       <c r="BI19" s="170"/>
       <c r="BJ19" s="170"/>
       <c r="BK19" s="170"/>
       <c r="BL19" s="170"/>
       <c r="BM19" s="170"/>
       <c r="BN19" s="170"/>
       <c r="BO19" s="170"/>
       <c r="BP19" s="170"/>
       <c r="BQ19" s="170"/>
       <c r="BR19" s="170"/>
       <c r="BS19" s="170"/>
     </row>
     <row r="20" spans="1:72" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="5" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="C20" s="29"/>
       <c r="D20" s="29"/>
       <c r="E20" s="29"/>
       <c r="F20" s="29"/>
       <c r="G20" s="6"/>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
       <c r="L20" s="6"/>
       <c r="M20" s="6"/>
       <c r="N20" s="6"/>
       <c r="O20" s="6"/>
       <c r="P20" s="6"/>
       <c r="Q20" s="6"/>
       <c r="R20" s="6"/>
       <c r="S20" s="6"/>
       <c r="T20" s="6"/>
       <c r="U20" s="6"/>
       <c r="V20" s="6"/>
       <c r="W20" s="6"/>
       <c r="X20" s="6"/>
-      <c r="Y20" s="321" t="s">
-[...12 lines deleted...]
-      <c r="AJ20" s="323"/>
+      <c r="Y20" s="326" t="s">
+        <v>50</v>
+      </c>
+      <c r="Z20" s="327"/>
+      <c r="AA20" s="327"/>
+      <c r="AB20" s="327"/>
+      <c r="AC20" s="327"/>
+      <c r="AD20" s="327"/>
+      <c r="AE20" s="327"/>
+      <c r="AF20" s="327"/>
+      <c r="AG20" s="327"/>
+      <c r="AH20" s="327"/>
+      <c r="AI20" s="327"/>
+      <c r="AJ20" s="328"/>
       <c r="AK20" s="141"/>
       <c r="AQ20" s="170"/>
       <c r="AR20" s="170"/>
       <c r="AS20" s="170"/>
       <c r="AT20" s="170"/>
       <c r="AU20" s="170"/>
       <c r="AV20" s="170"/>
       <c r="AW20" s="170"/>
       <c r="AX20" s="170"/>
       <c r="AY20" s="170"/>
       <c r="AZ20" s="170"/>
       <c r="BA20" s="171" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="BB20" s="202" t="s">
-        <v>2539</v>
+        <v>2536</v>
       </c>
       <c r="BC20" s="170"/>
       <c r="BE20" s="171"/>
       <c r="BF20" s="170"/>
       <c r="BG20" s="170"/>
       <c r="BH20" s="170"/>
       <c r="BI20" s="170"/>
       <c r="BJ20" s="170"/>
       <c r="BK20" s="170"/>
       <c r="BL20" s="170"/>
       <c r="BM20" s="170"/>
       <c r="BN20" s="170"/>
       <c r="BO20" s="170"/>
       <c r="BP20" s="170"/>
       <c r="BQ20" s="170"/>
       <c r="BR20" s="170"/>
       <c r="BS20" s="170"/>
       <c r="BT20" s="171"/>
     </row>
     <row r="21" spans="1:72" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="13"/>
-      <c r="C21" s="311" t="s">
+      <c r="C21" s="316" t="s">
+        <v>4</v>
+      </c>
+      <c r="D21" s="316"/>
+      <c r="E21" s="104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" s="288" t="s">
         <v>5</v>
       </c>
-      <c r="D21" s="311"/>
-      <c r="E21" s="104" t="s">
+      <c r="G21" s="288"/>
+      <c r="H21" s="288"/>
+      <c r="I21" s="288"/>
+      <c r="J21" s="104" t="s">
+        <v>21</v>
+      </c>
+      <c r="K21" s="104"/>
+      <c r="L21" s="316" t="s">
         <v>22</v>
       </c>
-      <c r="F21" s="283" t="s">
-[...14 lines deleted...]
-      <c r="O21" s="312"/>
+      <c r="M21" s="316"/>
+      <c r="N21" s="316"/>
+      <c r="O21" s="317"/>
       <c r="P21" s="30"/>
       <c r="Q21" s="31"/>
       <c r="R21" s="31"/>
       <c r="S21" s="31"/>
       <c r="T21" s="31"/>
       <c r="U21" s="31"/>
       <c r="V21" s="31"/>
       <c r="W21" s="32"/>
       <c r="X21" s="13"/>
-      <c r="Y21" s="324"/>
-[...10 lines deleted...]
-      <c r="AJ21" s="325"/>
+      <c r="Y21" s="329"/>
+      <c r="Z21" s="329"/>
+      <c r="AA21" s="329"/>
+      <c r="AB21" s="329"/>
+      <c r="AC21" s="329"/>
+      <c r="AD21" s="329"/>
+      <c r="AE21" s="329"/>
+      <c r="AF21" s="329"/>
+      <c r="AG21" s="329"/>
+      <c r="AH21" s="329"/>
+      <c r="AI21" s="329"/>
+      <c r="AJ21" s="330"/>
       <c r="AK21" s="141"/>
       <c r="AP21" s="166" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="BA21" s="171" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="BB21" s="202" t="s">
-        <v>2540</v>
+        <v>2537</v>
       </c>
     </row>
     <row r="22" spans="1:72" ht="4.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="19"/>
       <c r="C22" s="20"/>
       <c r="D22" s="20"/>
       <c r="E22" s="20"/>
       <c r="F22" s="20"/>
       <c r="G22" s="20"/>
       <c r="H22" s="20"/>
       <c r="I22" s="20"/>
       <c r="J22" s="20"/>
       <c r="K22" s="20"/>
       <c r="L22" s="20"/>
       <c r="M22" s="20"/>
       <c r="N22" s="33"/>
       <c r="O22" s="20"/>
       <c r="P22" s="20"/>
       <c r="Q22" s="20"/>
       <c r="R22" s="20"/>
       <c r="S22" s="20"/>
       <c r="T22" s="20"/>
       <c r="U22" s="20"/>
       <c r="V22" s="20"/>
       <c r="W22" s="20"/>
       <c r="X22" s="20"/>
-      <c r="Y22" s="326"/>
-[...10 lines deleted...]
-      <c r="AJ22" s="327"/>
+      <c r="Y22" s="331"/>
+      <c r="Z22" s="331"/>
+      <c r="AA22" s="331"/>
+      <c r="AB22" s="331"/>
+      <c r="AC22" s="331"/>
+      <c r="AD22" s="331"/>
+      <c r="AE22" s="331"/>
+      <c r="AF22" s="331"/>
+      <c r="AG22" s="331"/>
+      <c r="AH22" s="331"/>
+      <c r="AI22" s="331"/>
+      <c r="AJ22" s="332"/>
       <c r="AK22" s="141"/>
       <c r="AP22" s="166" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="BA22" s="171" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="BB22" s="202" t="s">
-        <v>2541</v>
+        <v>2538</v>
       </c>
     </row>
     <row r="23" spans="1:72" ht="13.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B23" s="34" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="D23" s="28"/>
       <c r="E23" s="28"/>
       <c r="F23" s="35"/>
       <c r="G23" s="35"/>
       <c r="H23" s="35"/>
       <c r="I23" s="35"/>
       <c r="J23" s="35"/>
       <c r="K23" s="35"/>
       <c r="L23" s="35"/>
       <c r="M23" s="35"/>
       <c r="N23" s="35"/>
       <c r="O23" s="35"/>
       <c r="P23" s="35"/>
       <c r="Q23" s="35"/>
       <c r="R23" s="35"/>
       <c r="S23" s="35"/>
       <c r="T23" s="35"/>
       <c r="U23" s="36"/>
       <c r="V23" s="13" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="W23" s="14"/>
       <c r="X23" s="14"/>
       <c r="Y23" s="14"/>
       <c r="Z23" s="14"/>
       <c r="AA23" s="14"/>
       <c r="AB23" s="14"/>
       <c r="AC23" s="14"/>
       <c r="AD23" s="14"/>
       <c r="AE23" s="14"/>
       <c r="AF23" s="14"/>
       <c r="AG23" s="14"/>
       <c r="AH23" s="14"/>
       <c r="AI23" s="14"/>
       <c r="AJ23" s="15"/>
       <c r="AK23" s="121"/>
       <c r="AM23" s="2"/>
       <c r="AP23" s="166" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="BA23" s="171" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="BB23" s="202" t="s">
-        <v>2542</v>
+        <v>2539</v>
       </c>
     </row>
     <row r="24" spans="1:72" ht="18" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B24" s="284"/>
-[...33 lines deleted...]
-      <c r="AJ24" s="372"/>
+      <c r="B24" s="289"/>
+      <c r="C24" s="290"/>
+      <c r="D24" s="290"/>
+      <c r="E24" s="290"/>
+      <c r="F24" s="290"/>
+      <c r="G24" s="290"/>
+      <c r="H24" s="290"/>
+      <c r="I24" s="290"/>
+      <c r="J24" s="290"/>
+      <c r="K24" s="290"/>
+      <c r="L24" s="290"/>
+      <c r="M24" s="290"/>
+      <c r="N24" s="290"/>
+      <c r="O24" s="290"/>
+      <c r="P24" s="290"/>
+      <c r="Q24" s="290"/>
+      <c r="R24" s="290"/>
+      <c r="S24" s="290"/>
+      <c r="T24" s="290"/>
+      <c r="U24" s="291"/>
+      <c r="V24" s="372"/>
+      <c r="W24" s="373"/>
+      <c r="X24" s="373"/>
+      <c r="Y24" s="373"/>
+      <c r="Z24" s="373"/>
+      <c r="AA24" s="373"/>
+      <c r="AB24" s="373"/>
+      <c r="AC24" s="373"/>
+      <c r="AD24" s="373"/>
+      <c r="AE24" s="373"/>
+      <c r="AF24" s="373"/>
+      <c r="AG24" s="373"/>
+      <c r="AH24" s="373"/>
+      <c r="AI24" s="373"/>
+      <c r="AJ24" s="374"/>
       <c r="AK24" s="142"/>
       <c r="AM24" s="2"/>
       <c r="AP24" s="166" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="BA24" s="171" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="BB24" s="202" t="s">
-        <v>2543</v>
+        <v>2540</v>
       </c>
     </row>
     <row r="25" spans="1:72" ht="3.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B25" s="17"/>
       <c r="C25" s="17"/>
       <c r="D25" s="17"/>
       <c r="E25" s="17"/>
       <c r="F25" s="17"/>
       <c r="G25" s="17"/>
       <c r="H25" s="17"/>
       <c r="I25" s="17"/>
       <c r="J25" s="17"/>
       <c r="K25" s="178"/>
       <c r="L25" s="17"/>
       <c r="M25" s="17"/>
       <c r="N25" s="17"/>
       <c r="O25" s="17"/>
       <c r="P25" s="17"/>
       <c r="Q25" s="17"/>
       <c r="R25" s="17"/>
       <c r="S25" s="17"/>
       <c r="T25" s="17"/>
       <c r="U25" s="17"/>
       <c r="V25" s="17"/>
       <c r="W25" s="17"/>
       <c r="X25" s="17"/>
       <c r="Y25" s="17"/>
       <c r="Z25" s="17"/>
       <c r="AA25" s="17"/>
       <c r="AB25" s="17"/>
       <c r="AC25" s="17"/>
       <c r="AD25" s="17"/>
       <c r="AE25" s="17"/>
       <c r="AF25" s="17"/>
       <c r="AG25" s="17"/>
       <c r="AH25" s="17"/>
       <c r="AI25" s="17"/>
       <c r="AJ25" s="37"/>
       <c r="AK25" s="37"/>
       <c r="AP25" s="166" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="BA25" s="171" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB25" s="202" t="s">
+        <v>2541</v>
+      </c>
+    </row>
+    <row r="26" spans="1:72" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A26" s="238" t="s">
         <v>87</v>
       </c>
-      <c r="BB25" s="202" t="s">
-[...43 lines deleted...]
-      <c r="AL26" s="233"/>
+      <c r="B26" s="238"/>
+      <c r="C26" s="238"/>
+      <c r="D26" s="238"/>
+      <c r="E26" s="238"/>
+      <c r="F26" s="238"/>
+      <c r="G26" s="238"/>
+      <c r="H26" s="238"/>
+      <c r="I26" s="238"/>
+      <c r="J26" s="238"/>
+      <c r="K26" s="238"/>
+      <c r="L26" s="238"/>
+      <c r="M26" s="238"/>
+      <c r="N26" s="238"/>
+      <c r="O26" s="238"/>
+      <c r="P26" s="238"/>
+      <c r="Q26" s="238"/>
+      <c r="R26" s="238"/>
+      <c r="S26" s="238"/>
+      <c r="T26" s="238"/>
+      <c r="U26" s="238"/>
+      <c r="V26" s="238"/>
+      <c r="W26" s="238"/>
+      <c r="X26" s="238"/>
+      <c r="Y26" s="238"/>
+      <c r="Z26" s="238"/>
+      <c r="AA26" s="238"/>
+      <c r="AB26" s="238"/>
+      <c r="AC26" s="238"/>
+      <c r="AD26" s="238"/>
+      <c r="AE26" s="238"/>
+      <c r="AF26" s="238"/>
+      <c r="AG26" s="238"/>
+      <c r="AH26" s="238"/>
+      <c r="AI26" s="238"/>
+      <c r="AJ26" s="238"/>
+      <c r="AK26" s="238"/>
+      <c r="AL26" s="238"/>
       <c r="AP26" s="166" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="BB26" s="204"/>
     </row>
     <row r="27" spans="1:72" ht="13.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A27" s="1"/>
       <c r="B27" s="177" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="C27" s="1"/>
       <c r="D27" s="1"/>
       <c r="E27" s="1"/>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
       <c r="I27" s="1"/>
       <c r="J27" s="1"/>
       <c r="K27" s="1"/>
       <c r="L27" s="1"/>
       <c r="M27" s="1"/>
       <c r="N27" s="1"/>
       <c r="O27" s="1"/>
       <c r="P27" s="1"/>
       <c r="Q27" s="1"/>
       <c r="R27" s="1"/>
       <c r="S27" s="1"/>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
       <c r="AP27" s="166" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
     </row>
     <row r="28" spans="1:72" ht="13.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B28" s="224" t="s">
-[...41 lines deleted...]
-      <c r="AJ28" s="221"/>
+      <c r="B28" s="229" t="s">
+        <v>63</v>
+      </c>
+      <c r="C28" s="230"/>
+      <c r="D28" s="230"/>
+      <c r="E28" s="230"/>
+      <c r="F28" s="230"/>
+      <c r="G28" s="230"/>
+      <c r="H28" s="230"/>
+      <c r="I28" s="230"/>
+      <c r="J28" s="230"/>
+      <c r="K28" s="230"/>
+      <c r="L28" s="230"/>
+      <c r="M28" s="231"/>
+      <c r="N28" s="224" t="s">
+        <v>66</v>
+      </c>
+      <c r="O28" s="225"/>
+      <c r="P28" s="225"/>
+      <c r="Q28" s="225"/>
+      <c r="R28" s="226"/>
+      <c r="S28" s="224" t="s">
+        <v>2442</v>
+      </c>
+      <c r="T28" s="225"/>
+      <c r="U28" s="225"/>
+      <c r="V28" s="225"/>
+      <c r="W28" s="225"/>
+      <c r="X28" s="225"/>
+      <c r="Y28" s="225"/>
+      <c r="Z28" s="225"/>
+      <c r="AA28" s="226"/>
+      <c r="AB28" s="224" t="s">
+        <v>67</v>
+      </c>
+      <c r="AC28" s="225"/>
+      <c r="AD28" s="225"/>
+      <c r="AE28" s="225"/>
+      <c r="AF28" s="225"/>
+      <c r="AG28" s="225"/>
+      <c r="AH28" s="225"/>
+      <c r="AI28" s="225"/>
+      <c r="AJ28" s="226"/>
       <c r="AK28" s="143"/>
       <c r="AM28" s="2"/>
       <c r="AP28" s="166" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
     </row>
     <row r="29" spans="1:72" x14ac:dyDescent="0.15">
-      <c r="B29" s="287"/>
-[...10 lines deleted...]
-      <c r="M29" s="222"/>
+      <c r="B29" s="292"/>
+      <c r="C29" s="227"/>
+      <c r="D29" s="227"/>
+      <c r="E29" s="227"/>
+      <c r="F29" s="227"/>
+      <c r="G29" s="227"/>
+      <c r="H29" s="227"/>
+      <c r="I29" s="227"/>
+      <c r="J29" s="227"/>
+      <c r="K29" s="227"/>
+      <c r="L29" s="227"/>
+      <c r="M29" s="227"/>
       <c r="N29" s="38"/>
       <c r="O29" s="39"/>
       <c r="P29" s="39"/>
       <c r="Q29" s="39"/>
       <c r="R29" s="40"/>
-      <c r="S29" s="287"/>
-[...16 lines deleted...]
-      <c r="AJ29" s="223"/>
+      <c r="S29" s="292"/>
+      <c r="T29" s="227"/>
+      <c r="U29" s="227"/>
+      <c r="V29" s="227"/>
+      <c r="W29" s="227"/>
+      <c r="X29" s="227"/>
+      <c r="Y29" s="227"/>
+      <c r="Z29" s="227"/>
+      <c r="AA29" s="228"/>
+      <c r="AB29" s="227"/>
+      <c r="AC29" s="227"/>
+      <c r="AD29" s="227"/>
+      <c r="AE29" s="227"/>
+      <c r="AF29" s="227"/>
+      <c r="AG29" s="227"/>
+      <c r="AH29" s="227"/>
+      <c r="AI29" s="227"/>
+      <c r="AJ29" s="228"/>
       <c r="AK29" s="144"/>
       <c r="AM29" s="2"/>
     </row>
     <row r="30" spans="1:72" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B30" s="251" t="s">
-[...5 lines deleted...]
-      <c r="F30" s="252"/>
+      <c r="B30" s="256" t="s">
+        <v>64</v>
+      </c>
+      <c r="C30" s="257"/>
+      <c r="D30" s="257"/>
+      <c r="E30" s="257"/>
+      <c r="F30" s="257"/>
       <c r="G30" s="7" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="H30" s="41"/>
       <c r="I30" s="41"/>
-      <c r="J30" s="247"/>
-[...8 lines deleted...]
-      <c r="S30" s="351" t="s">
+      <c r="J30" s="252"/>
+      <c r="K30" s="252"/>
+      <c r="L30" s="252"/>
+      <c r="M30" s="252"/>
+      <c r="N30" s="252"/>
+      <c r="O30" s="252"/>
+      <c r="P30" s="252"/>
+      <c r="Q30" s="252"/>
+      <c r="R30" s="252"/>
+      <c r="S30" s="353" t="s">
+        <v>7</v>
+      </c>
+      <c r="T30" s="353"/>
+      <c r="U30" s="353"/>
+      <c r="V30" s="252"/>
+      <c r="W30" s="252"/>
+      <c r="X30" s="252"/>
+      <c r="Y30" s="252"/>
+      <c r="Z30" s="252"/>
+      <c r="AA30" s="252"/>
+      <c r="AB30" s="252"/>
+      <c r="AC30" s="252"/>
+      <c r="AD30" s="252"/>
+      <c r="AE30" s="252"/>
+      <c r="AF30" s="252"/>
+      <c r="AG30" s="252"/>
+      <c r="AH30" s="252"/>
+      <c r="AI30" s="252"/>
+      <c r="AJ30" s="253"/>
+      <c r="AK30" s="129"/>
+    </row>
+    <row r="31" spans="1:72" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B31" s="258"/>
+      <c r="C31" s="259"/>
+      <c r="D31" s="259"/>
+      <c r="E31" s="259"/>
+      <c r="F31" s="259"/>
+      <c r="G31" s="247" t="s">
         <v>8</v>
       </c>
-      <c r="T30" s="351"/>
-[...24 lines deleted...]
-      <c r="G31" s="242" t="s">
+      <c r="H31" s="248"/>
+      <c r="I31" s="248"/>
+      <c r="J31" s="248"/>
+      <c r="K31" s="248"/>
+      <c r="L31" s="248"/>
+      <c r="M31" s="234"/>
+      <c r="N31" s="234"/>
+      <c r="O31" s="234"/>
+      <c r="P31" s="234"/>
+      <c r="Q31" s="234"/>
+      <c r="R31" s="234"/>
+      <c r="S31" s="255" t="s">
         <v>9</v>
       </c>
-      <c r="H31" s="243"/>
-[...10 lines deleted...]
-      <c r="S31" s="250" t="s">
+      <c r="T31" s="255"/>
+      <c r="U31" s="255"/>
+      <c r="V31" s="234"/>
+      <c r="W31" s="234"/>
+      <c r="X31" s="234"/>
+      <c r="Y31" s="234"/>
+      <c r="Z31" s="234"/>
+      <c r="AA31" s="234"/>
+      <c r="AB31" s="237" t="s">
         <v>10</v>
       </c>
-      <c r="T31" s="250"/>
-[...17 lines deleted...]
-      <c r="AJ31" s="230"/>
+      <c r="AC31" s="237"/>
+      <c r="AD31" s="237"/>
+      <c r="AE31" s="234"/>
+      <c r="AF31" s="234"/>
+      <c r="AG31" s="234"/>
+      <c r="AH31" s="234"/>
+      <c r="AI31" s="234"/>
+      <c r="AJ31" s="235"/>
       <c r="AK31" s="145"/>
     </row>
     <row r="32" spans="1:72" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B32" s="251" t="s">
-[...5 lines deleted...]
-      <c r="F32" s="346"/>
+      <c r="B32" s="256" t="s">
+        <v>65</v>
+      </c>
+      <c r="C32" s="351"/>
+      <c r="D32" s="351"/>
+      <c r="E32" s="351"/>
+      <c r="F32" s="351"/>
       <c r="G32" s="7" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="H32" s="41"/>
       <c r="I32" s="41"/>
-      <c r="J32" s="247"/>
-[...8 lines deleted...]
-      <c r="S32" s="351" t="s">
+      <c r="J32" s="252"/>
+      <c r="K32" s="252"/>
+      <c r="L32" s="252"/>
+      <c r="M32" s="252"/>
+      <c r="N32" s="252"/>
+      <c r="O32" s="252"/>
+      <c r="P32" s="252"/>
+      <c r="Q32" s="252"/>
+      <c r="R32" s="252"/>
+      <c r="S32" s="353" t="s">
+        <v>7</v>
+      </c>
+      <c r="T32" s="353"/>
+      <c r="U32" s="353"/>
+      <c r="V32" s="252"/>
+      <c r="W32" s="252"/>
+      <c r="X32" s="252"/>
+      <c r="Y32" s="252"/>
+      <c r="Z32" s="252"/>
+      <c r="AA32" s="252"/>
+      <c r="AB32" s="252"/>
+      <c r="AC32" s="252"/>
+      <c r="AD32" s="252"/>
+      <c r="AE32" s="252"/>
+      <c r="AF32" s="252"/>
+      <c r="AG32" s="252"/>
+      <c r="AH32" s="252"/>
+      <c r="AI32" s="252"/>
+      <c r="AJ32" s="253"/>
+      <c r="AK32" s="129"/>
+    </row>
+    <row r="33" spans="1:126" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B33" s="370"/>
+      <c r="C33" s="371"/>
+      <c r="D33" s="371"/>
+      <c r="E33" s="371"/>
+      <c r="F33" s="371"/>
+      <c r="G33" s="247" t="s">
         <v>8</v>
       </c>
-      <c r="T32" s="351"/>
-[...24 lines deleted...]
-      <c r="G33" s="242" t="s">
+      <c r="H33" s="248"/>
+      <c r="I33" s="248"/>
+      <c r="J33" s="248"/>
+      <c r="K33" s="248"/>
+      <c r="L33" s="248"/>
+      <c r="M33" s="234"/>
+      <c r="N33" s="234"/>
+      <c r="O33" s="234"/>
+      <c r="P33" s="234"/>
+      <c r="Q33" s="234"/>
+      <c r="R33" s="234"/>
+      <c r="S33" s="255" t="s">
         <v>9</v>
       </c>
-      <c r="H33" s="243"/>
-[...10 lines deleted...]
-      <c r="S33" s="250" t="s">
+      <c r="T33" s="255"/>
+      <c r="U33" s="255"/>
+      <c r="V33" s="234"/>
+      <c r="W33" s="234"/>
+      <c r="X33" s="234"/>
+      <c r="Y33" s="234"/>
+      <c r="Z33" s="234"/>
+      <c r="AA33" s="234"/>
+      <c r="AB33" s="237" t="s">
         <v>10</v>
       </c>
-      <c r="T33" s="250"/>
-[...17 lines deleted...]
-      <c r="AJ33" s="230"/>
+      <c r="AC33" s="237"/>
+      <c r="AD33" s="237"/>
+      <c r="AE33" s="234"/>
+      <c r="AF33" s="234"/>
+      <c r="AG33" s="234"/>
+      <c r="AH33" s="234"/>
+      <c r="AI33" s="234"/>
+      <c r="AJ33" s="235"/>
       <c r="AK33" s="145"/>
     </row>
     <row r="34" spans="1:126" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="42" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="C34" s="43"/>
       <c r="D34" s="43"/>
       <c r="E34" s="43"/>
       <c r="F34" s="43"/>
       <c r="G34" s="43"/>
       <c r="H34" s="44"/>
       <c r="I34" s="44"/>
       <c r="J34" s="45"/>
       <c r="K34" s="45"/>
       <c r="L34" s="45"/>
       <c r="M34" s="45"/>
       <c r="N34" s="45"/>
       <c r="O34" s="45"/>
       <c r="P34" s="46"/>
       <c r="Q34" s="46"/>
       <c r="R34" s="46"/>
       <c r="S34" s="44"/>
       <c r="T34" s="44"/>
       <c r="U34" s="44"/>
       <c r="V34" s="46"/>
       <c r="W34" s="46"/>
       <c r="X34" s="46"/>
       <c r="Y34" s="46"/>
       <c r="Z34" s="46"/>
       <c r="AA34" s="46"/>
       <c r="AB34" s="47"/>
       <c r="AC34" s="47"/>
       <c r="AD34" s="47"/>
       <c r="AE34" s="46"/>
       <c r="AF34" s="46"/>
       <c r="AG34" s="46"/>
       <c r="AH34" s="46"/>
       <c r="AI34" s="46"/>
       <c r="AJ34" s="48"/>
       <c r="AK34" s="125"/>
     </row>
     <row r="35" spans="1:126" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="110"/>
-      <c r="C35" s="234" t="s">
-[...2 lines deleted...]
-      <c r="D35" s="234"/>
+      <c r="C35" s="239" t="s">
+        <v>23</v>
+      </c>
+      <c r="D35" s="239"/>
       <c r="E35" s="116" t="s">
-        <v>22</v>
-[...4 lines deleted...]
-      <c r="G35" s="234"/>
+        <v>20</v>
+      </c>
+      <c r="F35" s="239" t="s">
+        <v>24</v>
+      </c>
+      <c r="G35" s="239"/>
       <c r="H35" s="117" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="I35" s="35"/>
       <c r="J35" s="118" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="K35" s="118"/>
       <c r="L35" s="35"/>
       <c r="M35" s="36"/>
       <c r="N35" s="113"/>
       <c r="O35" s="112"/>
       <c r="P35" s="113"/>
       <c r="Q35" s="113"/>
       <c r="R35" s="113"/>
       <c r="S35" s="111"/>
       <c r="T35" s="111"/>
       <c r="U35" s="111"/>
       <c r="V35" s="113"/>
       <c r="W35" s="113"/>
       <c r="X35" s="113"/>
       <c r="Y35" s="113"/>
       <c r="Z35" s="113"/>
       <c r="AA35" s="113"/>
       <c r="AB35" s="114"/>
       <c r="AC35" s="114"/>
       <c r="AD35" s="114"/>
       <c r="AE35" s="113"/>
       <c r="AF35" s="113"/>
       <c r="AG35" s="113"/>
       <c r="AH35" s="113"/>
       <c r="AI35" s="113"/>
       <c r="AJ35" s="115"/>
       <c r="AK35" s="125"/>
     </row>
     <row r="36" spans="1:126" ht="24.75" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B36" s="244" t="s">
-[...35 lines deleted...]
-      <c r="AJ36" s="246"/>
+      <c r="B36" s="249" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C36" s="250"/>
+      <c r="D36" s="250"/>
+      <c r="E36" s="250"/>
+      <c r="F36" s="250"/>
+      <c r="G36" s="250"/>
+      <c r="H36" s="250"/>
+      <c r="I36" s="250"/>
+      <c r="J36" s="250"/>
+      <c r="K36" s="250"/>
+      <c r="L36" s="250"/>
+      <c r="M36" s="250"/>
+      <c r="N36" s="250"/>
+      <c r="O36" s="250"/>
+      <c r="P36" s="250"/>
+      <c r="Q36" s="250"/>
+      <c r="R36" s="250"/>
+      <c r="S36" s="250"/>
+      <c r="T36" s="250"/>
+      <c r="U36" s="250"/>
+      <c r="V36" s="250"/>
+      <c r="W36" s="250"/>
+      <c r="X36" s="250"/>
+      <c r="Y36" s="250"/>
+      <c r="Z36" s="250"/>
+      <c r="AA36" s="250"/>
+      <c r="AB36" s="250"/>
+      <c r="AC36" s="250"/>
+      <c r="AD36" s="250"/>
+      <c r="AE36" s="250"/>
+      <c r="AF36" s="250"/>
+      <c r="AG36" s="250"/>
+      <c r="AH36" s="250"/>
+      <c r="AI36" s="250"/>
+      <c r="AJ36" s="251"/>
       <c r="AK36" s="176"/>
     </row>
     <row r="37" spans="1:126" ht="13.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B37" s="110"/>
       <c r="C37" s="89" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="D37" s="116"/>
       <c r="E37" s="116"/>
       <c r="F37" s="116"/>
       <c r="G37" s="116"/>
       <c r="H37" s="117"/>
       <c r="I37" s="35"/>
       <c r="J37" s="118"/>
       <c r="K37" s="118"/>
       <c r="L37" s="35"/>
       <c r="M37" s="35"/>
-      <c r="N37" s="293"/>
-[...21 lines deleted...]
-      <c r="AJ37" s="295"/>
+      <c r="N37" s="298"/>
+      <c r="O37" s="299"/>
+      <c r="P37" s="299"/>
+      <c r="Q37" s="299"/>
+      <c r="R37" s="299"/>
+      <c r="S37" s="299"/>
+      <c r="T37" s="299"/>
+      <c r="U37" s="299"/>
+      <c r="V37" s="299"/>
+      <c r="W37" s="299"/>
+      <c r="X37" s="299"/>
+      <c r="Y37" s="299"/>
+      <c r="Z37" s="299"/>
+      <c r="AA37" s="299"/>
+      <c r="AB37" s="299"/>
+      <c r="AC37" s="299"/>
+      <c r="AD37" s="299"/>
+      <c r="AE37" s="299"/>
+      <c r="AF37" s="299"/>
+      <c r="AG37" s="299"/>
+      <c r="AH37" s="299"/>
+      <c r="AI37" s="299"/>
+      <c r="AJ37" s="300"/>
       <c r="AK37" s="146"/>
     </row>
     <row r="38" spans="1:126" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="110"/>
-      <c r="C38" s="271"/>
-[...2 lines deleted...]
-      <c r="F38" s="272"/>
+      <c r="C38" s="276"/>
+      <c r="D38" s="277"/>
+      <c r="E38" s="277"/>
+      <c r="F38" s="277"/>
       <c r="G38" s="16" t="s">
+        <v>6</v>
+      </c>
+      <c r="H38" s="119"/>
+      <c r="I38" s="301"/>
+      <c r="J38" s="302"/>
+      <c r="K38" s="302"/>
+      <c r="L38" s="302"/>
+      <c r="M38" s="302"/>
+      <c r="N38" s="302"/>
+      <c r="O38" s="302"/>
+      <c r="P38" s="302"/>
+      <c r="Q38" s="302"/>
+      <c r="R38" s="302"/>
+      <c r="S38" s="279" t="s">
         <v>7</v>
       </c>
-      <c r="H38" s="119"/>
-[...29 lines deleted...]
-      <c r="AJ38" s="276"/>
+      <c r="T38" s="279"/>
+      <c r="U38" s="279"/>
+      <c r="V38" s="280"/>
+      <c r="W38" s="280"/>
+      <c r="X38" s="280"/>
+      <c r="Y38" s="280"/>
+      <c r="Z38" s="280"/>
+      <c r="AA38" s="280"/>
+      <c r="AB38" s="280"/>
+      <c r="AC38" s="280"/>
+      <c r="AD38" s="280"/>
+      <c r="AE38" s="280"/>
+      <c r="AF38" s="280"/>
+      <c r="AG38" s="280"/>
+      <c r="AH38" s="280"/>
+      <c r="AI38" s="280"/>
+      <c r="AJ38" s="281"/>
       <c r="AK38" s="129"/>
     </row>
     <row r="39" spans="1:126" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="49"/>
-      <c r="C39" s="273"/>
-[...3 lines deleted...]
-      <c r="G39" s="242" t="s">
+      <c r="C39" s="278"/>
+      <c r="D39" s="278"/>
+      <c r="E39" s="278"/>
+      <c r="F39" s="278"/>
+      <c r="G39" s="247" t="s">
+        <v>8</v>
+      </c>
+      <c r="H39" s="248"/>
+      <c r="I39" s="248"/>
+      <c r="J39" s="248"/>
+      <c r="K39" s="248"/>
+      <c r="L39" s="248"/>
+      <c r="M39" s="234"/>
+      <c r="N39" s="234"/>
+      <c r="O39" s="234"/>
+      <c r="P39" s="234"/>
+      <c r="Q39" s="234"/>
+      <c r="R39" s="234"/>
+      <c r="S39" s="255" t="s">
         <v>9</v>
       </c>
-      <c r="H39" s="243"/>
-[...10 lines deleted...]
-      <c r="S39" s="250" t="s">
+      <c r="T39" s="255"/>
+      <c r="U39" s="255"/>
+      <c r="V39" s="234"/>
+      <c r="W39" s="234"/>
+      <c r="X39" s="234"/>
+      <c r="Y39" s="234"/>
+      <c r="Z39" s="234"/>
+      <c r="AA39" s="234"/>
+      <c r="AB39" s="237" t="s">
         <v>10</v>
       </c>
-      <c r="T39" s="250"/>
-[...17 lines deleted...]
-      <c r="AJ39" s="230"/>
+      <c r="AC39" s="237"/>
+      <c r="AD39" s="237"/>
+      <c r="AE39" s="234"/>
+      <c r="AF39" s="234"/>
+      <c r="AG39" s="234"/>
+      <c r="AH39" s="234"/>
+      <c r="AI39" s="234"/>
+      <c r="AJ39" s="235"/>
       <c r="AK39" s="145"/>
       <c r="AM39" s="2"/>
       <c r="AP39" s="172"/>
     </row>
     <row r="40" spans="1:126" ht="27" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A40" s="51"/>
-      <c r="B40" s="292" t="s">
-[...35 lines deleted...]
-      <c r="AJ40" s="292"/>
+      <c r="B40" s="297" t="s">
+        <v>53</v>
+      </c>
+      <c r="C40" s="297"/>
+      <c r="D40" s="297"/>
+      <c r="E40" s="297"/>
+      <c r="F40" s="297"/>
+      <c r="G40" s="297"/>
+      <c r="H40" s="297"/>
+      <c r="I40" s="297"/>
+      <c r="J40" s="297"/>
+      <c r="K40" s="297"/>
+      <c r="L40" s="297"/>
+      <c r="M40" s="297"/>
+      <c r="N40" s="297"/>
+      <c r="O40" s="297"/>
+      <c r="P40" s="297"/>
+      <c r="Q40" s="297"/>
+      <c r="R40" s="297"/>
+      <c r="S40" s="297"/>
+      <c r="T40" s="297"/>
+      <c r="U40" s="297"/>
+      <c r="V40" s="297"/>
+      <c r="W40" s="297"/>
+      <c r="X40" s="297"/>
+      <c r="Y40" s="297"/>
+      <c r="Z40" s="297"/>
+      <c r="AA40" s="297"/>
+      <c r="AB40" s="297"/>
+      <c r="AC40" s="297"/>
+      <c r="AD40" s="297"/>
+      <c r="AE40" s="297"/>
+      <c r="AF40" s="297"/>
+      <c r="AG40" s="297"/>
+      <c r="AH40" s="297"/>
+      <c r="AI40" s="297"/>
+      <c r="AJ40" s="297"/>
       <c r="AK40" s="124"/>
       <c r="AL40" s="51"/>
       <c r="AM40" s="50"/>
       <c r="AN40" s="52"/>
       <c r="AO40" s="52"/>
       <c r="AP40" s="172"/>
       <c r="AQ40" s="172"/>
       <c r="AR40" s="172"/>
       <c r="AS40" s="172"/>
       <c r="AT40" s="172"/>
       <c r="AU40" s="172"/>
       <c r="AV40" s="172"/>
       <c r="AW40" s="172"/>
       <c r="AX40" s="172"/>
       <c r="AY40" s="172"/>
       <c r="AZ40" s="172"/>
       <c r="BA40" s="172"/>
       <c r="BB40" s="172"/>
       <c r="BC40" s="172"/>
       <c r="BE40" s="172"/>
       <c r="BF40" s="172"/>
       <c r="BG40" s="172"/>
       <c r="BH40" s="172"/>
       <c r="BI40" s="172"/>
       <c r="BJ40" s="172"/>
@@ -25701,175 +25860,175 @@
       <c r="DA40" s="52"/>
       <c r="DB40" s="52"/>
       <c r="DC40" s="52"/>
       <c r="DD40" s="52"/>
       <c r="DE40" s="52"/>
       <c r="DF40" s="52"/>
       <c r="DG40" s="52"/>
       <c r="DH40" s="52"/>
       <c r="DI40" s="52"/>
       <c r="DJ40" s="52"/>
       <c r="DK40" s="52"/>
       <c r="DL40" s="52"/>
       <c r="DM40" s="52"/>
       <c r="DN40" s="52"/>
       <c r="DO40" s="52"/>
       <c r="DP40" s="52"/>
       <c r="DQ40" s="52"/>
       <c r="DR40" s="52"/>
       <c r="DS40" s="52"/>
       <c r="DT40" s="52"/>
       <c r="DU40" s="52"/>
       <c r="DV40" s="52"/>
     </row>
     <row r="41" spans="1:126" s="52" customFormat="1" ht="3.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A41" s="53"/>
-      <c r="B41" s="236" t="s">
-[...35 lines deleted...]
-      <c r="AJ41" s="236"/>
+      <c r="B41" s="241" t="s">
+        <v>11</v>
+      </c>
+      <c r="C41" s="241"/>
+      <c r="D41" s="241"/>
+      <c r="E41" s="241"/>
+      <c r="F41" s="241"/>
+      <c r="G41" s="241"/>
+      <c r="H41" s="241"/>
+      <c r="I41" s="241"/>
+      <c r="J41" s="241"/>
+      <c r="K41" s="241"/>
+      <c r="L41" s="241"/>
+      <c r="M41" s="241"/>
+      <c r="N41" s="241"/>
+      <c r="O41" s="241"/>
+      <c r="P41" s="241"/>
+      <c r="Q41" s="241"/>
+      <c r="R41" s="241"/>
+      <c r="S41" s="241"/>
+      <c r="T41" s="241"/>
+      <c r="U41" s="241"/>
+      <c r="V41" s="241"/>
+      <c r="W41" s="241"/>
+      <c r="X41" s="241"/>
+      <c r="Y41" s="241"/>
+      <c r="Z41" s="241"/>
+      <c r="AA41" s="241"/>
+      <c r="AB41" s="241"/>
+      <c r="AC41" s="241"/>
+      <c r="AD41" s="241"/>
+      <c r="AE41" s="241"/>
+      <c r="AF41" s="241"/>
+      <c r="AG41" s="241"/>
+      <c r="AH41" s="241"/>
+      <c r="AI41" s="241"/>
+      <c r="AJ41" s="241"/>
       <c r="AK41" s="127"/>
       <c r="AP41" s="174"/>
       <c r="AQ41" s="172"/>
       <c r="AR41" s="172"/>
       <c r="AS41" s="172"/>
       <c r="AT41" s="172"/>
       <c r="AU41" s="172"/>
       <c r="AV41" s="172"/>
       <c r="AW41" s="172"/>
       <c r="AX41" s="172"/>
       <c r="AY41" s="172"/>
       <c r="AZ41" s="172"/>
       <c r="BA41" s="172"/>
       <c r="BB41" s="172"/>
       <c r="BC41" s="172"/>
       <c r="BD41" s="172"/>
       <c r="BE41" s="172"/>
       <c r="BF41" s="172"/>
       <c r="BG41" s="172"/>
       <c r="BH41" s="172"/>
       <c r="BI41" s="172"/>
       <c r="BJ41" s="172"/>
       <c r="BK41" s="172"/>
       <c r="BL41" s="172"/>
       <c r="BM41" s="172"/>
       <c r="BN41" s="172"/>
       <c r="BO41" s="172"/>
       <c r="BP41" s="172"/>
       <c r="BQ41" s="172"/>
       <c r="BR41" s="172"/>
       <c r="BS41" s="172"/>
       <c r="BT41" s="172"/>
       <c r="BU41" s="172"/>
       <c r="BV41" s="172"/>
       <c r="BW41" s="172"/>
       <c r="BX41" s="172"/>
       <c r="BY41" s="172"/>
       <c r="BZ41" s="172"/>
       <c r="CA41" s="172"/>
       <c r="CB41" s="172"/>
       <c r="CC41" s="172"/>
       <c r="CD41" s="172"/>
       <c r="CE41" s="172"/>
       <c r="CF41" s="172"/>
       <c r="CG41" s="172"/>
       <c r="CH41" s="173"/>
     </row>
     <row r="42" spans="1:126" s="52" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A42" s="235" t="s">
-[...38 lines deleted...]
-      <c r="AL42" s="235"/>
+      <c r="A42" s="240" t="s">
+        <v>92</v>
+      </c>
+      <c r="B42" s="240"/>
+      <c r="C42" s="240"/>
+      <c r="D42" s="240"/>
+      <c r="E42" s="240"/>
+      <c r="F42" s="240"/>
+      <c r="G42" s="240"/>
+      <c r="H42" s="240"/>
+      <c r="I42" s="240"/>
+      <c r="J42" s="240"/>
+      <c r="K42" s="240"/>
+      <c r="L42" s="240"/>
+      <c r="M42" s="240"/>
+      <c r="N42" s="240"/>
+      <c r="O42" s="240"/>
+      <c r="P42" s="240"/>
+      <c r="Q42" s="240"/>
+      <c r="R42" s="240"/>
+      <c r="S42" s="240"/>
+      <c r="T42" s="240"/>
+      <c r="U42" s="240"/>
+      <c r="V42" s="240"/>
+      <c r="W42" s="240"/>
+      <c r="X42" s="240"/>
+      <c r="Y42" s="240"/>
+      <c r="Z42" s="240"/>
+      <c r="AA42" s="240"/>
+      <c r="AB42" s="240"/>
+      <c r="AC42" s="240"/>
+      <c r="AD42" s="240"/>
+      <c r="AE42" s="240"/>
+      <c r="AF42" s="240"/>
+      <c r="AG42" s="240"/>
+      <c r="AH42" s="240"/>
+      <c r="AI42" s="240"/>
+      <c r="AJ42" s="240"/>
+      <c r="AK42" s="240"/>
+      <c r="AL42" s="240"/>
       <c r="AM42" s="54"/>
       <c r="AN42" s="55"/>
       <c r="AO42" s="55"/>
       <c r="AP42" s="170"/>
       <c r="AQ42" s="174"/>
       <c r="AR42" s="174"/>
       <c r="AS42" s="174"/>
       <c r="AT42" s="174"/>
       <c r="AU42" s="174"/>
       <c r="AV42" s="174"/>
       <c r="AW42" s="174"/>
       <c r="AX42" s="174"/>
       <c r="AY42" s="174"/>
       <c r="AZ42" s="174"/>
       <c r="BA42" s="174"/>
       <c r="BB42" s="174"/>
       <c r="BC42" s="174"/>
       <c r="BD42" s="172"/>
       <c r="BE42" s="174"/>
       <c r="BF42" s="174"/>
       <c r="BG42" s="174"/>
       <c r="BH42" s="174"/>
       <c r="BI42" s="174"/>
       <c r="BJ42" s="174"/>
       <c r="BK42" s="174"/>
@@ -25917,87 +26076,87 @@
       <c r="DA42" s="55"/>
       <c r="DB42" s="55"/>
       <c r="DC42" s="55"/>
       <c r="DD42" s="55"/>
       <c r="DE42" s="55"/>
       <c r="DF42" s="55"/>
       <c r="DG42" s="55"/>
       <c r="DH42" s="55"/>
       <c r="DI42" s="55"/>
       <c r="DJ42" s="55"/>
       <c r="DK42" s="55"/>
       <c r="DL42" s="55"/>
       <c r="DM42" s="55"/>
       <c r="DN42" s="55"/>
       <c r="DO42" s="55"/>
       <c r="DP42" s="55"/>
       <c r="DQ42" s="55"/>
       <c r="DR42" s="55"/>
       <c r="DS42" s="55"/>
       <c r="DT42" s="55"/>
       <c r="DU42" s="55"/>
       <c r="DV42" s="55"/>
     </row>
     <row r="43" spans="1:126" s="55" customFormat="1" ht="27.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A43" s="56"/>
-      <c r="B43" s="237" t="s">
-[...35 lines deleted...]
-      <c r="AJ43" s="237"/>
+      <c r="B43" s="242" t="s">
+        <v>2554</v>
+      </c>
+      <c r="C43" s="242"/>
+      <c r="D43" s="242"/>
+      <c r="E43" s="242"/>
+      <c r="F43" s="242"/>
+      <c r="G43" s="242"/>
+      <c r="H43" s="242"/>
+      <c r="I43" s="242"/>
+      <c r="J43" s="242"/>
+      <c r="K43" s="242"/>
+      <c r="L43" s="242"/>
+      <c r="M43" s="242"/>
+      <c r="N43" s="242"/>
+      <c r="O43" s="242"/>
+      <c r="P43" s="242"/>
+      <c r="Q43" s="242"/>
+      <c r="R43" s="242"/>
+      <c r="S43" s="242"/>
+      <c r="T43" s="242"/>
+      <c r="U43" s="242"/>
+      <c r="V43" s="242"/>
+      <c r="W43" s="242"/>
+      <c r="X43" s="242"/>
+      <c r="Y43" s="242"/>
+      <c r="Z43" s="242"/>
+      <c r="AA43" s="242"/>
+      <c r="AB43" s="242"/>
+      <c r="AC43" s="242"/>
+      <c r="AD43" s="242"/>
+      <c r="AE43" s="242"/>
+      <c r="AF43" s="242"/>
+      <c r="AG43" s="242"/>
+      <c r="AH43" s="242"/>
+      <c r="AI43" s="242"/>
+      <c r="AJ43" s="242"/>
       <c r="AK43" s="128"/>
       <c r="AL43" s="128"/>
       <c r="AM43" s="128"/>
       <c r="AN43" s="60"/>
       <c r="AO43" s="60"/>
       <c r="AP43" s="170"/>
       <c r="AQ43" s="170"/>
       <c r="AR43" s="170"/>
       <c r="AS43" s="170"/>
       <c r="AT43" s="170"/>
       <c r="AU43" s="170"/>
       <c r="AV43" s="170"/>
       <c r="AW43" s="170"/>
       <c r="AX43" s="170"/>
       <c r="AY43" s="170"/>
       <c r="AZ43" s="170"/>
       <c r="BA43" s="170"/>
       <c r="BB43" s="170"/>
       <c r="BC43" s="170"/>
       <c r="BD43" s="174"/>
       <c r="BE43" s="170"/>
       <c r="BF43" s="170"/>
       <c r="BG43" s="170"/>
       <c r="BH43" s="170"/>
       <c r="BI43" s="172"/>
@@ -26058,70 +26217,70 @@
       <c r="DL43" s="52"/>
       <c r="DM43" s="52"/>
       <c r="DN43" s="52"/>
       <c r="DO43" s="52"/>
       <c r="DP43" s="52"/>
       <c r="DQ43" s="52"/>
       <c r="DR43" s="52"/>
       <c r="DS43" s="52"/>
       <c r="DT43" s="52"/>
       <c r="DU43" s="52"/>
       <c r="DV43" s="52"/>
     </row>
     <row r="44" spans="1:126" s="52" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A44" s="57"/>
       <c r="B44" s="58"/>
       <c r="C44" s="59"/>
       <c r="D44" s="59"/>
       <c r="E44" s="59"/>
       <c r="F44" s="59"/>
       <c r="G44" s="59"/>
       <c r="H44" s="59"/>
       <c r="I44" s="59"/>
       <c r="J44" s="59"/>
       <c r="K44" s="59"/>
       <c r="L44" s="59"/>
-      <c r="M44" s="213" t="s">
-[...18 lines deleted...]
-      <c r="AD44" s="215"/>
+      <c r="M44" s="218" t="s">
+        <v>12</v>
+      </c>
+      <c r="N44" s="219"/>
+      <c r="O44" s="219"/>
+      <c r="P44" s="219"/>
+      <c r="Q44" s="219"/>
+      <c r="R44" s="219"/>
+      <c r="S44" s="219"/>
+      <c r="T44" s="219"/>
+      <c r="U44" s="219"/>
+      <c r="V44" s="219"/>
+      <c r="W44" s="219"/>
+      <c r="X44" s="219"/>
+      <c r="Y44" s="219"/>
+      <c r="Z44" s="219"/>
+      <c r="AA44" s="219"/>
+      <c r="AB44" s="219"/>
+      <c r="AC44" s="219"/>
+      <c r="AD44" s="220"/>
       <c r="AE44" s="61"/>
       <c r="AF44" s="61"/>
       <c r="AG44" s="61"/>
       <c r="AH44" s="61"/>
       <c r="AI44" s="60"/>
       <c r="AJ44" s="60"/>
       <c r="AK44" s="60"/>
       <c r="AL44" s="60"/>
       <c r="AM44" s="60"/>
       <c r="AN44" s="60"/>
       <c r="AO44" s="60"/>
       <c r="AP44" s="170"/>
       <c r="AQ44" s="170"/>
       <c r="AR44" s="170"/>
       <c r="AS44" s="170"/>
       <c r="AT44" s="170"/>
       <c r="AU44" s="170"/>
       <c r="AV44" s="170"/>
       <c r="AW44" s="170"/>
       <c r="AX44" s="170"/>
       <c r="AY44" s="170"/>
       <c r="AZ44" s="170"/>
       <c r="BA44" s="170"/>
       <c r="BB44" s="170"/>
       <c r="BC44" s="170"/>
@@ -26149,51 +26308,51 @@
       <c r="BY44" s="172"/>
       <c r="BZ44" s="172"/>
       <c r="CA44" s="172"/>
       <c r="CB44" s="172"/>
       <c r="CC44" s="172"/>
       <c r="CD44" s="172"/>
       <c r="CE44" s="172"/>
       <c r="CF44" s="172"/>
       <c r="CG44" s="172"/>
       <c r="CH44" s="173"/>
     </row>
     <row r="45" spans="1:126" s="52" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A45" s="57"/>
       <c r="B45" s="58"/>
       <c r="C45" s="62"/>
       <c r="D45" s="62"/>
       <c r="E45" s="62"/>
       <c r="F45" s="62"/>
       <c r="G45" s="62"/>
       <c r="H45" s="62"/>
       <c r="I45" s="62"/>
       <c r="J45" s="62"/>
       <c r="K45" s="62"/>
       <c r="L45" s="62"/>
       <c r="M45" s="105" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="N45" s="72"/>
       <c r="O45" s="130"/>
       <c r="P45" s="62"/>
       <c r="Q45" s="62"/>
       <c r="R45" s="62"/>
       <c r="S45" s="62"/>
       <c r="T45" s="62"/>
       <c r="U45" s="62"/>
       <c r="V45" s="62"/>
       <c r="W45" s="62"/>
       <c r="X45" s="62"/>
       <c r="Y45" s="62"/>
       <c r="Z45" s="62"/>
       <c r="AA45" s="62"/>
       <c r="AB45" s="62"/>
       <c r="AC45" s="62"/>
       <c r="AD45" s="131"/>
       <c r="AE45" s="61"/>
       <c r="AF45" s="61"/>
       <c r="AG45" s="61"/>
       <c r="AH45" s="61"/>
       <c r="AI45" s="60"/>
       <c r="AJ45" s="60"/>
       <c r="AK45" s="60"/>
@@ -26239,51 +26398,51 @@
       <c r="BY45" s="172"/>
       <c r="BZ45" s="172"/>
       <c r="CA45" s="172"/>
       <c r="CB45" s="172"/>
       <c r="CC45" s="172"/>
       <c r="CD45" s="172"/>
       <c r="CE45" s="172"/>
       <c r="CF45" s="172"/>
       <c r="CG45" s="172"/>
       <c r="CH45" s="173"/>
     </row>
     <row r="46" spans="1:126" s="52" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A46" s="57"/>
       <c r="B46" s="58"/>
       <c r="C46" s="62"/>
       <c r="D46" s="62"/>
       <c r="E46" s="62"/>
       <c r="F46" s="62"/>
       <c r="G46" s="62"/>
       <c r="H46" s="62"/>
       <c r="I46" s="62"/>
       <c r="J46" s="62"/>
       <c r="K46" s="62"/>
       <c r="L46" s="62"/>
       <c r="M46" s="105" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="N46" s="72"/>
       <c r="O46" s="63"/>
       <c r="P46" s="64"/>
       <c r="Q46" s="64"/>
       <c r="R46" s="64"/>
       <c r="S46" s="64"/>
       <c r="T46" s="64"/>
       <c r="U46" s="64"/>
       <c r="V46" s="64"/>
       <c r="W46" s="64"/>
       <c r="X46" s="64"/>
       <c r="Y46" s="64"/>
       <c r="Z46" s="65"/>
       <c r="AA46" s="132"/>
       <c r="AB46" s="133"/>
       <c r="AC46" s="133"/>
       <c r="AD46" s="134"/>
       <c r="AE46" s="61"/>
       <c r="AF46" s="61"/>
       <c r="AG46" s="61"/>
       <c r="AH46" s="61"/>
       <c r="AI46" s="60"/>
       <c r="AJ46" s="60"/>
       <c r="AK46" s="60"/>
@@ -26329,51 +26488,51 @@
       <c r="BY46" s="172"/>
       <c r="BZ46" s="172"/>
       <c r="CA46" s="172"/>
       <c r="CB46" s="172"/>
       <c r="CC46" s="172"/>
       <c r="CD46" s="172"/>
       <c r="CE46" s="172"/>
       <c r="CF46" s="172"/>
       <c r="CG46" s="172"/>
       <c r="CH46" s="173"/>
     </row>
     <row r="47" spans="1:126" s="52" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A47" s="57"/>
       <c r="B47" s="58"/>
       <c r="C47" s="62"/>
       <c r="D47" s="62"/>
       <c r="E47" s="62"/>
       <c r="F47" s="62"/>
       <c r="G47" s="62"/>
       <c r="H47" s="62"/>
       <c r="I47" s="62"/>
       <c r="J47" s="62"/>
       <c r="K47" s="62"/>
       <c r="L47" s="62"/>
       <c r="M47" s="106" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="N47" s="152"/>
       <c r="O47" s="66"/>
       <c r="P47" s="67"/>
       <c r="Q47" s="67"/>
       <c r="R47" s="67"/>
       <c r="S47" s="67"/>
       <c r="T47" s="67"/>
       <c r="U47" s="67"/>
       <c r="V47" s="67"/>
       <c r="W47" s="67"/>
       <c r="X47" s="67"/>
       <c r="Y47" s="67"/>
       <c r="Z47" s="68"/>
       <c r="AA47" s="135"/>
       <c r="AB47" s="136"/>
       <c r="AC47" s="136"/>
       <c r="AD47" s="137"/>
       <c r="AE47" s="61"/>
       <c r="AF47" s="61"/>
       <c r="AG47" s="61"/>
       <c r="AH47" s="61"/>
       <c r="AI47" s="60"/>
       <c r="AJ47" s="60"/>
       <c r="AK47" s="60"/>
@@ -26492,175 +26651,175 @@
       <c r="BL48" s="172"/>
       <c r="BM48" s="172"/>
       <c r="BN48" s="172"/>
       <c r="BO48" s="172"/>
       <c r="BP48" s="172"/>
       <c r="BQ48" s="172"/>
       <c r="BR48" s="172"/>
       <c r="BS48" s="172"/>
       <c r="BT48" s="172"/>
       <c r="BU48" s="172"/>
       <c r="BV48" s="172"/>
       <c r="BW48" s="172"/>
       <c r="BX48" s="172"/>
       <c r="BY48" s="172"/>
       <c r="BZ48" s="172"/>
       <c r="CA48" s="172"/>
       <c r="CB48" s="172"/>
       <c r="CC48" s="172"/>
       <c r="CD48" s="172"/>
       <c r="CE48" s="172"/>
       <c r="CF48" s="172"/>
       <c r="CG48" s="172"/>
       <c r="CH48" s="173"/>
     </row>
     <row r="49" spans="1:126" s="52" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A49" s="235" t="s">
-[...38 lines deleted...]
-      <c r="AL49" s="235"/>
+      <c r="A49" s="240" t="s">
+        <v>93</v>
+      </c>
+      <c r="B49" s="240"/>
+      <c r="C49" s="240"/>
+      <c r="D49" s="240"/>
+      <c r="E49" s="240"/>
+      <c r="F49" s="240"/>
+      <c r="G49" s="240"/>
+      <c r="H49" s="240"/>
+      <c r="I49" s="240"/>
+      <c r="J49" s="240"/>
+      <c r="K49" s="240"/>
+      <c r="L49" s="240"/>
+      <c r="M49" s="240"/>
+      <c r="N49" s="240"/>
+      <c r="O49" s="240"/>
+      <c r="P49" s="240"/>
+      <c r="Q49" s="240"/>
+      <c r="R49" s="240"/>
+      <c r="S49" s="240"/>
+      <c r="T49" s="240"/>
+      <c r="U49" s="240"/>
+      <c r="V49" s="240"/>
+      <c r="W49" s="240"/>
+      <c r="X49" s="240"/>
+      <c r="Y49" s="240"/>
+      <c r="Z49" s="240"/>
+      <c r="AA49" s="240"/>
+      <c r="AB49" s="240"/>
+      <c r="AC49" s="240"/>
+      <c r="AD49" s="240"/>
+      <c r="AE49" s="240"/>
+      <c r="AF49" s="240"/>
+      <c r="AG49" s="240"/>
+      <c r="AH49" s="240"/>
+      <c r="AI49" s="240"/>
+      <c r="AJ49" s="240"/>
+      <c r="AK49" s="240"/>
+      <c r="AL49" s="240"/>
       <c r="AP49" s="172"/>
       <c r="AQ49" s="172"/>
       <c r="AR49" s="172"/>
       <c r="AS49" s="172"/>
       <c r="AT49" s="172"/>
       <c r="AU49" s="172"/>
       <c r="AV49" s="172"/>
       <c r="AW49" s="172"/>
       <c r="AX49" s="172"/>
       <c r="AY49" s="172"/>
       <c r="AZ49" s="172"/>
       <c r="BA49" s="172"/>
       <c r="BB49" s="172"/>
       <c r="BC49" s="172"/>
       <c r="BD49" s="172"/>
       <c r="BE49" s="172"/>
       <c r="BF49" s="172"/>
       <c r="BG49" s="172"/>
       <c r="BH49" s="172"/>
       <c r="BI49" s="172"/>
       <c r="BJ49" s="172"/>
       <c r="BK49" s="172"/>
       <c r="BL49" s="172"/>
       <c r="BM49" s="172"/>
       <c r="BN49" s="172"/>
       <c r="BO49" s="172"/>
       <c r="BP49" s="172"/>
       <c r="BQ49" s="172"/>
       <c r="BR49" s="172"/>
       <c r="BS49" s="172"/>
       <c r="BT49" s="172"/>
       <c r="BU49" s="172"/>
       <c r="BV49" s="172"/>
       <c r="BW49" s="172"/>
       <c r="BX49" s="172"/>
       <c r="BY49" s="172"/>
       <c r="BZ49" s="172"/>
       <c r="CA49" s="172"/>
       <c r="CB49" s="172"/>
       <c r="CC49" s="172"/>
       <c r="CD49" s="172"/>
       <c r="CE49" s="172"/>
       <c r="CF49" s="172"/>
       <c r="CG49" s="172"/>
       <c r="CH49" s="173"/>
     </row>
     <row r="50" spans="1:126" s="52" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A50" s="53"/>
-      <c r="B50" s="241" t="s">
-[...35 lines deleted...]
-      <c r="AJ50" s="241"/>
+      <c r="B50" s="246" t="s">
+        <v>2555</v>
+      </c>
+      <c r="C50" s="246"/>
+      <c r="D50" s="246"/>
+      <c r="E50" s="246"/>
+      <c r="F50" s="246"/>
+      <c r="G50" s="246"/>
+      <c r="H50" s="246"/>
+      <c r="I50" s="246"/>
+      <c r="J50" s="246"/>
+      <c r="K50" s="246"/>
+      <c r="L50" s="246"/>
+      <c r="M50" s="246"/>
+      <c r="N50" s="246"/>
+      <c r="O50" s="246"/>
+      <c r="P50" s="246"/>
+      <c r="Q50" s="246"/>
+      <c r="R50" s="246"/>
+      <c r="S50" s="246"/>
+      <c r="T50" s="246"/>
+      <c r="U50" s="246"/>
+      <c r="V50" s="246"/>
+      <c r="W50" s="246"/>
+      <c r="X50" s="246"/>
+      <c r="Y50" s="246"/>
+      <c r="Z50" s="246"/>
+      <c r="AA50" s="246"/>
+      <c r="AB50" s="246"/>
+      <c r="AC50" s="246"/>
+      <c r="AD50" s="246"/>
+      <c r="AE50" s="246"/>
+      <c r="AF50" s="246"/>
+      <c r="AG50" s="246"/>
+      <c r="AH50" s="246"/>
+      <c r="AI50" s="246"/>
+      <c r="AJ50" s="246"/>
       <c r="AK50" s="126"/>
       <c r="AL50" s="126"/>
       <c r="AM50" s="126"/>
       <c r="AP50" s="172"/>
       <c r="AQ50" s="172"/>
       <c r="AR50" s="172"/>
       <c r="AS50" s="172"/>
       <c r="AT50" s="172"/>
       <c r="AU50" s="172"/>
       <c r="AV50" s="172"/>
       <c r="AW50" s="172"/>
       <c r="AX50" s="172"/>
       <c r="AY50" s="172"/>
       <c r="AZ50" s="172"/>
       <c r="BA50" s="172"/>
       <c r="BB50" s="172"/>
       <c r="BC50" s="172"/>
       <c r="BD50" s="172"/>
       <c r="BE50" s="172"/>
       <c r="BF50" s="172"/>
       <c r="BG50" s="172"/>
       <c r="BH50" s="172"/>
       <c r="BI50" s="172"/>
       <c r="BJ50" s="172"/>
       <c r="BK50" s="172"/>
@@ -26679,82 +26838,82 @@
       <c r="BX50" s="172"/>
       <c r="BY50" s="172"/>
       <c r="BZ50" s="172"/>
       <c r="CA50" s="172"/>
       <c r="CB50" s="172"/>
       <c r="CC50" s="172"/>
       <c r="CD50" s="172"/>
       <c r="CE50" s="172"/>
       <c r="CF50" s="172"/>
       <c r="CG50" s="172"/>
       <c r="CH50" s="173"/>
     </row>
     <row r="51" spans="1:126" s="52" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A51" s="53"/>
       <c r="B51" s="70"/>
       <c r="C51" s="71"/>
       <c r="D51" s="71"/>
       <c r="E51" s="71"/>
       <c r="F51" s="71"/>
       <c r="G51" s="71"/>
       <c r="H51" s="71"/>
       <c r="I51" s="71"/>
       <c r="J51" s="71"/>
       <c r="K51" s="71"/>
       <c r="L51" s="71"/>
-      <c r="M51" s="307" t="s">
+      <c r="M51" s="312" t="s">
+        <v>13</v>
+      </c>
+      <c r="N51" s="312"/>
+      <c r="O51" s="312"/>
+      <c r="P51" s="218" t="s">
+        <v>12</v>
+      </c>
+      <c r="Q51" s="219"/>
+      <c r="R51" s="219"/>
+      <c r="S51" s="219"/>
+      <c r="T51" s="219"/>
+      <c r="U51" s="219"/>
+      <c r="V51" s="219"/>
+      <c r="W51" s="219"/>
+      <c r="X51" s="219"/>
+      <c r="Y51" s="219"/>
+      <c r="Z51" s="219"/>
+      <c r="AA51" s="219"/>
+      <c r="AB51" s="219"/>
+      <c r="AC51" s="219"/>
+      <c r="AD51" s="220"/>
+      <c r="AE51" s="243" t="s">
         <v>14</v>
       </c>
-      <c r="N51" s="307"/>
-[...27 lines deleted...]
-      <c r="AL51" s="240"/>
+      <c r="AF51" s="244"/>
+      <c r="AG51" s="244"/>
+      <c r="AH51" s="244"/>
+      <c r="AI51" s="244"/>
+      <c r="AJ51" s="244"/>
+      <c r="AK51" s="244"/>
+      <c r="AL51" s="245"/>
       <c r="AP51" s="172"/>
       <c r="AQ51" s="172"/>
       <c r="AR51" s="172"/>
       <c r="AS51" s="172"/>
       <c r="AT51" s="172"/>
       <c r="AU51" s="172"/>
       <c r="AV51" s="172"/>
       <c r="AW51" s="172"/>
       <c r="AX51" s="172"/>
       <c r="AY51" s="172"/>
       <c r="AZ51" s="172"/>
       <c r="BA51" s="172"/>
       <c r="BB51" s="172"/>
       <c r="BC51" s="172"/>
       <c r="BD51" s="172"/>
       <c r="BE51" s="172"/>
       <c r="BF51" s="172"/>
       <c r="BG51" s="172"/>
       <c r="BH51" s="172"/>
       <c r="BI51" s="172"/>
       <c r="BJ51" s="172"/>
       <c r="BK51" s="172"/>
       <c r="BL51" s="172"/>
       <c r="BM51" s="172"/>
       <c r="BN51" s="172"/>
@@ -26770,55 +26929,55 @@
       <c r="BX51" s="172"/>
       <c r="BY51" s="172"/>
       <c r="BZ51" s="172"/>
       <c r="CA51" s="172"/>
       <c r="CB51" s="172"/>
       <c r="CC51" s="172"/>
       <c r="CD51" s="172"/>
       <c r="CE51" s="172"/>
       <c r="CF51" s="172"/>
       <c r="CG51" s="172"/>
       <c r="CH51" s="173"/>
     </row>
     <row r="52" spans="1:126" s="52" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A52" s="53"/>
       <c r="B52" s="70"/>
       <c r="C52" s="71"/>
       <c r="D52" s="71"/>
       <c r="E52" s="71"/>
       <c r="F52" s="71"/>
       <c r="G52" s="71"/>
       <c r="H52" s="71"/>
       <c r="I52" s="71"/>
       <c r="J52" s="71"/>
       <c r="K52" s="71"/>
       <c r="L52" s="71"/>
-      <c r="M52" s="249" t="s">
-[...3 lines deleted...]
-      <c r="O52" s="249"/>
+      <c r="M52" s="254" t="s">
+        <v>28</v>
+      </c>
+      <c r="N52" s="254"/>
+      <c r="O52" s="254"/>
       <c r="P52" s="153"/>
       <c r="Q52" s="62"/>
       <c r="R52" s="62"/>
       <c r="S52" s="62"/>
       <c r="T52" s="62"/>
       <c r="U52" s="62"/>
       <c r="V52" s="62"/>
       <c r="W52" s="62"/>
       <c r="X52" s="62"/>
       <c r="Y52" s="62"/>
       <c r="Z52" s="62"/>
       <c r="AA52" s="62"/>
       <c r="AB52" s="62"/>
       <c r="AC52" s="72"/>
       <c r="AD52" s="162"/>
       <c r="AE52" s="155"/>
       <c r="AF52" s="73"/>
       <c r="AG52" s="73"/>
       <c r="AH52" s="73"/>
       <c r="AI52" s="73"/>
       <c r="AJ52" s="73"/>
       <c r="AK52" s="147"/>
       <c r="AL52" s="74"/>
       <c r="AP52" s="172"/>
       <c r="AQ52" s="172"/>
@@ -26857,55 +27016,55 @@
       <c r="BX52" s="172"/>
       <c r="BY52" s="172"/>
       <c r="BZ52" s="172"/>
       <c r="CA52" s="172"/>
       <c r="CB52" s="172"/>
       <c r="CC52" s="172"/>
       <c r="CD52" s="172"/>
       <c r="CE52" s="172"/>
       <c r="CF52" s="172"/>
       <c r="CG52" s="172"/>
       <c r="CH52" s="173"/>
     </row>
     <row r="53" spans="1:126" s="52" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A53" s="53"/>
       <c r="B53" s="70"/>
       <c r="C53" s="71"/>
       <c r="D53" s="71"/>
       <c r="E53" s="71"/>
       <c r="F53" s="71"/>
       <c r="G53" s="71"/>
       <c r="H53" s="71"/>
       <c r="I53" s="71"/>
       <c r="J53" s="71"/>
       <c r="K53" s="71"/>
       <c r="L53" s="71"/>
-      <c r="M53" s="249" t="s">
-[...3 lines deleted...]
-      <c r="O53" s="249"/>
+      <c r="M53" s="254" t="s">
+        <v>29</v>
+      </c>
+      <c r="N53" s="254"/>
+      <c r="O53" s="254"/>
       <c r="P53" s="154"/>
       <c r="Q53" s="160"/>
       <c r="R53" s="62"/>
       <c r="S53" s="62"/>
       <c r="T53" s="62"/>
       <c r="U53" s="62"/>
       <c r="V53" s="62"/>
       <c r="W53" s="62"/>
       <c r="X53" s="62"/>
       <c r="Y53" s="62"/>
       <c r="Z53" s="69"/>
       <c r="AA53" s="71"/>
       <c r="AB53" s="71"/>
       <c r="AC53" s="72"/>
       <c r="AD53" s="163"/>
       <c r="AE53" s="156"/>
       <c r="AF53" s="75"/>
       <c r="AG53" s="75"/>
       <c r="AH53" s="75"/>
       <c r="AI53" s="75"/>
       <c r="AJ53" s="75"/>
       <c r="AK53" s="148"/>
       <c r="AL53" s="76"/>
       <c r="AP53" s="172"/>
       <c r="AQ53" s="172"/>
@@ -26944,55 +27103,55 @@
       <c r="BX53" s="172"/>
       <c r="BY53" s="172"/>
       <c r="BZ53" s="172"/>
       <c r="CA53" s="172"/>
       <c r="CB53" s="172"/>
       <c r="CC53" s="172"/>
       <c r="CD53" s="172"/>
       <c r="CE53" s="172"/>
       <c r="CF53" s="172"/>
       <c r="CG53" s="172"/>
       <c r="CH53" s="173"/>
     </row>
     <row r="54" spans="1:126" s="52" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A54" s="53"/>
       <c r="B54" s="70"/>
       <c r="C54" s="71"/>
       <c r="D54" s="71"/>
       <c r="E54" s="71"/>
       <c r="F54" s="71"/>
       <c r="G54" s="71"/>
       <c r="H54" s="71"/>
       <c r="I54" s="71"/>
       <c r="J54" s="71"/>
       <c r="K54" s="71"/>
       <c r="L54" s="71"/>
-      <c r="M54" s="277" t="s">
-[...3 lines deleted...]
-      <c r="O54" s="277"/>
+      <c r="M54" s="282" t="s">
+        <v>30</v>
+      </c>
+      <c r="N54" s="282"/>
+      <c r="O54" s="282"/>
       <c r="P54" s="151"/>
       <c r="Q54" s="161"/>
       <c r="R54" s="62"/>
       <c r="S54" s="62"/>
       <c r="T54" s="62"/>
       <c r="U54" s="62"/>
       <c r="V54" s="62"/>
       <c r="W54" s="62"/>
       <c r="X54" s="62"/>
       <c r="Y54" s="62"/>
       <c r="Z54" s="62"/>
       <c r="AA54" s="71"/>
       <c r="AB54" s="71"/>
       <c r="AC54" s="72"/>
       <c r="AD54" s="163"/>
       <c r="AE54" s="157"/>
       <c r="AF54" s="77"/>
       <c r="AG54" s="77"/>
       <c r="AH54" s="77"/>
       <c r="AI54" s="77"/>
       <c r="AJ54" s="77"/>
       <c r="AK54" s="149"/>
       <c r="AL54" s="78"/>
       <c r="AP54" s="172"/>
       <c r="AQ54" s="172"/>
@@ -27031,55 +27190,55 @@
       <c r="BX54" s="172"/>
       <c r="BY54" s="172"/>
       <c r="BZ54" s="172"/>
       <c r="CA54" s="172"/>
       <c r="CB54" s="172"/>
       <c r="CC54" s="172"/>
       <c r="CD54" s="172"/>
       <c r="CE54" s="172"/>
       <c r="CF54" s="172"/>
       <c r="CG54" s="172"/>
       <c r="CH54" s="173"/>
     </row>
     <row r="55" spans="1:126" s="52" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A55" s="53"/>
       <c r="B55" s="70"/>
       <c r="C55" s="71"/>
       <c r="D55" s="71"/>
       <c r="E55" s="71"/>
       <c r="F55" s="71"/>
       <c r="G55" s="71"/>
       <c r="H55" s="71"/>
       <c r="I55" s="71"/>
       <c r="J55" s="71"/>
       <c r="K55" s="71"/>
       <c r="L55" s="71"/>
-      <c r="M55" s="277" t="s">
-[...3 lines deleted...]
-      <c r="O55" s="277"/>
+      <c r="M55" s="282" t="s">
+        <v>31</v>
+      </c>
+      <c r="N55" s="282"/>
+      <c r="O55" s="282"/>
       <c r="P55" s="151"/>
       <c r="Q55" s="161"/>
       <c r="R55" s="71"/>
       <c r="S55" s="71"/>
       <c r="T55" s="71"/>
       <c r="U55" s="71"/>
       <c r="V55" s="71"/>
       <c r="W55" s="71"/>
       <c r="X55" s="71"/>
       <c r="Y55" s="71"/>
       <c r="Z55" s="71"/>
       <c r="AA55" s="71"/>
       <c r="AB55" s="71"/>
       <c r="AC55" s="72"/>
       <c r="AD55" s="163"/>
       <c r="AE55" s="158"/>
       <c r="AF55" s="73"/>
       <c r="AG55" s="73"/>
       <c r="AH55" s="73"/>
       <c r="AI55" s="73"/>
       <c r="AJ55" s="73"/>
       <c r="AK55" s="147"/>
       <c r="AL55" s="74"/>
       <c r="AP55" s="166"/>
       <c r="AQ55" s="172"/>
@@ -27118,55 +27277,55 @@
       <c r="BX55" s="172"/>
       <c r="BY55" s="172"/>
       <c r="BZ55" s="172"/>
       <c r="CA55" s="172"/>
       <c r="CB55" s="172"/>
       <c r="CC55" s="172"/>
       <c r="CD55" s="172"/>
       <c r="CE55" s="172"/>
       <c r="CF55" s="172"/>
       <c r="CG55" s="172"/>
       <c r="CH55" s="173"/>
     </row>
     <row r="56" spans="1:126" s="52" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A56" s="53"/>
       <c r="B56" s="70"/>
       <c r="C56" s="71"/>
       <c r="D56" s="71"/>
       <c r="E56" s="71"/>
       <c r="F56" s="71"/>
       <c r="G56" s="71"/>
       <c r="H56" s="71"/>
       <c r="I56" s="71"/>
       <c r="J56" s="71"/>
       <c r="K56" s="71"/>
       <c r="L56" s="71"/>
-      <c r="M56" s="277" t="s">
-[...3 lines deleted...]
-      <c r="O56" s="277"/>
+      <c r="M56" s="282" t="s">
+        <v>32</v>
+      </c>
+      <c r="N56" s="282"/>
+      <c r="O56" s="282"/>
       <c r="P56" s="151"/>
       <c r="Q56" s="164"/>
       <c r="R56" s="79"/>
       <c r="S56" s="79"/>
       <c r="T56" s="79"/>
       <c r="U56" s="79"/>
       <c r="V56" s="79"/>
       <c r="W56" s="79"/>
       <c r="X56" s="79"/>
       <c r="Y56" s="79"/>
       <c r="Z56" s="79"/>
       <c r="AA56" s="79"/>
       <c r="AB56" s="79"/>
       <c r="AC56" s="152"/>
       <c r="AD56" s="165"/>
       <c r="AE56" s="159"/>
       <c r="AF56" s="80"/>
       <c r="AG56" s="80"/>
       <c r="AH56" s="80"/>
       <c r="AI56" s="80"/>
       <c r="AJ56" s="80"/>
       <c r="AK56" s="150"/>
       <c r="AL56" s="81"/>
       <c r="AN56" s="82"/>
       <c r="AO56" s="2"/>
@@ -27238,13443 +27397,13449 @@
       <c r="DC56" s="2"/>
       <c r="DD56" s="2"/>
       <c r="DE56" s="2"/>
       <c r="DF56" s="2"/>
       <c r="DG56" s="2"/>
       <c r="DH56" s="2"/>
       <c r="DI56" s="2"/>
       <c r="DJ56" s="2"/>
       <c r="DK56" s="2"/>
       <c r="DL56" s="2"/>
       <c r="DM56" s="2"/>
       <c r="DN56" s="2"/>
       <c r="DO56" s="2"/>
       <c r="DP56" s="2"/>
       <c r="DQ56" s="2"/>
       <c r="DR56" s="2"/>
       <c r="DS56" s="2"/>
       <c r="DT56" s="2"/>
       <c r="DU56" s="2"/>
       <c r="DV56" s="2"/>
     </row>
     <row r="57" spans="1:126" ht="6" customHeight="1" x14ac:dyDescent="0.15">
       <c r="AN57" s="82"/>
     </row>
     <row r="58" spans="1:126" x14ac:dyDescent="0.15">
-      <c r="A58" s="258" t="s">
-[...38 lines deleted...]
-      <c r="AL58" s="260"/>
+      <c r="A58" s="263" t="s">
+        <v>68</v>
+      </c>
+      <c r="B58" s="264"/>
+      <c r="C58" s="264"/>
+      <c r="D58" s="264"/>
+      <c r="E58" s="264"/>
+      <c r="F58" s="264"/>
+      <c r="G58" s="264"/>
+      <c r="H58" s="264"/>
+      <c r="I58" s="264"/>
+      <c r="J58" s="264"/>
+      <c r="K58" s="264"/>
+      <c r="L58" s="264"/>
+      <c r="M58" s="264"/>
+      <c r="N58" s="264"/>
+      <c r="O58" s="264"/>
+      <c r="P58" s="264"/>
+      <c r="Q58" s="264"/>
+      <c r="R58" s="264"/>
+      <c r="S58" s="264"/>
+      <c r="T58" s="264"/>
+      <c r="U58" s="264"/>
+      <c r="V58" s="264"/>
+      <c r="W58" s="264"/>
+      <c r="X58" s="264"/>
+      <c r="Y58" s="264"/>
+      <c r="Z58" s="264"/>
+      <c r="AA58" s="264"/>
+      <c r="AB58" s="264"/>
+      <c r="AC58" s="264"/>
+      <c r="AD58" s="264"/>
+      <c r="AE58" s="264"/>
+      <c r="AF58" s="264"/>
+      <c r="AG58" s="264"/>
+      <c r="AH58" s="264"/>
+      <c r="AI58" s="264"/>
+      <c r="AJ58" s="264"/>
+      <c r="AK58" s="264"/>
+      <c r="AL58" s="265"/>
       <c r="AM58" s="82"/>
       <c r="AN58" s="1"/>
       <c r="AO58" s="1"/>
       <c r="BY58" s="167"/>
       <c r="BZ58" s="167"/>
       <c r="CA58" s="167"/>
       <c r="CB58" s="167"/>
       <c r="CC58" s="167"/>
       <c r="CD58" s="167"/>
       <c r="CE58" s="167"/>
       <c r="CF58" s="167"/>
       <c r="CG58" s="167"/>
     </row>
     <row r="59" spans="1:126" ht="39" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A59" s="261" t="s">
-[...42 lines deleted...]
-      <c r="AL59" s="263"/>
+      <c r="A59" s="266" t="s">
+        <v>33</v>
+      </c>
+      <c r="B59" s="267"/>
+      <c r="C59" s="267"/>
+      <c r="D59" s="267"/>
+      <c r="E59" s="267"/>
+      <c r="F59" s="267"/>
+      <c r="G59" s="267"/>
+      <c r="H59" s="267"/>
+      <c r="I59" s="267"/>
+      <c r="J59" s="267"/>
+      <c r="K59" s="267"/>
+      <c r="L59" s="267"/>
+      <c r="M59" s="267"/>
+      <c r="N59" s="267"/>
+      <c r="O59" s="268"/>
+      <c r="P59" s="266" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q59" s="267"/>
+      <c r="R59" s="267"/>
+      <c r="S59" s="267"/>
+      <c r="T59" s="267"/>
+      <c r="U59" s="267"/>
+      <c r="V59" s="267"/>
+      <c r="W59" s="267"/>
+      <c r="X59" s="267"/>
+      <c r="Y59" s="267"/>
+      <c r="Z59" s="267"/>
+      <c r="AA59" s="268"/>
+      <c r="AB59" s="266" t="s">
+        <v>45</v>
+      </c>
+      <c r="AC59" s="267"/>
+      <c r="AD59" s="267"/>
+      <c r="AE59" s="267"/>
+      <c r="AF59" s="267"/>
+      <c r="AG59" s="267"/>
+      <c r="AH59" s="267"/>
+      <c r="AI59" s="267"/>
+      <c r="AJ59" s="267"/>
+      <c r="AK59" s="267"/>
+      <c r="AL59" s="268"/>
       <c r="AN59" s="1"/>
       <c r="AO59" s="1"/>
       <c r="BY59" s="167"/>
       <c r="BZ59" s="167"/>
       <c r="CA59" s="167"/>
       <c r="CB59" s="167"/>
       <c r="CC59" s="167"/>
       <c r="CD59" s="167"/>
       <c r="CE59" s="167"/>
       <c r="CF59" s="167"/>
       <c r="CG59" s="167"/>
     </row>
     <row r="60" spans="1:126" x14ac:dyDescent="0.15">
-      <c r="A60" s="265" t="s">
-[...4 lines deleted...]
-      <c r="D60" s="267"/>
+      <c r="A60" s="270" t="s">
+        <v>15</v>
+      </c>
+      <c r="B60" s="271"/>
+      <c r="C60" s="271"/>
+      <c r="D60" s="272"/>
       <c r="E60" s="7" t="s">
-        <v>2549</v>
+        <v>2546</v>
       </c>
       <c r="F60" s="7"/>
       <c r="G60" s="7"/>
       <c r="H60" s="7"/>
       <c r="I60" s="7"/>
       <c r="J60" s="7"/>
       <c r="K60" s="7"/>
       <c r="L60" s="83"/>
       <c r="M60" s="83"/>
       <c r="N60" s="83"/>
       <c r="O60" s="5" t="s">
-        <v>2550</v>
+        <v>2547</v>
       </c>
       <c r="P60" s="83"/>
       <c r="Q60" s="83"/>
       <c r="R60" s="83"/>
-      <c r="S60" s="206"/>
-[...2 lines deleted...]
-      <c r="V60" s="206"/>
+      <c r="S60" s="205"/>
+      <c r="T60" s="205"/>
+      <c r="U60" s="205"/>
+      <c r="V60" s="205"/>
       <c r="W60" s="83"/>
       <c r="X60" s="7"/>
       <c r="Y60" s="83"/>
       <c r="Z60" s="83"/>
       <c r="AA60" s="88"/>
       <c r="AB60" s="7" t="s">
-        <v>2547</v>
+        <v>2544</v>
       </c>
       <c r="AC60" s="123"/>
       <c r="AD60" s="108"/>
       <c r="AE60" s="9"/>
       <c r="AF60" s="6"/>
       <c r="AG60" s="6"/>
       <c r="AH60" s="6"/>
       <c r="AI60" s="6"/>
       <c r="AJ60" s="6"/>
       <c r="AK60" s="6"/>
       <c r="AL60" s="12"/>
       <c r="AN60" s="1"/>
       <c r="AO60" s="1"/>
       <c r="BY60" s="167"/>
       <c r="BZ60" s="167"/>
       <c r="CA60" s="167"/>
       <c r="CB60" s="167"/>
       <c r="CC60" s="167"/>
       <c r="CD60" s="167"/>
       <c r="CE60" s="167"/>
       <c r="CF60" s="167"/>
       <c r="CG60" s="167"/>
     </row>
-    <row r="61" spans="1:126" x14ac:dyDescent="0.15">
-[...5 lines deleted...]
-        <v>17</v>
+    <row r="61" spans="1:126" ht="13.5" x14ac:dyDescent="0.15">
+      <c r="A61" s="273"/>
+      <c r="B61" s="274"/>
+      <c r="C61" s="274"/>
+      <c r="D61" s="275"/>
+      <c r="E61" s="211" t="s">
+        <v>2557</v>
       </c>
       <c r="F61" s="84"/>
       <c r="G61" s="85"/>
       <c r="H61" s="86"/>
       <c r="I61" s="86"/>
       <c r="J61" s="86"/>
       <c r="K61" s="86"/>
       <c r="L61" s="86"/>
       <c r="M61" s="86"/>
       <c r="N61" s="86"/>
-      <c r="O61" s="207" t="s">
-        <v>0</v>
+      <c r="O61" s="212" t="s">
+        <v>2558</v>
       </c>
       <c r="P61" s="86"/>
       <c r="Q61" s="86"/>
       <c r="R61" s="86"/>
-      <c r="S61" s="208"/>
-[...2 lines deleted...]
-      <c r="V61" s="208"/>
+      <c r="S61" s="206"/>
+      <c r="T61" s="206"/>
+      <c r="U61" s="206"/>
+      <c r="V61" s="206"/>
       <c r="W61" s="85"/>
       <c r="X61" s="84"/>
       <c r="Y61" s="85"/>
       <c r="Z61" s="86"/>
-      <c r="AA61" s="209"/>
-[...1 lines deleted...]
-        <v>2548</v>
+      <c r="AA61" s="207"/>
+      <c r="AB61" s="213" t="s">
+        <v>2545</v>
       </c>
       <c r="AC61" s="123"/>
       <c r="AD61" s="121"/>
       <c r="AE61" s="123"/>
       <c r="AF61" s="121"/>
       <c r="AG61" s="121"/>
       <c r="AH61" s="121"/>
       <c r="AI61" s="121"/>
       <c r="AJ61" s="121"/>
       <c r="AK61" s="121"/>
       <c r="AL61" s="15"/>
       <c r="AN61" s="1"/>
       <c r="AO61" s="1"/>
       <c r="BY61" s="167"/>
       <c r="BZ61" s="167"/>
       <c r="CA61" s="167"/>
       <c r="CB61" s="167"/>
       <c r="CC61" s="167"/>
       <c r="CD61" s="167"/>
       <c r="CE61" s="167"/>
       <c r="CF61" s="167"/>
       <c r="CG61" s="167"/>
     </row>
     <row r="62" spans="1:126" x14ac:dyDescent="0.15">
-      <c r="A62" s="265" t="s">
-[...4 lines deleted...]
-      <c r="D62" s="267"/>
+      <c r="A62" s="270" t="s">
+        <v>16</v>
+      </c>
+      <c r="B62" s="271"/>
+      <c r="C62" s="271"/>
+      <c r="D62" s="272"/>
       <c r="E62" s="22" t="s">
-        <v>2557</v>
+        <v>2560</v>
       </c>
       <c r="F62" s="87"/>
       <c r="G62" s="87"/>
       <c r="H62" s="87"/>
       <c r="I62" s="87"/>
       <c r="J62" s="7"/>
       <c r="K62" s="7"/>
       <c r="L62" s="7"/>
       <c r="M62" s="7"/>
       <c r="N62" s="7"/>
       <c r="O62" s="22" t="s">
-        <v>2559</v>
+        <v>2553</v>
       </c>
       <c r="P62" s="7"/>
       <c r="Q62" s="7"/>
       <c r="R62" s="7"/>
-      <c r="S62" s="206"/>
-[...2 lines deleted...]
-      <c r="V62" s="206"/>
+      <c r="S62" s="205"/>
+      <c r="T62" s="205"/>
+      <c r="U62" s="205"/>
+      <c r="V62" s="205"/>
       <c r="W62" s="87"/>
       <c r="X62" s="87"/>
       <c r="Y62" s="87"/>
       <c r="Z62" s="87"/>
-      <c r="AA62" s="210"/>
+      <c r="AA62" s="208"/>
       <c r="AB62" s="7" t="s">
-        <v>2558</v>
+        <v>2552</v>
       </c>
       <c r="AC62" s="9"/>
       <c r="AD62" s="7"/>
       <c r="AE62" s="7"/>
       <c r="AF62" s="7"/>
       <c r="AG62" s="7"/>
       <c r="AH62" s="7"/>
       <c r="AI62" s="7"/>
       <c r="AJ62" s="7"/>
       <c r="AK62" s="7"/>
       <c r="AL62" s="88"/>
       <c r="AM62" s="107"/>
       <c r="AN62" s="1"/>
       <c r="AO62" s="1"/>
       <c r="BY62" s="167"/>
       <c r="BZ62" s="167"/>
       <c r="CA62" s="167"/>
       <c r="CB62" s="167"/>
       <c r="CC62" s="167"/>
       <c r="CD62" s="167"/>
       <c r="CE62" s="167"/>
       <c r="CF62" s="167"/>
       <c r="CG62" s="167"/>
     </row>
     <row r="63" spans="1:126" x14ac:dyDescent="0.15">
-      <c r="A63" s="304"/>
-[...2 lines deleted...]
-      <c r="D63" s="306"/>
+      <c r="A63" s="309"/>
+      <c r="B63" s="310"/>
+      <c r="C63" s="310"/>
+      <c r="D63" s="311"/>
       <c r="E63" s="89" t="s">
-        <v>2551</v>
+        <v>2548</v>
       </c>
       <c r="F63" s="89"/>
       <c r="G63" s="89"/>
       <c r="H63" s="89"/>
       <c r="I63" s="89"/>
       <c r="J63" s="16"/>
       <c r="K63" s="16"/>
       <c r="L63" s="16"/>
       <c r="M63" s="16"/>
       <c r="N63" s="16"/>
       <c r="O63" s="90" t="s">
-        <v>2545</v>
+        <v>2542</v>
       </c>
       <c r="P63" s="16"/>
       <c r="Q63" s="16"/>
       <c r="R63" s="16"/>
-      <c r="S63" s="211"/>
-[...2 lines deleted...]
-      <c r="V63" s="211"/>
+      <c r="S63" s="209"/>
+      <c r="T63" s="209"/>
+      <c r="U63" s="209"/>
+      <c r="V63" s="209"/>
       <c r="W63" s="89"/>
       <c r="X63" s="89"/>
       <c r="Y63" s="89"/>
       <c r="Z63" s="16"/>
-      <c r="AA63" s="212"/>
+      <c r="AA63" s="210"/>
       <c r="AB63" s="16" t="s">
-        <v>2556</v>
+        <v>2551</v>
       </c>
       <c r="AC63" s="109"/>
       <c r="AD63" s="85"/>
       <c r="AE63" s="85"/>
       <c r="AF63" s="85"/>
       <c r="AG63" s="85"/>
       <c r="AH63" s="85"/>
       <c r="AI63" s="85"/>
       <c r="AJ63" s="85"/>
       <c r="AK63" s="85"/>
       <c r="AL63" s="91"/>
       <c r="AM63" s="107"/>
       <c r="AN63" s="1"/>
       <c r="AO63" s="1"/>
       <c r="BY63" s="167"/>
       <c r="BZ63" s="167"/>
       <c r="CA63" s="167"/>
       <c r="CB63" s="167"/>
       <c r="CC63" s="167"/>
       <c r="CD63" s="167"/>
       <c r="CE63" s="167"/>
       <c r="CF63" s="167"/>
       <c r="CG63" s="167"/>
     </row>
     <row r="64" spans="1:126" x14ac:dyDescent="0.15">
-      <c r="A64" s="304"/>
-[...38 lines deleted...]
-      <c r="AL64" s="347"/>
+      <c r="A64" s="309"/>
+      <c r="B64" s="310"/>
+      <c r="C64" s="310"/>
+      <c r="D64" s="311"/>
+      <c r="E64" s="350" t="s">
+        <v>2543</v>
+      </c>
+      <c r="F64" s="351"/>
+      <c r="G64" s="351"/>
+      <c r="H64" s="351"/>
+      <c r="I64" s="351"/>
+      <c r="J64" s="351"/>
+      <c r="K64" s="351"/>
+      <c r="L64" s="351"/>
+      <c r="M64" s="351"/>
+      <c r="N64" s="351"/>
+      <c r="O64" s="351"/>
+      <c r="P64" s="351"/>
+      <c r="Q64" s="351"/>
+      <c r="R64" s="351"/>
+      <c r="S64" s="351"/>
+      <c r="T64" s="351"/>
+      <c r="U64" s="351"/>
+      <c r="V64" s="351"/>
+      <c r="W64" s="351"/>
+      <c r="X64" s="351"/>
+      <c r="Y64" s="351"/>
+      <c r="Z64" s="351"/>
+      <c r="AA64" s="351"/>
+      <c r="AB64" s="351"/>
+      <c r="AC64" s="351"/>
+      <c r="AD64" s="351"/>
+      <c r="AE64" s="351"/>
+      <c r="AF64" s="351"/>
+      <c r="AG64" s="351"/>
+      <c r="AH64" s="351"/>
+      <c r="AI64" s="351"/>
+      <c r="AJ64" s="351"/>
+      <c r="AK64" s="351"/>
+      <c r="AL64" s="352"/>
       <c r="AM64" s="107"/>
       <c r="AN64" s="1"/>
       <c r="AO64" s="1"/>
       <c r="BY64" s="167"/>
       <c r="BZ64" s="167"/>
       <c r="CA64" s="167"/>
       <c r="CB64" s="167"/>
       <c r="CC64" s="167"/>
       <c r="CD64" s="167"/>
       <c r="CE64" s="167"/>
       <c r="CF64" s="167"/>
       <c r="CG64" s="167"/>
     </row>
     <row r="65" spans="1:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A65" s="268"/>
-[...38 lines deleted...]
-      <c r="AL65" s="350"/>
+      <c r="A65" s="273"/>
+      <c r="B65" s="274"/>
+      <c r="C65" s="274"/>
+      <c r="D65" s="275"/>
+      <c r="E65" s="214" t="s">
+        <v>2549</v>
+      </c>
+      <c r="F65" s="215"/>
+      <c r="G65" s="215"/>
+      <c r="H65" s="215"/>
+      <c r="I65" s="215"/>
+      <c r="J65" s="215"/>
+      <c r="K65" s="215"/>
+      <c r="L65" s="215"/>
+      <c r="M65" s="215"/>
+      <c r="N65" s="215"/>
+      <c r="O65" s="215"/>
+      <c r="P65" s="215"/>
+      <c r="Q65" s="215"/>
+      <c r="R65" s="215"/>
+      <c r="S65" s="215"/>
+      <c r="T65" s="215"/>
+      <c r="U65" s="215"/>
+      <c r="V65" s="216" t="s">
+        <v>2556</v>
+      </c>
+      <c r="W65" s="216"/>
+      <c r="X65" s="216"/>
+      <c r="Y65" s="216"/>
+      <c r="Z65" s="216"/>
+      <c r="AA65" s="216"/>
+      <c r="AB65" s="216"/>
+      <c r="AC65" s="216"/>
+      <c r="AD65" s="216"/>
+      <c r="AE65" s="216"/>
+      <c r="AF65" s="216"/>
+      <c r="AG65" s="216"/>
+      <c r="AH65" s="216"/>
+      <c r="AI65" s="216"/>
+      <c r="AJ65" s="216"/>
+      <c r="AK65" s="216"/>
+      <c r="AL65" s="217"/>
       <c r="AM65" s="107"/>
       <c r="AN65" s="1"/>
       <c r="AO65" s="1"/>
     </row>
     <row r="66" spans="1:41" ht="3.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A66" s="14"/>
       <c r="B66" s="14"/>
       <c r="C66" s="14"/>
       <c r="D66" s="92"/>
       <c r="E66" s="92"/>
       <c r="F66" s="92"/>
       <c r="G66" s="92"/>
       <c r="H66" s="92"/>
       <c r="I66" s="92"/>
       <c r="J66" s="92"/>
       <c r="K66" s="92"/>
       <c r="L66" s="92"/>
       <c r="M66" s="92"/>
       <c r="N66" s="92"/>
       <c r="O66" s="92"/>
       <c r="P66" s="92"/>
       <c r="Q66" s="92"/>
       <c r="R66" s="92"/>
       <c r="S66" s="92"/>
       <c r="T66" s="14"/>
       <c r="U66" s="14"/>
       <c r="V66" s="14"/>
       <c r="W66" s="92"/>
       <c r="X66" s="93"/>
       <c r="Y66" s="93"/>
       <c r="Z66" s="93"/>
       <c r="AA66" s="93"/>
       <c r="AB66" s="93"/>
       <c r="AC66" s="93"/>
       <c r="AD66" s="93"/>
       <c r="AE66" s="93"/>
       <c r="AF66" s="93"/>
       <c r="AG66" s="93"/>
       <c r="AH66" s="93"/>
       <c r="AI66" s="93"/>
       <c r="AJ66" s="93"/>
       <c r="AK66" s="93"/>
       <c r="AL66" s="93"/>
       <c r="AN66" s="4"/>
       <c r="AO66" s="95"/>
     </row>
     <row r="67" spans="1:41" x14ac:dyDescent="0.2">
-      <c r="A67" s="264" t="s">
-[...38 lines deleted...]
-      <c r="AL67" s="264"/>
+      <c r="A67" s="269" t="s">
+        <v>69</v>
+      </c>
+      <c r="B67" s="269"/>
+      <c r="C67" s="269"/>
+      <c r="D67" s="269"/>
+      <c r="E67" s="269"/>
+      <c r="F67" s="269"/>
+      <c r="G67" s="269"/>
+      <c r="H67" s="269"/>
+      <c r="I67" s="269"/>
+      <c r="J67" s="269"/>
+      <c r="K67" s="269"/>
+      <c r="L67" s="269"/>
+      <c r="M67" s="269"/>
+      <c r="N67" s="269"/>
+      <c r="O67" s="269"/>
+      <c r="P67" s="269"/>
+      <c r="Q67" s="269"/>
+      <c r="R67" s="269"/>
+      <c r="S67" s="269"/>
+      <c r="T67" s="269"/>
+      <c r="U67" s="269"/>
+      <c r="V67" s="269"/>
+      <c r="W67" s="269"/>
+      <c r="X67" s="269"/>
+      <c r="Y67" s="269"/>
+      <c r="Z67" s="269"/>
+      <c r="AA67" s="269"/>
+      <c r="AB67" s="269"/>
+      <c r="AC67" s="269"/>
+      <c r="AD67" s="269"/>
+      <c r="AE67" s="269"/>
+      <c r="AF67" s="269"/>
+      <c r="AG67" s="269"/>
+      <c r="AH67" s="269"/>
+      <c r="AI67" s="269"/>
+      <c r="AJ67" s="269"/>
+      <c r="AK67" s="269"/>
+      <c r="AL67" s="269"/>
       <c r="AM67" s="94"/>
       <c r="AN67" s="96"/>
       <c r="AO67" s="3"/>
     </row>
     <row r="68" spans="1:41" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A68" s="255" t="s">
+      <c r="A68" s="260" t="s">
+        <v>36</v>
+      </c>
+      <c r="B68" s="261"/>
+      <c r="C68" s="261"/>
+      <c r="D68" s="261"/>
+      <c r="E68" s="261"/>
+      <c r="F68" s="262"/>
+      <c r="G68" s="293" t="s">
+        <v>37</v>
+      </c>
+      <c r="H68" s="293"/>
+      <c r="I68" s="293"/>
+      <c r="J68" s="293"/>
+      <c r="K68" s="293"/>
+      <c r="L68" s="293"/>
+      <c r="M68" s="293"/>
+      <c r="N68" s="260" t="s">
         <v>38</v>
       </c>
-      <c r="B68" s="256"/>
-[...4 lines deleted...]
-      <c r="G68" s="288" t="s">
+      <c r="O68" s="261"/>
+      <c r="P68" s="261"/>
+      <c r="Q68" s="261"/>
+      <c r="R68" s="261"/>
+      <c r="S68" s="262"/>
+      <c r="T68" s="260" t="s">
         <v>39</v>
       </c>
-      <c r="H68" s="288"/>
-[...5 lines deleted...]
-      <c r="N68" s="255" t="s">
+      <c r="U68" s="261"/>
+      <c r="V68" s="261"/>
+      <c r="W68" s="261"/>
+      <c r="X68" s="262"/>
+      <c r="Y68" s="260" t="s">
         <v>40</v>
       </c>
-      <c r="O68" s="256"/>
-[...4 lines deleted...]
-      <c r="T68" s="255" t="s">
+      <c r="Z68" s="261"/>
+      <c r="AA68" s="261"/>
+      <c r="AB68" s="261"/>
+      <c r="AC68" s="262"/>
+      <c r="AD68" s="260" t="s">
         <v>41</v>
       </c>
-      <c r="U68" s="256"/>
-[...20 lines deleted...]
-      <c r="AL68" s="257"/>
+      <c r="AE68" s="261"/>
+      <c r="AF68" s="261"/>
+      <c r="AG68" s="261"/>
+      <c r="AH68" s="261"/>
+      <c r="AI68" s="261"/>
+      <c r="AJ68" s="261"/>
+      <c r="AK68" s="261"/>
+      <c r="AL68" s="262"/>
       <c r="AM68" s="96"/>
       <c r="AN68" s="96"/>
       <c r="AO68" s="3"/>
     </row>
     <row r="69" spans="1:41" ht="21" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A69" s="289" t="s">
-[...16 lines deleted...]
-      <c r="N69" s="280" t="s">
+      <c r="A69" s="294" t="s">
+        <v>72</v>
+      </c>
+      <c r="B69" s="295"/>
+      <c r="C69" s="295"/>
+      <c r="D69" s="295"/>
+      <c r="E69" s="295"/>
+      <c r="F69" s="296"/>
+      <c r="G69" s="294" t="s">
+        <v>72</v>
+      </c>
+      <c r="H69" s="295"/>
+      <c r="I69" s="295"/>
+      <c r="J69" s="295"/>
+      <c r="K69" s="295"/>
+      <c r="L69" s="295"/>
+      <c r="M69" s="296"/>
+      <c r="N69" s="285" t="s">
+        <v>42</v>
+      </c>
+      <c r="O69" s="286"/>
+      <c r="P69" s="286"/>
+      <c r="Q69" s="286"/>
+      <c r="R69" s="286"/>
+      <c r="S69" s="287"/>
+      <c r="T69" s="306" t="s">
+        <v>43</v>
+      </c>
+      <c r="U69" s="307"/>
+      <c r="V69" s="307"/>
+      <c r="W69" s="307"/>
+      <c r="X69" s="308"/>
+      <c r="Y69" s="306" t="s">
         <v>44</v>
       </c>
-      <c r="O69" s="281"/>
-[...26 lines deleted...]
-      <c r="AL69" s="300"/>
+      <c r="Z69" s="307"/>
+      <c r="AA69" s="307"/>
+      <c r="AB69" s="307"/>
+      <c r="AC69" s="308"/>
+      <c r="AD69" s="303"/>
+      <c r="AE69" s="304"/>
+      <c r="AF69" s="304"/>
+      <c r="AG69" s="304"/>
+      <c r="AH69" s="304"/>
+      <c r="AI69" s="304"/>
+      <c r="AJ69" s="304"/>
+      <c r="AK69" s="304"/>
+      <c r="AL69" s="305"/>
       <c r="AM69" s="96"/>
     </row>
     <row r="70" spans="1:41" x14ac:dyDescent="0.15">
       <c r="A70" s="97"/>
       <c r="B70" s="97"/>
       <c r="C70" s="97"/>
       <c r="D70" s="97"/>
       <c r="E70" s="97"/>
       <c r="F70" s="97"/>
-      <c r="G70" s="308"/>
-[...8 lines deleted...]
-      <c r="P70" s="309"/>
+      <c r="G70" s="313"/>
+      <c r="H70" s="314"/>
+      <c r="I70" s="314"/>
+      <c r="J70" s="314"/>
+      <c r="K70" s="314"/>
+      <c r="L70" s="314"/>
+      <c r="M70" s="314"/>
+      <c r="N70" s="314"/>
+      <c r="O70" s="314"/>
+      <c r="P70" s="314"/>
       <c r="Q70" s="14"/>
       <c r="R70" s="14"/>
       <c r="S70" s="17"/>
       <c r="T70" s="17"/>
       <c r="U70" s="17"/>
       <c r="V70" s="17"/>
       <c r="W70" s="17"/>
       <c r="X70" s="17"/>
       <c r="Y70" s="17"/>
       <c r="Z70" s="17"/>
       <c r="AA70" s="17"/>
       <c r="AB70" s="17"/>
       <c r="AC70" s="17"/>
       <c r="AD70" s="95"/>
       <c r="AE70" s="95"/>
       <c r="AF70" s="95"/>
       <c r="AG70" s="95"/>
       <c r="AH70" s="95"/>
       <c r="AI70" s="95"/>
       <c r="AJ70" s="95"/>
       <c r="AK70" s="122"/>
       <c r="AL70" s="95"/>
     </row>
     <row r="71" spans="1:41" x14ac:dyDescent="0.15">
       <c r="A71" s="98"/>
       <c r="B71" s="99"/>
       <c r="C71" s="99"/>
       <c r="D71" s="99"/>
       <c r="E71" s="99"/>
       <c r="F71" s="99"/>
-      <c r="G71" s="278"/>
-[...8 lines deleted...]
-      <c r="P71" s="279"/>
+      <c r="G71" s="283"/>
+      <c r="H71" s="284"/>
+      <c r="I71" s="284"/>
+      <c r="J71" s="284"/>
+      <c r="K71" s="284"/>
+      <c r="L71" s="284"/>
+      <c r="M71" s="284"/>
+      <c r="N71" s="284"/>
+      <c r="O71" s="284"/>
+      <c r="P71" s="284"/>
       <c r="Q71" s="17"/>
       <c r="R71" s="17"/>
       <c r="S71" s="17"/>
       <c r="T71" s="17"/>
       <c r="U71" s="17"/>
       <c r="V71" s="17"/>
       <c r="W71" s="17"/>
       <c r="X71" s="17"/>
       <c r="Y71" s="17"/>
       <c r="Z71" s="17"/>
       <c r="AA71" s="17"/>
       <c r="AB71" s="17"/>
       <c r="AC71" s="17"/>
       <c r="AD71" s="95"/>
       <c r="AE71" s="95"/>
       <c r="AF71" s="95"/>
       <c r="AG71" s="95"/>
       <c r="AH71" s="95"/>
       <c r="AI71" s="95"/>
       <c r="AJ71" s="95"/>
       <c r="AK71" s="122"/>
       <c r="AL71" s="95"/>
     </row>
     <row r="72" spans="1:41" x14ac:dyDescent="0.15">
       <c r="A72" s="99"/>
       <c r="B72" s="99"/>
       <c r="C72" s="99"/>
       <c r="D72" s="99"/>
       <c r="E72" s="99"/>
       <c r="F72" s="99"/>
-      <c r="G72" s="279"/>
-[...8 lines deleted...]
-      <c r="P72" s="279"/>
+      <c r="G72" s="284"/>
+      <c r="H72" s="284"/>
+      <c r="I72" s="284"/>
+      <c r="J72" s="284"/>
+      <c r="K72" s="284"/>
+      <c r="L72" s="284"/>
+      <c r="M72" s="284"/>
+      <c r="N72" s="284"/>
+      <c r="O72" s="284"/>
+      <c r="P72" s="284"/>
       <c r="Q72" s="17"/>
       <c r="R72" s="17"/>
       <c r="S72" s="17"/>
       <c r="T72" s="17"/>
       <c r="U72" s="17"/>
       <c r="V72" s="17"/>
       <c r="W72" s="17"/>
       <c r="X72" s="17"/>
       <c r="Y72" s="17"/>
       <c r="Z72" s="17"/>
       <c r="AA72" s="17"/>
       <c r="AB72" s="17"/>
       <c r="AC72" s="17"/>
       <c r="AD72" s="95"/>
       <c r="AE72" s="95"/>
       <c r="AF72" s="95"/>
       <c r="AG72" s="95"/>
       <c r="AH72" s="95"/>
       <c r="AI72" s="95"/>
       <c r="AJ72" s="95"/>
       <c r="AK72" s="122"/>
       <c r="AL72" s="95"/>
     </row>
   </sheetData>
-  <mergeCells count="119">
+  <mergeCells count="120">
+    <mergeCell ref="AI8:AJ8"/>
     <mergeCell ref="E64:AL64"/>
-    <mergeCell ref="E65:AL65"/>
     <mergeCell ref="V31:AA31"/>
     <mergeCell ref="AB31:AD31"/>
     <mergeCell ref="S30:U30"/>
     <mergeCell ref="AE33:AJ33"/>
     <mergeCell ref="AC10:AJ10"/>
     <mergeCell ref="AE12:AG12"/>
     <mergeCell ref="V33:AA33"/>
     <mergeCell ref="V32:AJ32"/>
     <mergeCell ref="L12:AB12"/>
     <mergeCell ref="AC11:AJ11"/>
     <mergeCell ref="L11:AB11"/>
     <mergeCell ref="B17:AJ17"/>
     <mergeCell ref="B15:F15"/>
     <mergeCell ref="S32:U32"/>
     <mergeCell ref="M31:R31"/>
     <mergeCell ref="S33:U33"/>
     <mergeCell ref="B32:F33"/>
     <mergeCell ref="G33:L33"/>
     <mergeCell ref="V24:AJ24"/>
     <mergeCell ref="N28:R28"/>
     <mergeCell ref="B29:M29"/>
     <mergeCell ref="AI12:AJ12"/>
+    <mergeCell ref="G70:P70"/>
     <mergeCell ref="A1:AL2"/>
     <mergeCell ref="C21:D21"/>
     <mergeCell ref="L21:O21"/>
     <mergeCell ref="G15:O15"/>
     <mergeCell ref="A3:AL3"/>
     <mergeCell ref="E6:F6"/>
     <mergeCell ref="T15:X15"/>
     <mergeCell ref="Y15:AA15"/>
     <mergeCell ref="E16:AJ16"/>
     <mergeCell ref="Y20:AJ22"/>
     <mergeCell ref="E8:F8"/>
     <mergeCell ref="P15:S15"/>
     <mergeCell ref="E10:F10"/>
     <mergeCell ref="AB15:AJ15"/>
     <mergeCell ref="B19:P19"/>
     <mergeCell ref="A4:AB4"/>
     <mergeCell ref="AC4:AJ4"/>
     <mergeCell ref="AC5:AJ6"/>
     <mergeCell ref="C12:K12"/>
     <mergeCell ref="G6:AB6"/>
     <mergeCell ref="G8:AB8"/>
     <mergeCell ref="G10:AB10"/>
     <mergeCell ref="AE8:AG8"/>
-    <mergeCell ref="AI8:AJ8"/>
+    <mergeCell ref="M56:O56"/>
     <mergeCell ref="G71:P72"/>
     <mergeCell ref="N69:S69"/>
     <mergeCell ref="F21:I21"/>
     <mergeCell ref="B24:U24"/>
     <mergeCell ref="S29:AA29"/>
     <mergeCell ref="G68:M68"/>
     <mergeCell ref="A69:F69"/>
     <mergeCell ref="B40:AJ40"/>
     <mergeCell ref="N37:AJ37"/>
     <mergeCell ref="I38:R38"/>
     <mergeCell ref="J30:R30"/>
     <mergeCell ref="AD69:AL69"/>
     <mergeCell ref="G69:M69"/>
     <mergeCell ref="Y69:AC69"/>
     <mergeCell ref="T69:X69"/>
     <mergeCell ref="A62:D65"/>
     <mergeCell ref="Y68:AC68"/>
     <mergeCell ref="S39:U39"/>
     <mergeCell ref="V39:AA39"/>
     <mergeCell ref="AB39:AD39"/>
     <mergeCell ref="AE39:AJ39"/>
     <mergeCell ref="M44:AD44"/>
     <mergeCell ref="M51:O51"/>
-    <mergeCell ref="G70:P70"/>
+    <mergeCell ref="V30:AJ30"/>
     <mergeCell ref="M52:O52"/>
     <mergeCell ref="G31:L31"/>
     <mergeCell ref="AE31:AJ31"/>
     <mergeCell ref="S31:U31"/>
     <mergeCell ref="B30:F31"/>
     <mergeCell ref="J32:R32"/>
     <mergeCell ref="M33:R33"/>
     <mergeCell ref="AD68:AL68"/>
     <mergeCell ref="A58:AL58"/>
     <mergeCell ref="A59:O59"/>
     <mergeCell ref="T68:X68"/>
     <mergeCell ref="A67:AL67"/>
     <mergeCell ref="A60:D61"/>
     <mergeCell ref="P59:AA59"/>
     <mergeCell ref="AB59:AL59"/>
     <mergeCell ref="C38:F39"/>
     <mergeCell ref="S38:U38"/>
     <mergeCell ref="V38:AJ38"/>
     <mergeCell ref="A68:F68"/>
     <mergeCell ref="N68:S68"/>
     <mergeCell ref="M53:O53"/>
     <mergeCell ref="M54:O54"/>
     <mergeCell ref="M55:O55"/>
-    <mergeCell ref="M56:O56"/>
+    <mergeCell ref="E65:U65"/>
+    <mergeCell ref="V65:AL65"/>
     <mergeCell ref="P51:AD51"/>
     <mergeCell ref="Q19:Y19"/>
     <mergeCell ref="AB28:AJ28"/>
     <mergeCell ref="AB29:AJ29"/>
     <mergeCell ref="B28:M28"/>
     <mergeCell ref="Z19:AA19"/>
     <mergeCell ref="AH19:AJ19"/>
     <mergeCell ref="AC19:AF19"/>
     <mergeCell ref="AB33:AD33"/>
     <mergeCell ref="A26:AL26"/>
     <mergeCell ref="C35:D35"/>
     <mergeCell ref="F35:G35"/>
     <mergeCell ref="A42:AL42"/>
     <mergeCell ref="B41:AJ41"/>
     <mergeCell ref="A49:AL49"/>
     <mergeCell ref="B43:AJ43"/>
     <mergeCell ref="AE51:AL51"/>
     <mergeCell ref="B50:AJ50"/>
     <mergeCell ref="G39:L39"/>
     <mergeCell ref="M39:R39"/>
     <mergeCell ref="B36:AJ36"/>
     <mergeCell ref="S28:AA28"/>
-    <mergeCell ref="V30:AJ30"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <dataValidations count="3">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AC8 Z19 AC12" xr:uid="{8710306A-FB5A-4D02-A063-016973B68F6D}">
       <formula1>"1,2,3,4,5,6,7,8,9,10,11,12,13,14,15,16,17,18,19,20,21,22,23,24,25,26,27,28,29,30,31"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AE8 AC19 AE12" xr:uid="{8EB74219-0337-4B74-8A47-086E54D83F4A}">
       <formula1>" January , February ,March, April , May , June , July , August , September , October ,November, December "</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C12:C13" xr:uid="{13B2F488-C206-4A7A-AD4B-0821149FC6A0}">
       <formula1>$AP$20:$AP$28</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
-    <hyperlink ref="AB61" r:id="rId1" display="oicro@st.ritsumei.ac.jp" xr:uid="{BDE47829-2A89-4B61-BFB4-625593A96D35}"/>
+    <hyperlink ref="AB61" r:id="rId1" xr:uid="{BDE47829-2A89-4B61-BFB4-625593A96D35}"/>
+    <hyperlink ref="V65" r:id="rId2" xr:uid="{CB3A0875-40FF-4A65-8642-986531E05EFF}"/>
+    <hyperlink ref="E61" r:id="rId3" xr:uid="{D3795015-B056-49FE-A353-6A2ECBE672A6}"/>
+    <hyperlink ref="O61" r:id="rId4" xr:uid="{F7D8195B-2EB5-46E0-BA56-37AD8520EC5C}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.19685039370078741" bottom="0.19685039370078741" header="0.19685039370078741" footer="0.19685039370078741"/>
-  <pageSetup paperSize="9" scale="85" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
+  <pageSetup paperSize="9" scale="85" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId5"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;L&amp;"Arial,標準"Application Form 1-e-Rad</oddHeader>
   </headerFooter>
-  <drawing r:id="rId3"/>
-  <legacyDrawing r:id="rId4"/>
+  <drawing r:id="rId6"/>
+  <legacyDrawing r:id="rId7"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1029" r:id="rId5" name="Check Box 5">
+            <control shapeId="1029" r:id="rId8" name="Check Box 5">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>19050</xdr:colOff>
                     <xdr:row>43</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>180975</xdr:colOff>
                     <xdr:row>44</xdr:row>
                     <xdr:rowOff>123825</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1030" r:id="rId6" name="Check Box 6">
+            <control shapeId="1030" r:id="rId9" name="Check Box 6">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>19050</xdr:colOff>
                     <xdr:row>45</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>180975</xdr:colOff>
                     <xdr:row>46</xdr:row>
                     <xdr:rowOff>142875</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1032" r:id="rId7" name="Drop Down 8">
+            <control shapeId="1032" r:id="rId10" name="Drop Down 8">
               <controlPr defaultSize="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>13</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>43</xdr:row>
                     <xdr:rowOff>180975</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>30</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>44</xdr:row>
                     <xdr:rowOff>180975</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1033" r:id="rId8" name="Drop Down 9">
+            <control shapeId="1033" r:id="rId11" name="Drop Down 9">
               <controlPr defaultSize="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>13</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>45</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>30</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>46</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1034" r:id="rId9" name="Drop Down 10">
+            <control shapeId="1034" r:id="rId12" name="Drop Down 10">
               <controlPr defaultSize="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>13</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>46</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>30</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>47</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1036" r:id="rId10" name="Check Box 12">
+            <control shapeId="1036" r:id="rId13" name="Check Box 12">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>19050</xdr:colOff>
                     <xdr:row>50</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>180975</xdr:colOff>
                     <xdr:row>51</xdr:row>
                     <xdr:rowOff>123825</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1037" r:id="rId11" name="Check Box 13">
+            <control shapeId="1037" r:id="rId14" name="Check Box 13">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>19050</xdr:colOff>
                     <xdr:row>52</xdr:row>
                     <xdr:rowOff>9525</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>180975</xdr:colOff>
                     <xdr:row>53</xdr:row>
                     <xdr:rowOff>133350</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1038" r:id="rId12" name="Drop Down 14">
+            <control shapeId="1038" r:id="rId15" name="Drop Down 14">
               <controlPr defaultSize="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>15</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>51</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>30</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>52</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1040" r:id="rId13" name="Drop Down 16">
+            <control shapeId="1040" r:id="rId16" name="Drop Down 16">
               <controlPr defaultSize="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>15</xdr:col>
                     <xdr:colOff>9525</xdr:colOff>
                     <xdr:row>52</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>30</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>53</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1041" r:id="rId14" name="Drop Down 17">
+            <control shapeId="1041" r:id="rId17" name="Drop Down 17">
               <controlPr defaultSize="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>15</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>53</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>30</xdr:col>
                     <xdr:colOff>9525</xdr:colOff>
                     <xdr:row>54</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1042" r:id="rId15" name="Drop Down 18">
+            <control shapeId="1042" r:id="rId18" name="Drop Down 18">
               <controlPr defaultSize="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>15</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>54</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>30</xdr:col>
                     <xdr:colOff>9525</xdr:colOff>
                     <xdr:row>55</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1043" r:id="rId16" name="Drop Down 19">
+            <control shapeId="1043" r:id="rId19" name="Drop Down 19">
               <controlPr defaultSize="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>15</xdr:col>
                     <xdr:colOff>19050</xdr:colOff>
                     <xdr:row>55</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>30</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>56</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{772A2178-DA19-4069-8ECE-BBC25E7718BC}">
   <dimension ref="A1:AM730"/>
   <sheetViews>
-    <sheetView topLeftCell="D1" workbookViewId="0">
+    <sheetView topLeftCell="A171" workbookViewId="0">
       <selection activeCell="E1" sqref="E1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.5" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="1" width="21.875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="41.75" customWidth="1"/>
     <col min="3" max="3" width="33.25" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="44.25" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="56.625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:39" s="181" customFormat="1" ht="18.75" x14ac:dyDescent="0.2">
-      <c r="A1" s="373" t="s">
-[...10 lines deleted...]
-      <c r="F1" s="376"/>
+      <c r="A1" s="375" t="s">
+        <v>2437</v>
+      </c>
+      <c r="B1" s="376"/>
+      <c r="C1" s="377" t="s">
+        <v>2438</v>
+      </c>
+      <c r="D1" s="377"/>
+      <c r="E1" s="378" t="s">
+        <v>2550</v>
+      </c>
+      <c r="F1" s="378"/>
       <c r="G1" s="180"/>
       <c r="H1" s="180"/>
       <c r="I1" s="180"/>
       <c r="J1" s="180"/>
       <c r="K1" s="180"/>
       <c r="L1" s="180"/>
       <c r="M1" s="180"/>
       <c r="N1" s="180"/>
       <c r="O1" s="180"/>
       <c r="P1" s="180"/>
       <c r="Q1" s="180"/>
       <c r="R1" s="180"/>
       <c r="S1" s="180"/>
       <c r="T1" s="180"/>
       <c r="U1" s="180"/>
       <c r="V1" s="180"/>
       <c r="W1" s="180"/>
       <c r="X1" s="180"/>
       <c r="Y1" s="180"/>
       <c r="Z1" s="180"/>
       <c r="AA1" s="180"/>
       <c r="AB1" s="180"/>
       <c r="AC1" s="180"/>
       <c r="AD1" s="180"/>
       <c r="AE1" s="180"/>
       <c r="AF1" s="180"/>
       <c r="AG1" s="180"/>
       <c r="AH1" s="180"/>
       <c r="AI1" s="180"/>
       <c r="AJ1" s="180"/>
       <c r="AK1" s="180"/>
       <c r="AL1" s="180"/>
       <c r="AM1" s="180"/>
     </row>
     <row r="2" spans="1:39" x14ac:dyDescent="0.15">
       <c r="A2" s="182" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="B2" s="182" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="C2" s="183" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="D2" s="183" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="E2" s="184" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="F2" s="184" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
     </row>
     <row r="3" spans="1:39" x14ac:dyDescent="0.15">
       <c r="A3" s="182" t="s">
+        <v>107</v>
+      </c>
+      <c r="B3" s="182" t="s">
+        <v>108</v>
+      </c>
+      <c r="C3" s="183" t="s">
         <v>109</v>
       </c>
-      <c r="B3" s="182" t="s">
+      <c r="D3" s="183" t="s">
         <v>110</v>
       </c>
-      <c r="C3" s="183" t="s">
+      <c r="E3" s="184" t="s">
         <v>111</v>
       </c>
-      <c r="D3" s="183" t="s">
+      <c r="F3" s="184" t="s">
         <v>112</v>
-      </c>
-[...4 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="4" spans="1:39" x14ac:dyDescent="0.15">
       <c r="A4" s="182" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="B4" s="182" t="s">
+        <v>113</v>
+      </c>
+      <c r="C4" s="183" t="s">
+        <v>114</v>
+      </c>
+      <c r="D4" s="183" t="s">
+        <v>133</v>
+      </c>
+      <c r="E4" s="184" t="s">
         <v>115</v>
       </c>
-      <c r="C4" s="183" t="s">
+      <c r="F4" s="184" t="s">
         <v>116</v>
-      </c>
-[...7 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="5" spans="1:39" x14ac:dyDescent="0.15">
       <c r="A5" s="182" t="s">
+        <v>117</v>
+      </c>
+      <c r="B5" s="182" t="s">
+        <v>118</v>
+      </c>
+      <c r="C5" s="183" t="s">
         <v>119</v>
       </c>
-      <c r="B5" s="182" t="s">
+      <c r="D5" s="183" t="s">
+        <v>133</v>
+      </c>
+      <c r="E5" s="184" t="s">
         <v>120</v>
       </c>
-      <c r="C5" s="183" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F5" s="184" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
     </row>
     <row r="6" spans="1:39" x14ac:dyDescent="0.15">
       <c r="A6" s="182" t="s">
+        <v>121</v>
+      </c>
+      <c r="B6" s="182" t="s">
+        <v>122</v>
+      </c>
+      <c r="C6" s="183" t="s">
         <v>123</v>
       </c>
-      <c r="B6" s="182" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D6" s="183" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="E6" s="184" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="F6" s="184" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
     </row>
     <row r="7" spans="1:39" x14ac:dyDescent="0.15">
       <c r="A7" s="182" t="s">
+        <v>124</v>
+      </c>
+      <c r="B7" s="182" t="s">
+        <v>125</v>
+      </c>
+      <c r="C7" s="183" t="s">
         <v>126</v>
       </c>
-      <c r="B7" s="182" t="s">
+      <c r="D7" s="183" t="s">
         <v>127</v>
       </c>
-      <c r="C7" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E7" s="184" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="F7" s="184" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
     </row>
     <row r="8" spans="1:39" x14ac:dyDescent="0.15">
       <c r="A8" s="182" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="B8" s="182" t="s">
+        <v>128</v>
+      </c>
+      <c r="C8" s="183" t="s">
+        <v>129</v>
+      </c>
+      <c r="D8" s="183" t="s">
         <v>130</v>
       </c>
-      <c r="C8" s="183" t="s">
+      <c r="E8" s="184" t="s">
         <v>131</v>
       </c>
-      <c r="D8" s="183" t="s">
+      <c r="F8" s="184" t="s">
         <v>132</v>
-      </c>
-[...4 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="9" spans="1:39" x14ac:dyDescent="0.15">
       <c r="A9" s="182" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="B9" s="182" t="s">
+        <v>133</v>
+      </c>
+      <c r="C9" s="183" t="s">
+        <v>134</v>
+      </c>
+      <c r="D9" s="183" t="s">
         <v>135</v>
       </c>
-      <c r="C9" s="183" t="s">
+      <c r="E9" s="184" t="s">
         <v>136</v>
       </c>
-      <c r="D9" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F9" s="184" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
     </row>
     <row r="10" spans="1:39" x14ac:dyDescent="0.15">
       <c r="A10" s="182" t="s">
+        <v>137</v>
+      </c>
+      <c r="B10" s="182" t="s">
+        <v>138</v>
+      </c>
+      <c r="C10" s="183" t="s">
         <v>139</v>
       </c>
-      <c r="B10" s="182" t="s">
+      <c r="D10" s="183" t="s">
         <v>140</v>
       </c>
-      <c r="C10" s="183" t="s">
+      <c r="E10" s="184" t="s">
+        <v>109</v>
+      </c>
+      <c r="F10" s="184" t="s">
         <v>141</v>
-      </c>
-[...7 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="11" spans="1:39" x14ac:dyDescent="0.15">
       <c r="A11" s="182" t="s">
+        <v>142</v>
+      </c>
+      <c r="B11" s="182" t="s">
+        <v>143</v>
+      </c>
+      <c r="C11" s="183" t="s">
         <v>144</v>
       </c>
-      <c r="B11" s="182" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D11" s="183" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="E11" s="184" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="F11" s="184" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
     </row>
     <row r="12" spans="1:39" x14ac:dyDescent="0.15">
       <c r="A12" s="182" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="B12" s="182" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="C12" s="183" t="s">
+        <v>145</v>
+      </c>
+      <c r="D12" s="183" t="s">
+        <v>146</v>
+      </c>
+      <c r="E12" s="184" t="s">
         <v>147</v>
       </c>
-      <c r="D12" s="183" t="s">
+      <c r="F12" s="184" t="s">
         <v>148</v>
-      </c>
-[...4 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="13" spans="1:39" x14ac:dyDescent="0.15">
       <c r="A13" s="182" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B13" s="182" t="s">
+        <v>149</v>
+      </c>
+      <c r="C13" s="183" t="s">
+        <v>150</v>
+      </c>
+      <c r="D13" s="183" t="s">
         <v>151</v>
       </c>
-      <c r="C13" s="183" t="s">
+      <c r="E13" s="184" t="s">
         <v>152</v>
       </c>
-      <c r="D13" s="183" t="s">
+      <c r="F13" s="184" t="s">
         <v>153</v>
-      </c>
-[...4 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="14" spans="1:39" x14ac:dyDescent="0.15">
       <c r="A14" s="182" t="s">
+        <v>154</v>
+      </c>
+      <c r="B14" s="182" t="s">
+        <v>155</v>
+      </c>
+      <c r="C14" s="183" t="s">
         <v>156</v>
       </c>
-      <c r="B14" s="182" t="s">
+      <c r="D14" s="183" t="s">
         <v>157</v>
       </c>
-      <c r="C14" s="183" t="s">
+      <c r="E14" s="184" t="s">
         <v>158</v>
       </c>
-      <c r="D14" s="183" t="s">
+      <c r="F14" s="184" t="s">
         <v>159</v>
-      </c>
-[...4 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="15" spans="1:39" x14ac:dyDescent="0.15">
       <c r="A15" s="182" t="s">
+        <v>160</v>
+      </c>
+      <c r="B15" s="182" t="s">
+        <v>161</v>
+      </c>
+      <c r="C15" s="183" t="s">
         <v>162</v>
       </c>
-      <c r="B15" s="182" t="s">
+      <c r="D15" s="183" t="s">
+        <v>113</v>
+      </c>
+      <c r="E15" s="184" t="s">
         <v>163</v>
       </c>
-      <c r="C15" s="183" t="s">
+      <c r="F15" s="184" t="s">
         <v>164</v>
-      </c>
-[...7 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="16" spans="1:39" x14ac:dyDescent="0.15">
       <c r="A16" s="182" t="s">
+        <v>165</v>
+      </c>
+      <c r="B16" s="182" t="s">
+        <v>166</v>
+      </c>
+      <c r="C16" s="183" t="s">
         <v>167</v>
       </c>
-      <c r="B16" s="182" t="s">
+      <c r="D16" s="183" t="s">
         <v>168</v>
       </c>
-      <c r="C16" s="183" t="s">
+      <c r="E16" s="184" t="s">
+        <v>107</v>
+      </c>
+      <c r="F16" s="184" t="s">
         <v>169</v>
-      </c>
-[...7 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="17" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A17" s="182" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="B17" s="182" t="s">
+        <v>170</v>
+      </c>
+      <c r="C17" s="183" t="s">
+        <v>171</v>
+      </c>
+      <c r="D17" s="183" t="s">
+        <v>169</v>
+      </c>
+      <c r="E17" s="184" t="s">
         <v>172</v>
       </c>
-      <c r="C17" s="183" t="s">
+      <c r="F17" s="184" t="s">
         <v>173</v>
-      </c>
-[...7 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="18" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A18" s="182" t="s">
+        <v>174</v>
+      </c>
+      <c r="B18" s="182" t="s">
+        <v>175</v>
+      </c>
+      <c r="C18" s="183" t="s">
         <v>176</v>
       </c>
-      <c r="B18" s="182" t="s">
+      <c r="D18" s="183" t="s">
+        <v>1617</v>
+      </c>
+      <c r="E18" s="184" t="s">
         <v>177</v>
       </c>
-      <c r="C18" s="183" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F18" s="184" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
     </row>
     <row r="19" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A19" s="182" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="B19" s="182" t="s">
+        <v>178</v>
+      </c>
+      <c r="C19" s="183" t="s">
+        <v>142</v>
+      </c>
+      <c r="D19" s="183" t="s">
+        <v>179</v>
+      </c>
+      <c r="E19" s="184" t="s">
         <v>180</v>
       </c>
-      <c r="C19" s="183" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F19" s="184" t="s">
-        <v>536</v>
+        <v>534</v>
       </c>
     </row>
     <row r="20" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A20" s="182" t="s">
+        <v>181</v>
+      </c>
+      <c r="B20" s="182" t="s">
+        <v>182</v>
+      </c>
+      <c r="C20" s="183" t="s">
         <v>183</v>
       </c>
-      <c r="B20" s="182" t="s">
+      <c r="D20" s="183" t="s">
         <v>184</v>
       </c>
-      <c r="C20" s="183" t="s">
+      <c r="E20" s="184" t="s">
         <v>185</v>
       </c>
-      <c r="D20" s="183" t="s">
+      <c r="F20" s="184" t="s">
         <v>186</v>
-      </c>
-[...4 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="21" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A21" s="182" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="B21" s="182" t="s">
+        <v>187</v>
+      </c>
+      <c r="C21" s="183" t="s">
+        <v>188</v>
+      </c>
+      <c r="D21" s="183" t="s">
         <v>189</v>
       </c>
-      <c r="C21" s="183" t="s">
+      <c r="E21" s="184" t="s">
         <v>190</v>
       </c>
-      <c r="D21" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F21" s="184" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
     </row>
     <row r="22" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A22" s="182" t="s">
+        <v>191</v>
+      </c>
+      <c r="B22" s="182" t="s">
+        <v>192</v>
+      </c>
+      <c r="C22" s="183" t="s">
         <v>193</v>
       </c>
-      <c r="B22" s="182" t="s">
+      <c r="D22" s="183" t="s">
         <v>194</v>
       </c>
-      <c r="C22" s="183" t="s">
+      <c r="E22" s="184" t="s">
         <v>195</v>
       </c>
-      <c r="D22" s="183" t="s">
+      <c r="F22" s="184" t="s">
         <v>196</v>
-      </c>
-[...4 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="23" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A23" s="182" t="s">
+        <v>197</v>
+      </c>
+      <c r="B23" s="182" t="s">
+        <v>198</v>
+      </c>
+      <c r="C23" s="183" t="s">
         <v>199</v>
       </c>
-      <c r="B23" s="182" t="s">
+      <c r="D23" s="183" t="s">
+        <v>219</v>
+      </c>
+      <c r="E23" s="184" t="s">
         <v>200</v>
       </c>
-      <c r="C23" s="183" t="s">
+      <c r="F23" s="184" t="s">
         <v>201</v>
-      </c>
-[...7 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="24" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A24" s="182" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B24" s="182" t="s">
+        <v>202</v>
+      </c>
+      <c r="C24" s="183" t="s">
+        <v>203</v>
+      </c>
+      <c r="D24" s="183" t="s">
         <v>204</v>
       </c>
-      <c r="C24" s="183" t="s">
+      <c r="E24" s="184" t="s">
         <v>205</v>
       </c>
-      <c r="D24" s="183" t="s">
+      <c r="F24" s="184" t="s">
         <v>206</v>
-      </c>
-[...4 lines deleted...]
-        <v>208</v>
       </c>
     </row>
     <row r="25" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A25" s="182" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="B25" s="182" t="s">
+        <v>207</v>
+      </c>
+      <c r="C25" s="183" t="s">
+        <v>208</v>
+      </c>
+      <c r="D25" s="183" t="s">
+        <v>225</v>
+      </c>
+      <c r="E25" s="184" t="s">
+        <v>199</v>
+      </c>
+      <c r="F25" s="184" t="s">
         <v>209</v>
-      </c>
-[...10 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="26" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A26" s="182" t="s">
+        <v>210</v>
+      </c>
+      <c r="B26" s="182" t="s">
+        <v>2445</v>
+      </c>
+      <c r="C26" s="183" t="s">
+        <v>200</v>
+      </c>
+      <c r="D26" s="183" t="s">
+        <v>211</v>
+      </c>
+      <c r="E26" s="184" t="s">
         <v>212</v>
       </c>
-      <c r="B26" s="182" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F26" s="184" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
     </row>
     <row r="27" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A27" s="182" t="s">
+        <v>213</v>
+      </c>
+      <c r="B27" s="182" t="s">
+        <v>214</v>
+      </c>
+      <c r="C27" s="183" t="s">
         <v>215</v>
       </c>
-      <c r="B27" s="182" t="s">
+      <c r="D27" s="183" t="s">
+        <v>211</v>
+      </c>
+      <c r="E27" s="184" t="s">
         <v>216</v>
       </c>
-      <c r="C27" s="183" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F27" s="184" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
     </row>
     <row r="28" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A28" s="182" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="B28" s="182" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="C28" s="183" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="D28" s="183" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="E28" s="184" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="F28" s="184" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
     </row>
     <row r="29" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A29" s="182" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="B29" s="182" t="s">
+        <v>219</v>
+      </c>
+      <c r="C29" s="183" t="s">
+        <v>220</v>
+      </c>
+      <c r="D29" s="183" t="s">
         <v>221</v>
       </c>
-      <c r="C29" s="183" t="s">
+      <c r="E29" s="184" t="s">
+        <v>162</v>
+      </c>
+      <c r="F29" s="184" t="s">
         <v>222</v>
-      </c>
-[...7 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="30" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A30" s="182" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="B30" s="182" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="C30" s="183" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="D30" s="183" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="E30" s="184" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="F30" s="184" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
     </row>
     <row r="31" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A31" s="182" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="B31" s="182" t="s">
+        <v>225</v>
+      </c>
+      <c r="C31" s="183" t="s">
+        <v>121</v>
+      </c>
+      <c r="D31" s="183" t="s">
+        <v>122</v>
+      </c>
+      <c r="E31" s="184" t="s">
+        <v>226</v>
+      </c>
+      <c r="F31" s="184" t="s">
         <v>227</v>
-      </c>
-[...10 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="32" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A32" s="182" t="s">
+        <v>228</v>
+      </c>
+      <c r="B32" s="182" t="s">
+        <v>229</v>
+      </c>
+      <c r="C32" s="183" t="s">
         <v>230</v>
       </c>
-      <c r="B32" s="182" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D32" s="183" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="E32" s="184" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="F32" s="184" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
     </row>
     <row r="33" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A33" s="182" t="s">
+        <v>231</v>
+      </c>
+      <c r="B33" s="182" t="s">
+        <v>232</v>
+      </c>
+      <c r="C33" s="183" t="s">
+        <v>117</v>
+      </c>
+      <c r="D33" s="183" t="s">
+        <v>118</v>
+      </c>
+      <c r="E33" s="184" t="s">
         <v>233</v>
       </c>
-      <c r="B33" s="182" t="s">
+      <c r="F33" s="184" t="s">
         <v>234</v>
-      </c>
-[...10 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="34" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A34" s="182" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="B34" s="182" t="s">
+        <v>235</v>
+      </c>
+      <c r="C34" s="183" t="s">
+        <v>236</v>
+      </c>
+      <c r="D34" s="183" t="s">
+        <v>224</v>
+      </c>
+      <c r="E34" s="184" t="s">
         <v>237</v>
       </c>
-      <c r="C34" s="183" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F34" s="184" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
     </row>
     <row r="35" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A35" s="182" t="s">
+        <v>238</v>
+      </c>
+      <c r="B35" s="182" t="s">
+        <v>239</v>
+      </c>
+      <c r="C35" s="183" t="s">
         <v>240</v>
       </c>
-      <c r="B35" s="182" t="s">
+      <c r="D35" s="183" t="s">
+        <v>116</v>
+      </c>
+      <c r="E35" s="184" t="s">
         <v>241</v>
       </c>
-      <c r="C35" s="183" t="s">
+      <c r="F35" s="184" t="s">
         <v>242</v>
-      </c>
-[...7 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="36" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A36" s="182" t="s">
+        <v>243</v>
+      </c>
+      <c r="B36" s="182" t="s">
+        <v>244</v>
+      </c>
+      <c r="C36" s="183" t="s">
         <v>245</v>
       </c>
-      <c r="B36" s="182" t="s">
+      <c r="D36" s="183" t="s">
         <v>246</v>
       </c>
-      <c r="C36" s="183" t="s">
+      <c r="E36" s="184" t="s">
         <v>247</v>
       </c>
-      <c r="D36" s="183" t="s">
+      <c r="F36" s="184" t="s">
         <v>248</v>
-      </c>
-[...4 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="37" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A37" s="182" t="s">
+        <v>249</v>
+      </c>
+      <c r="B37" s="182" t="s">
+        <v>250</v>
+      </c>
+      <c r="C37" s="183" t="s">
         <v>251</v>
       </c>
-      <c r="B37" s="182" t="s">
+      <c r="D37" s="183" t="s">
         <v>252</v>
       </c>
-      <c r="C37" s="183" t="s">
+      <c r="E37" s="184" t="s">
         <v>253</v>
       </c>
-      <c r="D37" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F37" s="184" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
     </row>
     <row r="38" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A38" s="182" t="s">
+        <v>254</v>
+      </c>
+      <c r="B38" s="182" t="s">
+        <v>255</v>
+      </c>
+      <c r="C38" s="183" t="s">
+        <v>165</v>
+      </c>
+      <c r="D38" s="183" t="s">
         <v>256</v>
       </c>
-      <c r="B38" s="182" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E38" s="184" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="F38" s="184" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
     </row>
     <row r="39" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A39" s="182" t="s">
+        <v>257</v>
+      </c>
+      <c r="B39" s="182" t="s">
+        <v>258</v>
+      </c>
+      <c r="C39" s="183" t="s">
         <v>259</v>
       </c>
-      <c r="B39" s="182" t="s">
+      <c r="D39" s="183" t="s">
         <v>260</v>
       </c>
-      <c r="C39" s="183" t="s">
+      <c r="E39" s="184" t="s">
         <v>261</v>
       </c>
-      <c r="D39" s="183" t="s">
+      <c r="F39" s="184" t="s">
         <v>262</v>
-      </c>
-[...4 lines deleted...]
-        <v>264</v>
       </c>
     </row>
     <row r="40" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A40" s="182" t="s">
+        <v>263</v>
+      </c>
+      <c r="B40" s="182" t="s">
+        <v>264</v>
+      </c>
+      <c r="C40" s="183" t="s">
+        <v>181</v>
+      </c>
+      <c r="D40" s="183" t="s">
         <v>265</v>
       </c>
-      <c r="B40" s="182" t="s">
+      <c r="E40" s="184" t="s">
         <v>266</v>
       </c>
-      <c r="C40" s="183" t="s">
-[...2 lines deleted...]
-      <c r="D40" s="183" t="s">
+      <c r="F40" s="184" t="s">
         <v>267</v>
-      </c>
-[...4 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="41" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A41" s="182" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="B41" s="182" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="C41" s="183" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="D41" s="183" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="E41" s="184" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="F41" s="184" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
     </row>
     <row r="42" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A42" s="182" t="s">
+        <v>270</v>
+      </c>
+      <c r="B42" s="182" t="s">
+        <v>271</v>
+      </c>
+      <c r="C42" s="183" t="s">
         <v>272</v>
       </c>
-      <c r="B42" s="182" t="s">
+      <c r="D42" s="183" t="s">
+        <v>2449</v>
+      </c>
+      <c r="E42" s="184" t="s">
         <v>273</v>
       </c>
-      <c r="C42" s="183" t="s">
+      <c r="F42" s="184" t="s">
         <v>274</v>
-      </c>
-[...7 lines deleted...]
-        <v>276</v>
       </c>
     </row>
     <row r="43" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A43" s="182" t="s">
+        <v>275</v>
+      </c>
+      <c r="B43" s="182" t="s">
+        <v>276</v>
+      </c>
+      <c r="C43" s="183" t="s">
+        <v>210</v>
+      </c>
+      <c r="D43" s="183" t="s">
         <v>277</v>
       </c>
-      <c r="B43" s="182" t="s">
+      <c r="E43" s="184" t="s">
         <v>278</v>
       </c>
-      <c r="C43" s="183" t="s">
-[...2 lines deleted...]
-      <c r="D43" s="183" t="s">
+      <c r="F43" s="184" t="s">
         <v>279</v>
-      </c>
-[...4 lines deleted...]
-        <v>281</v>
       </c>
     </row>
     <row r="44" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A44" s="182" t="s">
+        <v>280</v>
+      </c>
+      <c r="B44" s="182" t="s">
+        <v>281</v>
+      </c>
+      <c r="C44" s="183" t="s">
         <v>282</v>
       </c>
-      <c r="B44" s="182" t="s">
+      <c r="D44" s="183" t="s">
         <v>283</v>
       </c>
-      <c r="C44" s="183" t="s">
+      <c r="E44" s="184" t="s">
         <v>284</v>
       </c>
-      <c r="D44" s="183" t="s">
+      <c r="F44" s="184" t="s">
         <v>285</v>
-      </c>
-[...4 lines deleted...]
-        <v>287</v>
       </c>
     </row>
     <row r="45" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A45" s="182" t="s">
+        <v>286</v>
+      </c>
+      <c r="B45" s="182" t="s">
+        <v>287</v>
+      </c>
+      <c r="C45" s="183" t="s">
+        <v>137</v>
+      </c>
+      <c r="D45" s="183" t="s">
+        <v>138</v>
+      </c>
+      <c r="E45" s="184" t="s">
         <v>288</v>
       </c>
-      <c r="B45" s="182" t="s">
+      <c r="F45" s="184" t="s">
         <v>289</v>
-      </c>
-[...10 lines deleted...]
-        <v>291</v>
       </c>
     </row>
     <row r="46" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A46" s="182" t="s">
+        <v>290</v>
+      </c>
+      <c r="B46" s="182" t="s">
+        <v>291</v>
+      </c>
+      <c r="C46" s="183" t="s">
         <v>292</v>
       </c>
-      <c r="B46" s="182" t="s">
+      <c r="D46" s="183" t="s">
         <v>293</v>
       </c>
-      <c r="C46" s="183" t="s">
+      <c r="E46" s="184" t="s">
         <v>294</v>
       </c>
-      <c r="D46" s="183" t="s">
+      <c r="F46" s="184" t="s">
         <v>295</v>
-      </c>
-[...4 lines deleted...]
-        <v>297</v>
       </c>
     </row>
     <row r="47" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A47" s="182" t="s">
+        <v>296</v>
+      </c>
+      <c r="B47" s="182" t="s">
+        <v>297</v>
+      </c>
+      <c r="C47" s="183" t="s">
         <v>298</v>
       </c>
-      <c r="B47" s="182" t="s">
+      <c r="D47" s="183" t="s">
         <v>299</v>
       </c>
-      <c r="C47" s="183" t="s">
+      <c r="E47" s="184" t="s">
+        <v>193</v>
+      </c>
+      <c r="F47" s="184" t="s">
         <v>300</v>
-      </c>
-[...7 lines deleted...]
-        <v>302</v>
       </c>
     </row>
     <row r="48" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A48" s="182" t="s">
+        <v>301</v>
+      </c>
+      <c r="B48" s="182" t="s">
+        <v>302</v>
+      </c>
+      <c r="C48" s="183" t="s">
         <v>303</v>
       </c>
-      <c r="B48" s="182" t="s">
+      <c r="D48" s="183" t="s">
         <v>304</v>
       </c>
-      <c r="C48" s="183" t="s">
+      <c r="E48" s="184" t="s">
         <v>305</v>
       </c>
-      <c r="D48" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F48" s="184" t="s">
-        <v>525</v>
+        <v>523</v>
       </c>
     </row>
     <row r="49" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A49" s="182" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
       <c r="B49" s="182" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="C49" s="183" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="D49" s="183" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="E49" s="184" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
       <c r="F49" s="184" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
     </row>
     <row r="50" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A50" s="182" t="s">
+        <v>308</v>
+      </c>
+      <c r="B50" s="182" t="s">
+        <v>309</v>
+      </c>
+      <c r="C50" s="183" t="s">
+        <v>217</v>
+      </c>
+      <c r="D50" s="183" t="s">
         <v>310</v>
       </c>
-      <c r="B50" s="182" t="s">
+      <c r="E50" s="184" t="s">
         <v>311</v>
       </c>
-      <c r="C50" s="183" t="s">
-[...2 lines deleted...]
-      <c r="D50" s="183" t="s">
+      <c r="F50" s="184" t="s">
         <v>312</v>
-      </c>
-[...4 lines deleted...]
-        <v>314</v>
       </c>
     </row>
     <row r="51" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A51" s="182" t="s">
+        <v>313</v>
+      </c>
+      <c r="B51" s="182" t="s">
+        <v>314</v>
+      </c>
+      <c r="C51" s="183" t="s">
         <v>315</v>
       </c>
-      <c r="B51" s="182" t="s">
+      <c r="D51" s="183" t="s">
         <v>316</v>
       </c>
-      <c r="C51" s="183" t="s">
+      <c r="E51" s="184" t="s">
         <v>317</v>
       </c>
-      <c r="D51" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F51" s="184" t="s">
-        <v>470</v>
+        <v>468</v>
       </c>
     </row>
     <row r="52" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A52" s="182" t="s">
+        <v>318</v>
+      </c>
+      <c r="B52" s="182" t="s">
+        <v>319</v>
+      </c>
+      <c r="C52" s="183" t="s">
+        <v>205</v>
+      </c>
+      <c r="D52" s="183" t="s">
         <v>320</v>
       </c>
-      <c r="B52" s="182" t="s">
+      <c r="E52" s="184" t="s">
         <v>321</v>
       </c>
-      <c r="C52" s="183" t="s">
-[...2 lines deleted...]
-      <c r="D52" s="183" t="s">
+      <c r="F52" s="184" t="s">
         <v>322</v>
-      </c>
-[...4 lines deleted...]
-        <v>324</v>
       </c>
     </row>
     <row r="53" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A53" s="182" t="s">
+        <v>323</v>
+      </c>
+      <c r="B53" s="182" t="s">
+        <v>324</v>
+      </c>
+      <c r="C53" s="183" t="s">
         <v>325</v>
       </c>
-      <c r="B53" s="182" t="s">
+      <c r="D53" s="183" t="s">
         <v>326</v>
       </c>
-      <c r="C53" s="183" t="s">
+      <c r="E53" s="184" t="s">
         <v>327</v>
       </c>
-      <c r="D53" s="183" t="s">
+      <c r="F53" s="184" t="s">
         <v>328</v>
-      </c>
-[...4 lines deleted...]
-        <v>330</v>
       </c>
     </row>
     <row r="54" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A54" s="182" t="s">
+        <v>329</v>
+      </c>
+      <c r="B54" s="182" t="s">
+        <v>330</v>
+      </c>
+      <c r="C54" s="183" t="s">
         <v>331</v>
       </c>
-      <c r="B54" s="182" t="s">
+      <c r="D54" s="183" t="s">
+        <v>262</v>
+      </c>
+      <c r="E54" s="184" t="s">
         <v>332</v>
       </c>
-      <c r="C54" s="183" t="s">
+      <c r="F54" s="184" t="s">
         <v>333</v>
-      </c>
-[...7 lines deleted...]
-        <v>335</v>
       </c>
     </row>
     <row r="55" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A55" s="182" t="s">
+        <v>334</v>
+      </c>
+      <c r="B55" s="182" t="s">
+        <v>287</v>
+      </c>
+      <c r="C55" s="183" t="s">
+        <v>238</v>
+      </c>
+      <c r="D55" s="183" t="s">
+        <v>211</v>
+      </c>
+      <c r="E55" s="184" t="s">
+        <v>335</v>
+      </c>
+      <c r="F55" s="184" t="s">
         <v>336</v>
-      </c>
-[...13 lines deleted...]
-        <v>338</v>
       </c>
     </row>
     <row r="56" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A56" s="182" t="s">
+        <v>337</v>
+      </c>
+      <c r="B56" s="182" t="s">
+        <v>338</v>
+      </c>
+      <c r="C56" s="183" t="s">
+        <v>243</v>
+      </c>
+      <c r="D56" s="183" t="s">
         <v>339</v>
       </c>
-      <c r="B56" s="182" t="s">
+      <c r="E56" s="184" t="s">
         <v>340</v>
       </c>
-      <c r="C56" s="183" t="s">
-[...2 lines deleted...]
-      <c r="D56" s="183" t="s">
+      <c r="F56" s="184" t="s">
         <v>341</v>
-      </c>
-[...4 lines deleted...]
-        <v>343</v>
       </c>
     </row>
     <row r="57" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A57" s="182" t="s">
+        <v>342</v>
+      </c>
+      <c r="B57" s="182" t="s">
+        <v>343</v>
+      </c>
+      <c r="C57" s="183" t="s">
+        <v>257</v>
+      </c>
+      <c r="D57" s="183" t="s">
+        <v>255</v>
+      </c>
+      <c r="E57" s="184" t="s">
         <v>344</v>
       </c>
-      <c r="B57" s="182" t="s">
+      <c r="F57" s="184" t="s">
         <v>345</v>
-      </c>
-[...10 lines deleted...]
-        <v>347</v>
       </c>
     </row>
     <row r="58" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A58" s="182" t="s">
+        <v>346</v>
+      </c>
+      <c r="B58" s="182" t="s">
+        <v>347</v>
+      </c>
+      <c r="C58" s="183" t="s">
+        <v>270</v>
+      </c>
+      <c r="D58" s="183" t="s">
+        <v>271</v>
+      </c>
+      <c r="E58" s="184" t="s">
         <v>348</v>
       </c>
-      <c r="B58" s="182" t="s">
+      <c r="F58" s="184" t="s">
         <v>349</v>
-      </c>
-[...10 lines deleted...]
-        <v>351</v>
       </c>
     </row>
     <row r="59" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A59" s="182" t="s">
+        <v>350</v>
+      </c>
+      <c r="B59" s="182" t="s">
+        <v>351</v>
+      </c>
+      <c r="C59" s="183" t="s">
+        <v>280</v>
+      </c>
+      <c r="D59" s="183" t="s">
+        <v>281</v>
+      </c>
+      <c r="E59" s="184" t="s">
         <v>352</v>
       </c>
-      <c r="B59" s="182" t="s">
+      <c r="F59" s="184" t="s">
         <v>353</v>
-      </c>
-[...10 lines deleted...]
-        <v>355</v>
       </c>
     </row>
     <row r="60" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A60" s="182" t="s">
+        <v>354</v>
+      </c>
+      <c r="B60" s="182" t="s">
+        <v>355</v>
+      </c>
+      <c r="C60" s="183" t="s">
         <v>356</v>
       </c>
-      <c r="B60" s="182" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D60" s="183" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="E60" s="184" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="F60" s="184" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
     </row>
     <row r="61" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A61" s="182" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B61" s="182" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="C61" s="183" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="D61" s="183" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="E61" s="184" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="F61" s="184" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
     </row>
     <row r="62" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A62" s="182" t="s">
+        <v>358</v>
+      </c>
+      <c r="B62" s="182" t="s">
+        <v>359</v>
+      </c>
+      <c r="C62" s="183" t="s">
+        <v>275</v>
+      </c>
+      <c r="D62" s="183" t="s">
+        <v>276</v>
+      </c>
+      <c r="E62" s="184" t="s">
         <v>360</v>
       </c>
-      <c r="B62" s="182" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F62" s="184" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
     </row>
     <row r="63" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A63" s="182" t="s">
+        <v>361</v>
+      </c>
+      <c r="B63" s="182" t="s">
+        <v>362</v>
+      </c>
+      <c r="C63" s="183" t="s">
+        <v>286</v>
+      </c>
+      <c r="D63" s="183" t="s">
+        <v>287</v>
+      </c>
+      <c r="E63" s="184" t="s">
         <v>363</v>
       </c>
-      <c r="B63" s="182" t="s">
+      <c r="F63" s="184" t="s">
         <v>364</v>
-      </c>
-[...10 lines deleted...]
-        <v>366</v>
       </c>
     </row>
     <row r="64" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A64" s="182" t="s">
+        <v>365</v>
+      </c>
+      <c r="B64" s="182" t="s">
+        <v>366</v>
+      </c>
+      <c r="C64" s="183" t="s">
+        <v>296</v>
+      </c>
+      <c r="D64" s="183" t="s">
+        <v>297</v>
+      </c>
+      <c r="E64" s="184" t="s">
         <v>367</v>
       </c>
-      <c r="B64" s="182" t="s">
+      <c r="F64" s="184" t="s">
         <v>368</v>
-      </c>
-[...10 lines deleted...]
-        <v>370</v>
       </c>
     </row>
     <row r="65" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A65" s="182" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="B65" s="182" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="C65" s="183" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="D65" s="183" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="E65" s="184" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="F65" s="184" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
     </row>
     <row r="66" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A66" s="182" t="s">
+        <v>371</v>
+      </c>
+      <c r="B66" s="182" t="s">
+        <v>372</v>
+      </c>
+      <c r="C66" s="183" t="s">
         <v>373</v>
       </c>
-      <c r="B66" s="182" t="s">
+      <c r="D66" s="183" t="s">
+        <v>302</v>
+      </c>
+      <c r="E66" s="184" t="s">
         <v>374</v>
       </c>
-      <c r="C66" s="183" t="s">
+      <c r="F66" s="184" t="s">
         <v>375</v>
-      </c>
-[...7 lines deleted...]
-        <v>377</v>
       </c>
     </row>
     <row r="67" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A67" s="182" t="s">
+        <v>376</v>
+      </c>
+      <c r="B67" s="182" t="s">
+        <v>214</v>
+      </c>
+      <c r="C67" s="183" t="s">
+        <v>334</v>
+      </c>
+      <c r="D67" s="183" t="s">
+        <v>287</v>
+      </c>
+      <c r="E67" s="184" t="s">
+        <v>377</v>
+      </c>
+      <c r="F67" s="184" t="s">
         <v>378</v>
-      </c>
-[...13 lines deleted...]
-        <v>380</v>
       </c>
     </row>
     <row r="68" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A68" s="182" t="s">
+        <v>379</v>
+      </c>
+      <c r="B68" s="182" t="s">
+        <v>380</v>
+      </c>
+      <c r="C68" s="183" t="s">
+        <v>306</v>
+      </c>
+      <c r="D68" s="183" t="s">
+        <v>279</v>
+      </c>
+      <c r="E68" s="184" t="s">
         <v>381</v>
       </c>
-      <c r="B68" s="182" t="s">
+      <c r="F68" s="184" t="s">
         <v>382</v>
-      </c>
-[...10 lines deleted...]
-        <v>384</v>
       </c>
     </row>
     <row r="69" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A69" s="182" t="s">
+        <v>383</v>
+      </c>
+      <c r="B69" s="182" t="s">
+        <v>384</v>
+      </c>
+      <c r="C69" s="183" t="s">
+        <v>350</v>
+      </c>
+      <c r="D69" s="183" t="s">
         <v>385</v>
       </c>
-      <c r="B69" s="182" t="s">
+      <c r="E69" s="184" t="s">
         <v>386</v>
       </c>
-      <c r="C69" s="183" t="s">
-[...2 lines deleted...]
-      <c r="D69" s="183" t="s">
+      <c r="F69" s="184" t="s">
         <v>387</v>
-      </c>
-[...4 lines deleted...]
-        <v>389</v>
       </c>
     </row>
     <row r="70" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A70" s="182" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="B70" s="182" t="s">
+        <v>388</v>
+      </c>
+      <c r="C70" s="183" t="s">
+        <v>389</v>
+      </c>
+      <c r="D70" s="183" t="s">
         <v>390</v>
       </c>
-      <c r="C70" s="183" t="s">
+      <c r="E70" s="184" t="s">
         <v>391</v>
       </c>
-      <c r="D70" s="183" t="s">
+      <c r="F70" s="184" t="s">
         <v>392</v>
-      </c>
-[...4 lines deleted...]
-        <v>394</v>
       </c>
     </row>
     <row r="71" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A71" s="182" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="B71" s="182" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="C71" s="183" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
       <c r="D71" s="183" t="s">
-        <v>1611</v>
+        <v>1609</v>
       </c>
       <c r="E71" s="184" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="F71" s="184" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
     </row>
     <row r="72" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A72" s="182" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="B72" s="182" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="C72" s="183" t="s">
+        <v>395</v>
+      </c>
+      <c r="D72" s="183" t="s">
+        <v>396</v>
+      </c>
+      <c r="E72" s="184" t="s">
         <v>397</v>
       </c>
-      <c r="D72" s="183" t="s">
+      <c r="F72" s="184" t="s">
         <v>398</v>
-      </c>
-[...4 lines deleted...]
-        <v>400</v>
       </c>
     </row>
     <row r="73" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A73" s="182" t="s">
+        <v>399</v>
+      </c>
+      <c r="B73" s="182" t="s">
+        <v>400</v>
+      </c>
+      <c r="C73" s="183" t="s">
         <v>401</v>
       </c>
-      <c r="B73" s="182" t="s">
+      <c r="D73" s="183" t="s">
         <v>402</v>
       </c>
-      <c r="C73" s="183" t="s">
+      <c r="E73" s="184" t="s">
         <v>403</v>
       </c>
-      <c r="D73" s="183" t="s">
+      <c r="F73" s="184" t="s">
         <v>404</v>
-      </c>
-[...4 lines deleted...]
-        <v>406</v>
       </c>
     </row>
     <row r="74" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A74" s="182" t="s">
+        <v>405</v>
+      </c>
+      <c r="B74" s="182" t="s">
+        <v>406</v>
+      </c>
+      <c r="C74" s="183" t="s">
         <v>407</v>
       </c>
-      <c r="B74" s="182" t="s">
+      <c r="D74" s="183" t="s">
         <v>408</v>
       </c>
-      <c r="C74" s="183" t="s">
+      <c r="E74" s="184" t="s">
         <v>409</v>
       </c>
-      <c r="D74" s="183" t="s">
+      <c r="F74" s="184" t="s">
         <v>410</v>
-      </c>
-[...4 lines deleted...]
-        <v>412</v>
       </c>
     </row>
     <row r="75" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A75" s="182" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="B75" s="182" t="s">
+        <v>411</v>
+      </c>
+      <c r="C75" s="183" t="s">
+        <v>412</v>
+      </c>
+      <c r="D75" s="183" t="s">
+        <v>343</v>
+      </c>
+      <c r="E75" s="184" t="s">
         <v>413</v>
       </c>
-      <c r="C75" s="183" t="s">
+      <c r="F75" s="184" t="s">
         <v>414</v>
-      </c>
-[...7 lines deleted...]
-        <v>416</v>
       </c>
     </row>
     <row r="76" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A76" s="182" t="s">
+        <v>415</v>
+      </c>
+      <c r="B76" s="182" t="s">
+        <v>416</v>
+      </c>
+      <c r="C76" s="183" t="s">
         <v>417</v>
       </c>
-      <c r="B76" s="182" t="s">
+      <c r="D76" s="183" t="s">
         <v>418</v>
       </c>
-      <c r="C76" s="183" t="s">
+      <c r="E76" s="184" t="s">
         <v>419</v>
       </c>
-      <c r="D76" s="183" t="s">
+      <c r="F76" s="184" t="s">
         <v>420</v>
-      </c>
-[...4 lines deleted...]
-        <v>422</v>
       </c>
     </row>
     <row r="77" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A77" s="182" t="s">
+        <v>421</v>
+      </c>
+      <c r="B77" s="182" t="s">
+        <v>422</v>
+      </c>
+      <c r="C77" s="183" t="s">
         <v>423</v>
       </c>
-      <c r="B77" s="182" t="s">
+      <c r="D77" s="183" t="s">
+        <v>297</v>
+      </c>
+      <c r="E77" s="184" t="s">
         <v>424</v>
       </c>
-      <c r="C77" s="183" t="s">
+      <c r="F77" s="184" t="s">
         <v>425</v>
-      </c>
-[...7 lines deleted...]
-        <v>427</v>
       </c>
     </row>
     <row r="78" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A78" s="182" t="s">
+        <v>426</v>
+      </c>
+      <c r="B78" s="182" t="s">
+        <v>427</v>
+      </c>
+      <c r="C78" s="183" t="s">
         <v>428</v>
       </c>
-      <c r="B78" s="182" t="s">
+      <c r="D78" s="183" t="s">
+        <v>297</v>
+      </c>
+      <c r="E78" s="184" t="s">
         <v>429</v>
       </c>
-      <c r="C78" s="183" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F78" s="184" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
     </row>
     <row r="79" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A79" s="182" t="s">
+        <v>430</v>
+      </c>
+      <c r="B79" s="182" t="s">
+        <v>431</v>
+      </c>
+      <c r="C79" s="183" t="s">
+        <v>308</v>
+      </c>
+      <c r="D79" s="183" t="s">
         <v>432</v>
       </c>
-      <c r="B79" s="182" t="s">
+      <c r="E79" s="184" t="s">
         <v>433</v>
       </c>
-      <c r="C79" s="183" t="s">
-[...2 lines deleted...]
-      <c r="D79" s="183" t="s">
+      <c r="F79" s="184" t="s">
         <v>434</v>
-      </c>
-[...4 lines deleted...]
-        <v>436</v>
       </c>
     </row>
     <row r="80" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A80" s="182" t="s">
+        <v>435</v>
+      </c>
+      <c r="B80" s="182" t="s">
+        <v>436</v>
+      </c>
+      <c r="C80" s="183" t="s">
         <v>437</v>
       </c>
-      <c r="B80" s="182" t="s">
+      <c r="D80" s="183" t="s">
         <v>438</v>
       </c>
-      <c r="C80" s="183" t="s">
+      <c r="E80" s="184" t="s">
         <v>439</v>
       </c>
-      <c r="D80" s="183" t="s">
+      <c r="F80" s="184" t="s">
         <v>440</v>
-      </c>
-[...4 lines deleted...]
-        <v>442</v>
       </c>
     </row>
     <row r="81" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A81" s="182" t="s">
+        <v>441</v>
+      </c>
+      <c r="B81" s="182" t="s">
+        <v>442</v>
+      </c>
+      <c r="C81" s="183" t="s">
         <v>443</v>
       </c>
-      <c r="B81" s="182" t="s">
+      <c r="D81" s="183" t="s">
         <v>444</v>
       </c>
-      <c r="C81" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E81" s="184" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="F81" s="184" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
     </row>
     <row r="82" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A82" s="182" t="s">
+        <v>445</v>
+      </c>
+      <c r="B82" s="182" t="s">
+        <v>446</v>
+      </c>
+      <c r="C82" s="183" t="s">
+        <v>323</v>
+      </c>
+      <c r="D82" s="183" t="s">
         <v>447</v>
       </c>
-      <c r="B82" s="182" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E82" s="184" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="F82" s="184" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
     </row>
     <row r="83" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A83" s="182" t="s">
+        <v>448</v>
+      </c>
+      <c r="B83" s="182" t="s">
+        <v>449</v>
+      </c>
+      <c r="C83" s="183" t="s">
         <v>450</v>
       </c>
-      <c r="B83" s="182" t="s">
+      <c r="D83" s="183" t="s">
         <v>451</v>
       </c>
-      <c r="C83" s="183" t="s">
+      <c r="E83" s="184" t="s">
         <v>452</v>
       </c>
-      <c r="D83" s="183" t="s">
+      <c r="F83" s="184" t="s">
         <v>453</v>
-      </c>
-[...4 lines deleted...]
-        <v>455</v>
       </c>
     </row>
     <row r="84" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A84" s="182" t="s">
+        <v>454</v>
+      </c>
+      <c r="B84" s="182" t="s">
+        <v>455</v>
+      </c>
+      <c r="C84" s="183" t="s">
         <v>456</v>
       </c>
-      <c r="B84" s="182" t="s">
+      <c r="D84" s="183" t="s">
         <v>457</v>
       </c>
-      <c r="C84" s="183" t="s">
+      <c r="E84" s="184" t="s">
+        <v>238</v>
+      </c>
+      <c r="F84" s="184" t="s">
         <v>458</v>
-      </c>
-[...7 lines deleted...]
-        <v>460</v>
       </c>
     </row>
     <row r="85" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A85" s="182" t="s">
+        <v>459</v>
+      </c>
+      <c r="B85" s="182" t="s">
+        <v>460</v>
+      </c>
+      <c r="C85" s="183" t="s">
+        <v>346</v>
+      </c>
+      <c r="D85" s="183" t="s">
         <v>461</v>
       </c>
-      <c r="B85" s="182" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E85" s="184" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="F85" s="184" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
     </row>
     <row r="86" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A86" s="182" t="s">
+        <v>462</v>
+      </c>
+      <c r="B86" s="182" t="s">
+        <v>463</v>
+      </c>
+      <c r="C86" s="183" t="s">
+        <v>212</v>
+      </c>
+      <c r="D86" s="183" t="s">
+        <v>285</v>
+      </c>
+      <c r="E86" s="184" t="s">
         <v>464</v>
       </c>
-      <c r="B86" s="182" t="s">
+      <c r="F86" s="184" t="s">
         <v>465</v>
-      </c>
-[...10 lines deleted...]
-        <v>467</v>
       </c>
     </row>
     <row r="87" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A87" s="182" t="s">
-        <v>468</v>
+        <v>466</v>
       </c>
       <c r="B87" s="182" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="C87" s="183" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="D87" s="183" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="E87" s="184" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="F87" s="184" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
     </row>
     <row r="88" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A88" s="182" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="B88" s="182" t="s">
-        <v>470</v>
+        <v>468</v>
       </c>
       <c r="C88" s="183" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="D88" s="183" t="s">
-        <v>390</v>
+        <v>388</v>
       </c>
       <c r="E88" s="184" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="F88" s="184" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
     </row>
     <row r="89" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A89" s="182" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="B89" s="182" t="s">
-        <v>374</v>
+        <v>372</v>
       </c>
       <c r="C89" s="183" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="D89" s="183" t="s">
-        <v>472</v>
+        <v>470</v>
       </c>
       <c r="E89" s="184" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="F89" s="184" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
     </row>
     <row r="90" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A90" s="182" t="s">
-        <v>473</v>
+        <v>471</v>
       </c>
       <c r="B90" s="182" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="C90" s="183" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="D90" s="183" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="E90" s="184" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="F90" s="184" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
     </row>
     <row r="91" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A91" s="182" t="s">
+        <v>473</v>
+      </c>
+      <c r="B91" s="182" t="s">
+        <v>474</v>
+      </c>
+      <c r="C91" s="183" t="s">
+        <v>369</v>
+      </c>
+      <c r="D91" s="183" t="s">
+        <v>370</v>
+      </c>
+      <c r="E91" s="184" t="s">
         <v>475</v>
       </c>
-      <c r="B91" s="182" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F91" s="184" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
     </row>
     <row r="92" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A92" s="182" t="s">
+        <v>476</v>
+      </c>
+      <c r="B92" s="182" t="s">
+        <v>477</v>
+      </c>
+      <c r="C92" s="183" t="s">
+        <v>379</v>
+      </c>
+      <c r="D92" s="183" t="s">
+        <v>380</v>
+      </c>
+      <c r="E92" s="184" t="s">
         <v>478</v>
       </c>
-      <c r="B92" s="182" t="s">
+      <c r="F92" s="184" t="s">
         <v>479</v>
-      </c>
-[...10 lines deleted...]
-        <v>481</v>
       </c>
     </row>
     <row r="93" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A93" s="182" t="s">
+        <v>480</v>
+      </c>
+      <c r="B93" s="182" t="s">
+        <v>481</v>
+      </c>
+      <c r="C93" s="183" t="s">
         <v>482</v>
       </c>
-      <c r="B93" s="182" t="s">
+      <c r="D93" s="183" t="s">
         <v>483</v>
       </c>
-      <c r="C93" s="183" t="s">
+      <c r="E93" s="184" t="s">
+        <v>306</v>
+      </c>
+      <c r="F93" s="184" t="s">
         <v>484</v>
-      </c>
-[...7 lines deleted...]
-        <v>486</v>
       </c>
     </row>
     <row r="94" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A94" s="182" t="s">
+        <v>485</v>
+      </c>
+      <c r="B94" s="182" t="s">
+        <v>486</v>
+      </c>
+      <c r="C94" s="183" t="s">
+        <v>195</v>
+      </c>
+      <c r="D94" s="183" t="s">
         <v>487</v>
       </c>
-      <c r="B94" s="182" t="s">
+      <c r="E94" s="184" t="s">
         <v>488</v>
       </c>
-      <c r="C94" s="183" t="s">
-[...2 lines deleted...]
-      <c r="D94" s="183" t="s">
+      <c r="F94" s="184" t="s">
         <v>489</v>
-      </c>
-[...4 lines deleted...]
-        <v>491</v>
       </c>
     </row>
     <row r="95" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A95" s="182" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="B95" s="182" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="C95" s="183" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="D95" s="183" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="E95" s="184" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="F95" s="184" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
     </row>
     <row r="96" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A96" s="182" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="B96" s="182" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="C96" s="183" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="D96" s="183" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="E96" s="184" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="F96" s="184" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
     </row>
     <row r="97" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A97" s="182" t="s">
-        <v>496</v>
+        <v>494</v>
       </c>
       <c r="B97" s="182" t="s">
-        <v>497</v>
+        <v>495</v>
       </c>
       <c r="C97" s="183" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="D97" s="183" t="s">
-        <v>2452</v>
+        <v>2450</v>
       </c>
       <c r="E97" s="184" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="F97" s="184" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
     </row>
     <row r="98" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A98" s="182" t="s">
+        <v>496</v>
+      </c>
+      <c r="B98" s="182" t="s">
+        <v>497</v>
+      </c>
+      <c r="C98" s="183" t="s">
         <v>498</v>
       </c>
-      <c r="B98" s="182" t="s">
+      <c r="D98" s="183" t="s">
         <v>499</v>
       </c>
-      <c r="C98" s="183" t="s">
+      <c r="E98" s="184" t="s">
         <v>500</v>
       </c>
-      <c r="D98" s="183" t="s">
+      <c r="F98" s="184" t="s">
         <v>501</v>
-      </c>
-[...4 lines deleted...]
-        <v>503</v>
       </c>
     </row>
     <row r="99" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A99" s="182" t="s">
+        <v>502</v>
+      </c>
+      <c r="B99" s="182" t="s">
+        <v>503</v>
+      </c>
+      <c r="C99" s="183" t="s">
+        <v>441</v>
+      </c>
+      <c r="D99" s="183" t="s">
+        <v>442</v>
+      </c>
+      <c r="E99" s="184" t="s">
         <v>504</v>
       </c>
-      <c r="B99" s="182" t="s">
+      <c r="F99" s="184" t="s">
         <v>505</v>
-      </c>
-[...10 lines deleted...]
-        <v>507</v>
       </c>
     </row>
     <row r="100" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A100" s="182" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="B100" s="182" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="C100" s="183" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="D100" s="183" t="s">
+        <v>506</v>
+      </c>
+      <c r="E100" s="184" t="s">
+        <v>507</v>
+      </c>
+      <c r="F100" s="184" t="s">
         <v>508</v>
-      </c>
-[...4 lines deleted...]
-        <v>510</v>
       </c>
     </row>
     <row r="101" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A101" s="182" t="s">
+        <v>509</v>
+      </c>
+      <c r="B101" s="182" t="s">
+        <v>510</v>
+      </c>
+      <c r="C101" s="183" t="s">
         <v>511</v>
       </c>
-      <c r="B101" s="182" t="s">
+      <c r="D101" s="183" t="s">
         <v>512</v>
       </c>
-      <c r="C101" s="183" t="s">
+      <c r="E101" s="184" t="s">
         <v>513</v>
       </c>
-      <c r="D101" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F101" s="184" t="s">
-        <v>390</v>
+        <v>388</v>
       </c>
     </row>
     <row r="102" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A102" s="182" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="B102" s="182" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="C102" s="183" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
       <c r="D102" s="183" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="E102" s="184" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="F102" s="184" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
     </row>
     <row r="103" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A103" s="182" t="s">
+        <v>514</v>
+      </c>
+      <c r="B103" s="182" t="s">
+        <v>515</v>
+      </c>
+      <c r="C103" s="183" t="s">
         <v>516</v>
       </c>
-      <c r="B103" s="182" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D103" s="183" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="E103" s="184" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="F103" s="184" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
     </row>
     <row r="104" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A104" s="182" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B104" s="182" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="C104" s="183" t="s">
+        <v>517</v>
+      </c>
+      <c r="D104" s="183" t="s">
+        <v>518</v>
+      </c>
+      <c r="E104" s="184" t="s">
         <v>519</v>
       </c>
-      <c r="D104" s="183" t="s">
+      <c r="F104" s="184" t="s">
         <v>520</v>
-      </c>
-[...4 lines deleted...]
-        <v>522</v>
       </c>
     </row>
     <row r="105" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A105" s="182" t="s">
+        <v>521</v>
+      </c>
+      <c r="B105" s="182" t="s">
+        <v>522</v>
+      </c>
+      <c r="C105" s="183" t="s">
+        <v>294</v>
+      </c>
+      <c r="D105" s="183" t="s">
         <v>523</v>
       </c>
-      <c r="B105" s="182" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E105" s="184" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
       <c r="F105" s="184" t="s">
-        <v>449</v>
+        <v>447</v>
       </c>
     </row>
     <row r="106" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A106" s="182" t="s">
+        <v>524</v>
+      </c>
+      <c r="B106" s="182" t="s">
+        <v>525</v>
+      </c>
+      <c r="C106" s="183" t="s">
         <v>526</v>
       </c>
-      <c r="B106" s="182" t="s">
+      <c r="D106" s="183" t="s">
         <v>527</v>
       </c>
-      <c r="C106" s="183" t="s">
+      <c r="E106" s="184" t="s">
         <v>528</v>
       </c>
-      <c r="D106" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F106" s="184" t="s">
-        <v>2458</v>
+        <v>2456</v>
       </c>
     </row>
     <row r="107" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A107" s="182" t="s">
+        <v>529</v>
+      </c>
+      <c r="B107" s="182" t="s">
+        <v>530</v>
+      </c>
+      <c r="C107" s="183" t="s">
+        <v>485</v>
+      </c>
+      <c r="D107" s="183" t="s">
         <v>531</v>
       </c>
-      <c r="B107" s="182" t="s">
+      <c r="E107" s="184" t="s">
         <v>532</v>
       </c>
-      <c r="C107" s="183" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F107" s="184" t="s">
-        <v>1320</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="108" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A108" s="182" t="s">
+        <v>533</v>
+      </c>
+      <c r="B108" s="182" t="s">
+        <v>534</v>
+      </c>
+      <c r="C108" s="183" t="s">
         <v>535</v>
       </c>
-      <c r="B108" s="182" t="s">
+      <c r="D108" s="183" t="s">
         <v>536</v>
       </c>
-      <c r="C108" s="183" t="s">
+      <c r="E108" s="184" t="s">
         <v>537</v>
       </c>
-      <c r="D108" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F108" s="184" t="s">
-        <v>2459</v>
+        <v>2457</v>
       </c>
     </row>
     <row r="109" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A109" s="182" t="s">
+        <v>538</v>
+      </c>
+      <c r="B109" s="182" t="s">
+        <v>539</v>
+      </c>
+      <c r="C109" s="183" t="s">
         <v>540</v>
       </c>
-      <c r="B109" s="182" t="s">
+      <c r="D109" s="183" t="s">
+        <v>274</v>
+      </c>
+      <c r="E109" s="184" t="s">
         <v>541</v>
       </c>
-      <c r="C109" s="183" t="s">
+      <c r="F109" s="184" t="s">
         <v>542</v>
-      </c>
-[...7 lines deleted...]
-        <v>544</v>
       </c>
     </row>
     <row r="110" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A110" s="182" t="s">
-        <v>545</v>
+        <v>543</v>
       </c>
       <c r="B110" s="182" t="s">
-        <v>546</v>
+        <v>544</v>
       </c>
       <c r="C110" s="183" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="D110" s="183" t="s">
-        <v>510</v>
+        <v>508</v>
       </c>
       <c r="E110" s="184" t="s">
-        <v>461</v>
+        <v>459</v>
       </c>
       <c r="F110" s="184" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
     </row>
     <row r="111" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A111" s="182" t="s">
+        <v>545</v>
+      </c>
+      <c r="B111" s="182" t="s">
+        <v>546</v>
+      </c>
+      <c r="C111" s="183" t="s">
+        <v>496</v>
+      </c>
+      <c r="D111" s="183" t="s">
         <v>547</v>
       </c>
-      <c r="B111" s="182" t="s">
+      <c r="E111" s="184" t="s">
         <v>548</v>
       </c>
-      <c r="C111" s="183" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F111" s="184" t="s">
-        <v>723</v>
+        <v>721</v>
       </c>
     </row>
     <row r="112" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A112" s="182" t="s">
+        <v>549</v>
+      </c>
+      <c r="B112" s="182" t="s">
+        <v>550</v>
+      </c>
+      <c r="C112" s="183" t="s">
         <v>551</v>
       </c>
-      <c r="B112" s="182" t="s">
+      <c r="D112" s="183" t="s">
         <v>552</v>
       </c>
-      <c r="C112" s="183" t="s">
+      <c r="E112" s="184" t="s">
         <v>553</v>
       </c>
-      <c r="D112" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F112" s="184" t="s">
-        <v>2460</v>
+        <v>2458</v>
       </c>
     </row>
     <row r="113" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A113" s="182" t="s">
+        <v>554</v>
+      </c>
+      <c r="B113" s="182" t="s">
+        <v>555</v>
+      </c>
+      <c r="C113" s="183" t="s">
         <v>556</v>
       </c>
-      <c r="B113" s="182" t="s">
+      <c r="D113" s="183" t="s">
         <v>557</v>
       </c>
-      <c r="C113" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E113" s="184" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="F113" s="184" t="s">
-        <v>476</v>
+        <v>474</v>
       </c>
     </row>
     <row r="114" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A114" s="182" t="s">
+        <v>558</v>
+      </c>
+      <c r="B114" s="182" t="s">
+        <v>559</v>
+      </c>
+      <c r="C114" s="183" t="s">
         <v>560</v>
       </c>
-      <c r="B114" s="182" t="s">
+      <c r="D114" s="183" t="s">
         <v>561</v>
       </c>
-      <c r="C114" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E114" s="184" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="F114" s="184" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
     </row>
     <row r="115" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A115" s="182" t="s">
-        <v>564</v>
+        <v>562</v>
       </c>
       <c r="B115" s="182" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="C115" s="183" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="D115" s="183" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="E115" s="184" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="F115" s="184" t="s">
-        <v>685</v>
+        <v>683</v>
       </c>
     </row>
     <row r="116" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A116" s="182" t="s">
-        <v>566</v>
+        <v>564</v>
       </c>
       <c r="B116" s="182" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
       <c r="C116" s="183" t="s">
-        <v>516</v>
+        <v>514</v>
       </c>
       <c r="D116" s="183" t="s">
-        <v>517</v>
+        <v>515</v>
       </c>
       <c r="E116" s="184" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
       <c r="F116" s="184" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
     </row>
     <row r="117" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A117" s="182" t="s">
+        <v>566</v>
+      </c>
+      <c r="B117" s="182" t="s">
+        <v>567</v>
+      </c>
+      <c r="C117" s="183" t="s">
+        <v>521</v>
+      </c>
+      <c r="D117" s="183" t="s">
         <v>568</v>
       </c>
-      <c r="B117" s="182" t="s">
+      <c r="E117" s="184" t="s">
         <v>569</v>
       </c>
-      <c r="C117" s="183" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F117" s="184" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
     </row>
     <row r="118" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A118" s="182" t="s">
+        <v>570</v>
+      </c>
+      <c r="B118" s="182" t="s">
+        <v>571</v>
+      </c>
+      <c r="C118" s="183" t="s">
         <v>572</v>
       </c>
-      <c r="B118" s="182" t="s">
+      <c r="D118" s="183" t="s">
         <v>573</v>
       </c>
-      <c r="C118" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E118" s="184" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="F118" s="184" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
     </row>
     <row r="119" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A119" s="182" t="s">
+        <v>574</v>
+      </c>
+      <c r="B119" s="182" t="s">
+        <v>575</v>
+      </c>
+      <c r="C119" s="183" t="s">
         <v>576</v>
       </c>
-      <c r="B119" s="182" t="s">
+      <c r="D119" s="183" t="s">
         <v>577</v>
       </c>
-      <c r="C119" s="183" t="s">
+      <c r="E119" s="184" t="s">
         <v>578</v>
       </c>
-      <c r="D119" s="183" t="s">
+      <c r="F119" s="184" t="s">
         <v>579</v>
-      </c>
-[...4 lines deleted...]
-        <v>581</v>
       </c>
     </row>
     <row r="120" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A120" s="182" t="s">
+        <v>580</v>
+      </c>
+      <c r="B120" s="182" t="s">
+        <v>581</v>
+      </c>
+      <c r="C120" s="183" t="s">
         <v>582</v>
       </c>
-      <c r="B120" s="182" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D120" s="183" t="s">
-        <v>361</v>
+        <v>359</v>
       </c>
       <c r="E120" s="184" t="s">
-        <v>542</v>
+        <v>540</v>
       </c>
       <c r="F120" s="184" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
     </row>
     <row r="121" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A121" s="182" t="s">
+        <v>583</v>
+      </c>
+      <c r="B121" s="182" t="s">
+        <v>584</v>
+      </c>
+      <c r="C121" s="183" t="s">
+        <v>452</v>
+      </c>
+      <c r="D121" s="183" t="s">
+        <v>453</v>
+      </c>
+      <c r="E121" s="184" t="s">
         <v>585</v>
       </c>
-      <c r="B121" s="182" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F121" s="184" t="s">
-        <v>712</v>
+        <v>710</v>
       </c>
     </row>
     <row r="122" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A122" s="182" t="s">
+        <v>586</v>
+      </c>
+      <c r="B122" s="182" t="s">
+        <v>587</v>
+      </c>
+      <c r="C122" s="183" t="s">
+        <v>305</v>
+      </c>
+      <c r="D122" s="183" t="s">
+        <v>523</v>
+      </c>
+      <c r="E122" s="184" t="s">
         <v>588</v>
       </c>
-      <c r="B122" s="182" t="s">
+      <c r="F122" s="184" t="s">
         <v>589</v>
-      </c>
-[...10 lines deleted...]
-        <v>591</v>
       </c>
     </row>
     <row r="123" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A123" s="182" t="s">
+        <v>590</v>
+      </c>
+      <c r="B123" s="182" t="s">
+        <v>591</v>
+      </c>
+      <c r="C123" s="183" t="s">
+        <v>120</v>
+      </c>
+      <c r="D123" s="183" t="s">
+        <v>285</v>
+      </c>
+      <c r="E123" s="184" t="s">
         <v>592</v>
       </c>
-      <c r="B123" s="182" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F123" s="184" t="s">
-        <v>520</v>
+        <v>518</v>
       </c>
     </row>
     <row r="124" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A124" s="182" t="s">
+        <v>593</v>
+      </c>
+      <c r="B124" s="182" t="s">
+        <v>594</v>
+      </c>
+      <c r="C124" s="183" t="s">
+        <v>216</v>
+      </c>
+      <c r="D124" s="183" t="s">
+        <v>393</v>
+      </c>
+      <c r="E124" s="184" t="s">
         <v>595</v>
       </c>
-      <c r="B124" s="182" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F124" s="184" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
     </row>
     <row r="125" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A125" s="182" t="s">
-        <v>598</v>
+        <v>596</v>
       </c>
       <c r="B125" s="182" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
       <c r="C125" s="183" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="D125" s="183" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="E125" s="184" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="F125" s="184" t="s">
-        <v>361</v>
+        <v>359</v>
       </c>
     </row>
     <row r="126" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A126" s="182" t="s">
+        <v>597</v>
+      </c>
+      <c r="B126" s="182" t="s">
+        <v>860</v>
+      </c>
+      <c r="C126" s="183" t="s">
+        <v>598</v>
+      </c>
+      <c r="D126" s="183" t="s">
+        <v>474</v>
+      </c>
+      <c r="E126" s="184" t="s">
         <v>599</v>
       </c>
-      <c r="B126" s="182" t="s">
-[...2 lines deleted...]
-      <c r="C126" s="183" t="s">
+      <c r="F126" s="184" t="s">
         <v>600</v>
-      </c>
-[...7 lines deleted...]
-        <v>602</v>
       </c>
     </row>
     <row r="127" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A127" s="182" t="s">
-        <v>603</v>
+        <v>601</v>
       </c>
       <c r="B127" s="182" t="s">
-        <v>604</v>
+        <v>602</v>
       </c>
       <c r="C127" s="183" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="D127" s="183" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
       <c r="E127" s="184" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="F127" s="184" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
     </row>
     <row r="128" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A128" s="182" t="s">
+        <v>603</v>
+      </c>
+      <c r="B128" s="182" t="s">
+        <v>604</v>
+      </c>
+      <c r="C128" s="183" t="s">
+        <v>365</v>
+      </c>
+      <c r="D128" s="183" t="s">
+        <v>366</v>
+      </c>
+      <c r="E128" s="184" t="s">
         <v>605</v>
       </c>
-      <c r="B128" s="182" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F128" s="184" t="s">
-        <v>852</v>
+        <v>850</v>
       </c>
     </row>
     <row r="129" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A129" s="182" t="s">
+        <v>606</v>
+      </c>
+      <c r="B129" s="182" t="s">
+        <v>607</v>
+      </c>
+      <c r="C129" s="183" t="s">
         <v>608</v>
       </c>
-      <c r="B129" s="182" t="s">
+      <c r="D129" s="183" t="s">
         <v>609</v>
       </c>
-      <c r="C129" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E129" s="184" t="s">
-        <v>519</v>
+        <v>517</v>
       </c>
       <c r="F129" s="184" t="s">
-        <v>520</v>
+        <v>518</v>
       </c>
     </row>
     <row r="130" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A130" s="182" t="s">
+        <v>610</v>
+      </c>
+      <c r="B130" s="182" t="s">
+        <v>611</v>
+      </c>
+      <c r="C130" s="183" t="s">
+        <v>524</v>
+      </c>
+      <c r="D130" s="183" t="s">
         <v>612</v>
       </c>
-      <c r="B130" s="182" t="s">
+      <c r="E130" s="184" t="s">
         <v>613</v>
       </c>
-      <c r="C130" s="183" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F130" s="184" t="s">
-        <v>895</v>
+        <v>893</v>
       </c>
     </row>
     <row r="131" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A131" s="182" t="s">
+        <v>614</v>
+      </c>
+      <c r="B131" s="182" t="s">
+        <v>615</v>
+      </c>
+      <c r="C131" s="183" t="s">
         <v>616</v>
       </c>
-      <c r="B131" s="182" t="s">
+      <c r="D131" s="183" t="s">
         <v>617</v>
       </c>
-      <c r="C131" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E131" s="184" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="F131" s="184" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
     </row>
     <row r="132" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A132" s="182" t="s">
+        <v>618</v>
+      </c>
+      <c r="B132" s="182" t="s">
+        <v>619</v>
+      </c>
+      <c r="C132" s="183" t="s">
         <v>620</v>
       </c>
-      <c r="B132" s="182" t="s">
+      <c r="D132" s="183" t="s">
         <v>621</v>
       </c>
-      <c r="C132" s="183" t="s">
+      <c r="E132" s="184" t="s">
         <v>622</v>
       </c>
-      <c r="D132" s="183" t="s">
+      <c r="F132" s="184" t="s">
         <v>623</v>
-      </c>
-[...4 lines deleted...]
-        <v>625</v>
       </c>
     </row>
     <row r="133" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A133" s="182" t="s">
+        <v>624</v>
+      </c>
+      <c r="B133" s="182" t="s">
+        <v>625</v>
+      </c>
+      <c r="C133" s="183" t="s">
         <v>626</v>
       </c>
-      <c r="B133" s="182" t="s">
+      <c r="D133" s="183" t="s">
         <v>627</v>
       </c>
-      <c r="C133" s="183" t="s">
+      <c r="E133" s="184" t="s">
         <v>628</v>
       </c>
-      <c r="D133" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F133" s="184" t="s">
-        <v>715</v>
+        <v>713</v>
       </c>
     </row>
     <row r="134" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A134" s="182" t="s">
+        <v>629</v>
+      </c>
+      <c r="B134" s="182" t="s">
+        <v>630</v>
+      </c>
+      <c r="C134" s="183" t="s">
         <v>631</v>
       </c>
-      <c r="B134" s="182" t="s">
+      <c r="D134" s="183" t="s">
         <v>632</v>
       </c>
-      <c r="C134" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E134" s="184" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="F134" s="184" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
     </row>
     <row r="135" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A135" s="182" t="s">
+        <v>633</v>
+      </c>
+      <c r="B135" s="182" t="s">
+        <v>634</v>
+      </c>
+      <c r="C135" s="183" t="s">
+        <v>445</v>
+      </c>
+      <c r="D135" s="183" t="s">
         <v>635</v>
       </c>
-      <c r="B135" s="182" t="s">
+      <c r="E135" s="184" t="s">
         <v>636</v>
       </c>
-      <c r="C135" s="183" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F135" s="184" t="s">
-        <v>1892</v>
+        <v>1890</v>
       </c>
     </row>
     <row r="136" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A136" s="182" t="s">
+        <v>637</v>
+      </c>
+      <c r="B136" s="182" t="s">
+        <v>638</v>
+      </c>
+      <c r="C136" s="183" t="s">
+        <v>454</v>
+      </c>
+      <c r="D136" s="183" t="s">
         <v>639</v>
       </c>
-      <c r="B136" s="182" t="s">
+      <c r="E136" s="184" t="s">
         <v>640</v>
       </c>
-      <c r="C136" s="183" t="s">
-[...2 lines deleted...]
-      <c r="D136" s="183" t="s">
+      <c r="F136" s="184" t="s">
         <v>641</v>
-      </c>
-[...4 lines deleted...]
-        <v>643</v>
       </c>
     </row>
     <row r="137" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A137" s="182" t="s">
-        <v>644</v>
+        <v>642</v>
       </c>
       <c r="B137" s="182" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
       <c r="C137" s="183" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="D137" s="183" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
       <c r="E137" s="184" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="F137" s="184" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
     </row>
     <row r="138" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A138" s="182" t="s">
+        <v>643</v>
+      </c>
+      <c r="B138" s="182" t="s">
+        <v>644</v>
+      </c>
+      <c r="C138" s="183" t="s">
         <v>645</v>
       </c>
-      <c r="B138" s="182" t="s">
+      <c r="D138" s="183" t="s">
         <v>646</v>
       </c>
-      <c r="C138" s="183" t="s">
+      <c r="E138" s="184" t="s">
         <v>647</v>
       </c>
-      <c r="D138" s="183" t="s">
+      <c r="F138" s="184" t="s">
         <v>648</v>
-      </c>
-[...4 lines deleted...]
-        <v>650</v>
       </c>
     </row>
     <row r="139" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A139" s="182" t="s">
+        <v>649</v>
+      </c>
+      <c r="B139" s="182" t="s">
+        <v>650</v>
+      </c>
+      <c r="C139" s="183" t="s">
         <v>651</v>
       </c>
-      <c r="B139" s="182" t="s">
+      <c r="D139" s="183" t="s">
         <v>652</v>
       </c>
-      <c r="C139" s="183" t="s">
+      <c r="E139" s="184" t="s">
         <v>653</v>
       </c>
-      <c r="D139" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F139" s="184" t="s">
-        <v>1514</v>
+        <v>1512</v>
       </c>
     </row>
     <row r="140" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A140" s="182" t="s">
+        <v>654</v>
+      </c>
+      <c r="B140" s="182" t="s">
+        <v>655</v>
+      </c>
+      <c r="C140" s="183" t="s">
         <v>656</v>
       </c>
-      <c r="B140" s="182" t="s">
+      <c r="D140" s="183" t="s">
+        <v>607</v>
+      </c>
+      <c r="E140" s="184" t="s">
         <v>657</v>
       </c>
-      <c r="C140" s="183" t="s">
+      <c r="F140" s="184" t="s">
         <v>658</v>
-      </c>
-[...7 lines deleted...]
-        <v>660</v>
       </c>
     </row>
     <row r="141" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A141" s="182" t="s">
+        <v>659</v>
+      </c>
+      <c r="B141" s="182" t="s">
+        <v>660</v>
+      </c>
+      <c r="C141" s="183" t="s">
+        <v>376</v>
+      </c>
+      <c r="D141" s="183" t="s">
+        <v>214</v>
+      </c>
+      <c r="E141" s="184" t="s">
         <v>661</v>
       </c>
-      <c r="B141" s="182" t="s">
+      <c r="F141" s="184" t="s">
         <v>662</v>
-      </c>
-[...10 lines deleted...]
-        <v>664</v>
       </c>
     </row>
     <row r="142" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A142" s="182" t="s">
+        <v>663</v>
+      </c>
+      <c r="B142" s="182" t="s">
+        <v>664</v>
+      </c>
+      <c r="C142" s="183" t="s">
+        <v>383</v>
+      </c>
+      <c r="D142" s="183" t="s">
         <v>665</v>
       </c>
-      <c r="B142" s="182" t="s">
+      <c r="E142" s="184" t="s">
         <v>666</v>
       </c>
-      <c r="C142" s="183" t="s">
-[...2 lines deleted...]
-      <c r="D142" s="183" t="s">
+      <c r="F142" s="184" t="s">
         <v>667</v>
-      </c>
-[...4 lines deleted...]
-        <v>669</v>
       </c>
     </row>
     <row r="143" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A143" s="182" t="s">
+        <v>668</v>
+      </c>
+      <c r="B143" s="182" t="s">
+        <v>669</v>
+      </c>
+      <c r="C143" s="183" t="s">
         <v>670</v>
       </c>
-      <c r="B143" s="182" t="s">
+      <c r="D143" s="183" t="s">
         <v>671</v>
       </c>
-      <c r="C143" s="183" t="s">
+      <c r="E143" s="184" t="s">
         <v>672</v>
       </c>
-      <c r="D143" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F143" s="184" t="s">
-        <v>2461</v>
+        <v>2459</v>
       </c>
     </row>
     <row r="144" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A144" s="182" t="s">
+        <v>673</v>
+      </c>
+      <c r="B144" s="182" t="s">
+        <v>674</v>
+      </c>
+      <c r="C144" s="183" t="s">
+        <v>476</v>
+      </c>
+      <c r="D144" s="183" t="s">
+        <v>477</v>
+      </c>
+      <c r="E144" s="184" t="s">
         <v>675</v>
       </c>
-      <c r="B144" s="182" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F144" s="184" t="s">
-        <v>2462</v>
+        <v>2460</v>
       </c>
     </row>
     <row r="145" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A145" s="182" t="s">
+        <v>676</v>
+      </c>
+      <c r="B145" s="182" t="s">
+        <v>677</v>
+      </c>
+      <c r="C145" s="183" t="s">
         <v>678</v>
       </c>
-      <c r="B145" s="182" t="s">
+      <c r="D145" s="183" t="s">
         <v>679</v>
       </c>
-      <c r="C145" s="183" t="s">
+      <c r="E145" s="184" t="s">
         <v>680</v>
       </c>
-      <c r="D145" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F145" s="184" t="s">
-        <v>517</v>
+        <v>515</v>
       </c>
     </row>
     <row r="146" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A146" s="182" t="s">
+        <v>681</v>
+      </c>
+      <c r="B146" s="182" t="s">
+        <v>550</v>
+      </c>
+      <c r="C146" s="183" t="s">
+        <v>682</v>
+      </c>
+      <c r="D146" s="183" t="s">
         <v>683</v>
       </c>
-      <c r="B146" s="182" t="s">
-[...2 lines deleted...]
-      <c r="C146" s="183" t="s">
+      <c r="E146" s="184" t="s">
         <v>684</v>
       </c>
-      <c r="D146" s="183" t="s">
+      <c r="F146" s="184" t="s">
         <v>685</v>
-      </c>
-[...4 lines deleted...]
-        <v>687</v>
       </c>
     </row>
     <row r="147" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A147" s="182" t="s">
+        <v>686</v>
+      </c>
+      <c r="B147" s="182" t="s">
+        <v>687</v>
+      </c>
+      <c r="C147" s="183" t="s">
+        <v>490</v>
+      </c>
+      <c r="D147" s="183" t="s">
+        <v>491</v>
+      </c>
+      <c r="E147" s="184" t="s">
         <v>688</v>
       </c>
-      <c r="B147" s="182" t="s">
+      <c r="F147" s="184" t="s">
         <v>689</v>
-      </c>
-[...10 lines deleted...]
-        <v>691</v>
       </c>
     </row>
     <row r="148" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A148" s="182" t="s">
+        <v>690</v>
+      </c>
+      <c r="B148" s="182" t="s">
+        <v>674</v>
+      </c>
+      <c r="C148" s="183" t="s">
+        <v>691</v>
+      </c>
+      <c r="D148" s="183" t="s">
         <v>692</v>
       </c>
-      <c r="B148" s="182" t="s">
-[...2 lines deleted...]
-      <c r="C148" s="183" t="s">
+      <c r="E148" s="184" t="s">
         <v>693</v>
       </c>
-      <c r="D148" s="183" t="s">
+      <c r="F148" s="184" t="s">
         <v>694</v>
-      </c>
-[...4 lines deleted...]
-        <v>696</v>
       </c>
     </row>
     <row r="149" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A149" s="182" t="s">
+        <v>695</v>
+      </c>
+      <c r="B149" s="182" t="s">
+        <v>696</v>
+      </c>
+      <c r="C149" s="183" t="s">
         <v>697</v>
       </c>
-      <c r="B149" s="182" t="s">
+      <c r="D149" s="183" t="s">
         <v>698</v>
       </c>
-      <c r="C149" s="183" t="s">
+      <c r="E149" s="184" t="s">
         <v>699</v>
       </c>
-      <c r="D149" s="183" t="s">
+      <c r="F149" s="184" t="s">
         <v>700</v>
-      </c>
-[...4 lines deleted...]
-        <v>702</v>
       </c>
     </row>
     <row r="150" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A150" s="182" t="s">
+        <v>701</v>
+      </c>
+      <c r="B150" s="182" t="s">
+        <v>702</v>
+      </c>
+      <c r="C150" s="183" t="s">
+        <v>502</v>
+      </c>
+      <c r="D150" s="183" t="s">
         <v>703</v>
       </c>
-      <c r="B150" s="182" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E150" s="184" t="s">
-        <v>558</v>
+        <v>556</v>
       </c>
       <c r="F150" s="184" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
     </row>
     <row r="151" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A151" s="182" t="s">
+        <v>704</v>
+      </c>
+      <c r="B151" s="182" t="s">
+        <v>705</v>
+      </c>
+      <c r="C151" s="183" t="s">
         <v>706</v>
       </c>
-      <c r="B151" s="182" t="s">
+      <c r="D151" s="183" t="s">
         <v>707</v>
       </c>
-      <c r="C151" s="183" t="s">
+      <c r="E151" s="184" t="s">
         <v>708</v>
       </c>
-      <c r="D151" s="183" t="s">
+      <c r="F151" s="184" t="s">
         <v>709</v>
-      </c>
-[...4 lines deleted...]
-        <v>711</v>
       </c>
     </row>
     <row r="152" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A152" s="182" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="B152" s="182" t="s">
+        <v>710</v>
+      </c>
+      <c r="C152" s="183" t="s">
+        <v>711</v>
+      </c>
+      <c r="D152" s="183" t="s">
         <v>712</v>
       </c>
-      <c r="C152" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E152" s="184" t="s">
-        <v>553</v>
+        <v>551</v>
       </c>
       <c r="F152" s="184" t="s">
-        <v>554</v>
+        <v>552</v>
       </c>
     </row>
     <row r="153" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A153" s="182" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="B153" s="182" t="s">
+        <v>713</v>
+      </c>
+      <c r="C153" s="183" t="s">
+        <v>261</v>
+      </c>
+      <c r="D153" s="183" t="s">
+        <v>714</v>
+      </c>
+      <c r="E153" s="184" t="s">
         <v>715</v>
       </c>
-      <c r="C153" s="183" t="s">
-[...2 lines deleted...]
-      <c r="D153" s="183" t="s">
+      <c r="F153" s="184" t="s">
         <v>716</v>
-      </c>
-[...4 lines deleted...]
-        <v>718</v>
       </c>
     </row>
     <row r="154" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A154" s="182" t="s">
+        <v>717</v>
+      </c>
+      <c r="B154" s="182" t="s">
+        <v>718</v>
+      </c>
+      <c r="C154" s="183" t="s">
+        <v>185</v>
+      </c>
+      <c r="D154" s="183" t="s">
+        <v>411</v>
+      </c>
+      <c r="E154" s="184" t="s">
+        <v>682</v>
+      </c>
+      <c r="F154" s="184" t="s">
         <v>719</v>
-      </c>
-[...13 lines deleted...]
-        <v>721</v>
       </c>
     </row>
     <row r="155" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A155" s="182" t="s">
+        <v>720</v>
+      </c>
+      <c r="B155" s="182" t="s">
+        <v>721</v>
+      </c>
+      <c r="C155" s="183" t="s">
+        <v>578</v>
+      </c>
+      <c r="D155" s="183" t="s">
+        <v>579</v>
+      </c>
+      <c r="E155" s="184" t="s">
         <v>722</v>
       </c>
-      <c r="B155" s="182" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F155" s="184" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
     </row>
     <row r="156" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A156" s="182" t="s">
+        <v>723</v>
+      </c>
+      <c r="B156" s="182" t="s">
+        <v>724</v>
+      </c>
+      <c r="C156" s="183" t="s">
         <v>725</v>
       </c>
-      <c r="B156" s="182" t="s">
+      <c r="D156" s="183" t="s">
+        <v>534</v>
+      </c>
+      <c r="E156" s="184" t="s">
         <v>726</v>
       </c>
-      <c r="C156" s="183" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F156" s="184" t="s">
-        <v>1744</v>
+        <v>1742</v>
       </c>
     </row>
     <row r="157" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A157" s="182" t="s">
+        <v>727</v>
+      </c>
+      <c r="B157" s="182" t="s">
+        <v>559</v>
+      </c>
+      <c r="C157" s="183" t="s">
+        <v>543</v>
+      </c>
+      <c r="D157" s="183" t="s">
+        <v>728</v>
+      </c>
+      <c r="E157" s="184" t="s">
         <v>729</v>
       </c>
-      <c r="B157" s="182" t="s">
-[...5 lines deleted...]
-      <c r="D157" s="183" t="s">
+      <c r="F157" s="184" t="s">
         <v>730</v>
-      </c>
-[...4 lines deleted...]
-        <v>732</v>
       </c>
     </row>
     <row r="158" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A158" s="182" t="s">
+        <v>731</v>
+      </c>
+      <c r="B158" s="182" t="s">
+        <v>732</v>
+      </c>
+      <c r="C158" s="183" t="s">
+        <v>545</v>
+      </c>
+      <c r="D158" s="183" t="s">
+        <v>546</v>
+      </c>
+      <c r="E158" s="184" t="s">
         <v>733</v>
       </c>
-      <c r="B158" s="182" t="s">
+      <c r="F158" s="184" t="s">
         <v>734</v>
-      </c>
-[...10 lines deleted...]
-        <v>736</v>
       </c>
     </row>
     <row r="159" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A159" s="182" t="s">
+        <v>735</v>
+      </c>
+      <c r="B159" s="182" t="s">
+        <v>319</v>
+      </c>
+      <c r="C159" s="183" t="s">
+        <v>580</v>
+      </c>
+      <c r="D159" s="183" t="s">
+        <v>736</v>
+      </c>
+      <c r="E159" s="184" t="s">
         <v>737</v>
       </c>
-      <c r="B159" s="182" t="s">
-[...5 lines deleted...]
-      <c r="D159" s="183" t="s">
+      <c r="F159" s="184" t="s">
         <v>738</v>
-      </c>
-[...4 lines deleted...]
-        <v>740</v>
       </c>
     </row>
     <row r="160" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A160" s="182" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="B160" s="182" t="s">
-        <v>525</v>
+        <v>523</v>
       </c>
       <c r="C160" s="183" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="D160" s="183" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="E160" s="184" t="s">
-        <v>741</v>
+        <v>739</v>
       </c>
       <c r="F160" s="184" t="s">
-        <v>742</v>
+        <v>740</v>
       </c>
     </row>
     <row r="161" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A161" s="182" t="s">
-        <v>590</v>
+        <v>588</v>
       </c>
       <c r="B161" s="182" t="s">
-        <v>2448</v>
+        <v>2446</v>
       </c>
       <c r="C161" s="183" t="s">
-        <v>743</v>
+        <v>741</v>
       </c>
       <c r="D161" s="183" t="s">
-        <v>744</v>
+        <v>742</v>
       </c>
       <c r="E161" s="184" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="F161" s="184" t="s">
-        <v>479</v>
+        <v>477</v>
       </c>
     </row>
     <row r="162" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A162" s="182" t="s">
+        <v>743</v>
+      </c>
+      <c r="B162" s="182" t="s">
+        <v>744</v>
+      </c>
+      <c r="C162" s="183" t="s">
         <v>745</v>
       </c>
-      <c r="B162" s="182" t="s">
+      <c r="D162" s="183" t="s">
         <v>746</v>
       </c>
-      <c r="C162" s="183" t="s">
+      <c r="E162" s="184" t="s">
         <v>747</v>
       </c>
-      <c r="D162" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F162" s="184" t="s">
-        <v>712</v>
+        <v>710</v>
       </c>
     </row>
     <row r="163" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A163" s="182" t="s">
+        <v>748</v>
+      </c>
+      <c r="B163" s="182" t="s">
+        <v>700</v>
+      </c>
+      <c r="C163" s="183" t="s">
+        <v>749</v>
+      </c>
+      <c r="D163" s="183" t="s">
+        <v>823</v>
+      </c>
+      <c r="E163" s="184" t="s">
         <v>750</v>
       </c>
-      <c r="B163" s="182" t="s">
-[...2 lines deleted...]
-      <c r="C163" s="183" t="s">
+      <c r="F163" s="184" t="s">
         <v>751</v>
-      </c>
-[...7 lines deleted...]
-        <v>753</v>
       </c>
     </row>
     <row r="164" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A164" s="182" t="s">
+        <v>752</v>
+      </c>
+      <c r="B164" s="182" t="s">
+        <v>550</v>
+      </c>
+      <c r="C164" s="183" t="s">
+        <v>753</v>
+      </c>
+      <c r="D164" s="183" t="s">
         <v>754</v>
       </c>
-      <c r="B164" s="182" t="s">
-[...2 lines deleted...]
-      <c r="C164" s="183" t="s">
+      <c r="E164" s="184" t="s">
         <v>755</v>
       </c>
-      <c r="D164" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F164" s="184" t="s">
-        <v>2448</v>
+        <v>2446</v>
       </c>
     </row>
     <row r="165" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A165" s="182" t="s">
+        <v>756</v>
+      </c>
+      <c r="B165" s="182" t="s">
+        <v>757</v>
+      </c>
+      <c r="C165" s="183" t="s">
+        <v>566</v>
+      </c>
+      <c r="D165" s="183" t="s">
+        <v>567</v>
+      </c>
+      <c r="E165" s="184" t="s">
         <v>758</v>
       </c>
-      <c r="B165" s="182" t="s">
+      <c r="F165" s="184" t="s">
         <v>759</v>
-      </c>
-[...10 lines deleted...]
-        <v>761</v>
       </c>
     </row>
     <row r="166" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A166" s="182" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="B166" s="182" t="s">
+        <v>760</v>
+      </c>
+      <c r="C166" s="183" t="s">
+        <v>570</v>
+      </c>
+      <c r="D166" s="183" t="s">
+        <v>761</v>
+      </c>
+      <c r="E166" s="184" t="s">
         <v>762</v>
       </c>
-      <c r="C166" s="183" t="s">
-[...2 lines deleted...]
-      <c r="D166" s="183" t="s">
+      <c r="F166" s="184" t="s">
         <v>763</v>
-      </c>
-[...4 lines deleted...]
-        <v>765</v>
       </c>
     </row>
     <row r="167" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A167" s="182" t="s">
+        <v>764</v>
+      </c>
+      <c r="B167" s="182" t="s">
+        <v>765</v>
+      </c>
+      <c r="C167" s="183" t="s">
         <v>766</v>
       </c>
-      <c r="B167" s="182" t="s">
+      <c r="D167" s="183" t="s">
         <v>767</v>
       </c>
-      <c r="C167" s="183" t="s">
+      <c r="E167" s="184" t="s">
         <v>768</v>
       </c>
-      <c r="D167" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F167" s="184" t="s">
-        <v>2463</v>
+        <v>2461</v>
       </c>
     </row>
     <row r="168" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A168" s="182" t="s">
+        <v>769</v>
+      </c>
+      <c r="B168" s="182" t="s">
+        <v>550</v>
+      </c>
+      <c r="C168" s="183" t="s">
+        <v>770</v>
+      </c>
+      <c r="D168" s="183" t="s">
         <v>771</v>
       </c>
-      <c r="B168" s="182" t="s">
-[...2 lines deleted...]
-      <c r="C168" s="183" t="s">
+      <c r="E168" s="184" t="s">
         <v>772</v>
       </c>
-      <c r="D168" s="183" t="s">
+      <c r="F168" s="184" t="s">
         <v>773</v>
-      </c>
-[...4 lines deleted...]
-        <v>775</v>
       </c>
     </row>
     <row r="169" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A169" s="182" t="s">
+        <v>774</v>
+      </c>
+      <c r="B169" s="182" t="s">
+        <v>775</v>
+      </c>
+      <c r="C169" s="183" t="s">
         <v>776</v>
       </c>
-      <c r="B169" s="182" t="s">
+      <c r="D169" s="183" t="s">
         <v>777</v>
       </c>
-      <c r="C169" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E169" s="184" t="s">
-        <v>518</v>
+        <v>516</v>
       </c>
       <c r="F169" s="184" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
     </row>
     <row r="170" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A170" s="182" t="s">
+        <v>778</v>
+      </c>
+      <c r="B170" s="182" t="s">
+        <v>779</v>
+      </c>
+      <c r="C170" s="183" t="s">
+        <v>586</v>
+      </c>
+      <c r="D170" s="183" t="s">
+        <v>587</v>
+      </c>
+      <c r="E170" s="184" t="s">
         <v>780</v>
       </c>
-      <c r="B170" s="182" t="s">
+      <c r="F170" s="184" t="s">
         <v>781</v>
-      </c>
-[...10 lines deleted...]
-        <v>783</v>
       </c>
     </row>
     <row r="171" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A171" s="182" t="s">
+        <v>782</v>
+      </c>
+      <c r="B171" s="182" t="s">
+        <v>783</v>
+      </c>
+      <c r="C171" s="183" t="s">
         <v>784</v>
       </c>
-      <c r="B171" s="182" t="s">
+      <c r="D171" s="183" t="s">
         <v>785</v>
       </c>
-      <c r="C171" s="183" t="s">
+      <c r="E171" s="184" t="s">
         <v>786</v>
       </c>
-      <c r="D171" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F171" s="184" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
     </row>
     <row r="172" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A172" s="182" t="s">
+        <v>787</v>
+      </c>
+      <c r="B172" s="182" t="s">
+        <v>788</v>
+      </c>
+      <c r="C172" s="183" t="s">
+        <v>583</v>
+      </c>
+      <c r="D172" s="183" t="s">
+        <v>584</v>
+      </c>
+      <c r="E172" s="184" t="s">
         <v>789</v>
       </c>
-      <c r="B172" s="182" t="s">
+      <c r="F172" s="184" t="s">
         <v>790</v>
-      </c>
-[...10 lines deleted...]
-        <v>792</v>
       </c>
     </row>
     <row r="173" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A173" s="182" t="s">
+        <v>791</v>
+      </c>
+      <c r="B173" s="182" t="s">
+        <v>792</v>
+      </c>
+      <c r="C173" s="183" t="s">
+        <v>549</v>
+      </c>
+      <c r="D173" s="183" t="s">
+        <v>550</v>
+      </c>
+      <c r="E173" s="184" t="s">
         <v>793</v>
       </c>
-      <c r="B173" s="182" t="s">
+      <c r="F173" s="184" t="s">
         <v>794</v>
-      </c>
-[...10 lines deleted...]
-        <v>796</v>
       </c>
     </row>
     <row r="174" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A174" s="182" t="s">
+        <v>795</v>
+      </c>
+      <c r="B174" s="182" t="s">
+        <v>796</v>
+      </c>
+      <c r="C174" s="183" t="s">
         <v>797</v>
       </c>
-      <c r="B174" s="182" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D174" s="183" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="E174" s="184" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="F174" s="184" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
     </row>
     <row r="175" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A175" s="182" t="s">
+        <v>798</v>
+      </c>
+      <c r="B175" s="182" t="s">
+        <v>799</v>
+      </c>
+      <c r="C175" s="183" t="s">
+        <v>564</v>
+      </c>
+      <c r="D175" s="183" t="s">
         <v>800</v>
       </c>
-      <c r="B175" s="182" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E175" s="184" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="F175" s="184" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
     </row>
     <row r="176" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A176" s="182" t="s">
+        <v>801</v>
+      </c>
+      <c r="B176" s="182" t="s">
+        <v>802</v>
+      </c>
+      <c r="C176" s="183" t="s">
         <v>803</v>
       </c>
-      <c r="B176" s="182" t="s">
+      <c r="D176" s="183" t="s">
+        <v>754</v>
+      </c>
+      <c r="E176" s="184" t="s">
         <v>804</v>
       </c>
-      <c r="C176" s="183" t="s">
+      <c r="F176" s="184" t="s">
         <v>805</v>
-      </c>
-[...7 lines deleted...]
-        <v>807</v>
       </c>
     </row>
     <row r="177" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A177" s="182" t="s">
+        <v>806</v>
+      </c>
+      <c r="B177" s="182" t="s">
+        <v>807</v>
+      </c>
+      <c r="C177" s="183" t="s">
         <v>808</v>
       </c>
-      <c r="B177" s="182" t="s">
+      <c r="D177" s="183" t="s">
         <v>809</v>
       </c>
-      <c r="C177" s="183" t="s">
+      <c r="E177" s="184" t="s">
         <v>810</v>
       </c>
-      <c r="D177" s="183" t="s">
+      <c r="F177" s="184" t="s">
         <v>811</v>
-      </c>
-[...4 lines deleted...]
-        <v>813</v>
       </c>
     </row>
     <row r="178" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A178" s="182" t="s">
+        <v>812</v>
+      </c>
+      <c r="B178" s="182" t="s">
+        <v>813</v>
+      </c>
+      <c r="C178" s="183" t="s">
+        <v>574</v>
+      </c>
+      <c r="D178" s="183" t="s">
         <v>814</v>
       </c>
-      <c r="B178" s="182" t="s">
+      <c r="E178" s="184" t="s">
         <v>815</v>
       </c>
-      <c r="C178" s="183" t="s">
-[...2 lines deleted...]
-      <c r="D178" s="183" t="s">
+      <c r="F178" s="184" t="s">
         <v>816</v>
-      </c>
-[...4 lines deleted...]
-        <v>818</v>
       </c>
     </row>
     <row r="179" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A179" s="182" t="s">
+        <v>817</v>
+      </c>
+      <c r="B179" s="182" t="s">
+        <v>818</v>
+      </c>
+      <c r="C179" s="183" t="s">
         <v>819</v>
       </c>
-      <c r="B179" s="182" t="s">
+      <c r="D179" s="183" t="s">
         <v>820</v>
       </c>
-      <c r="C179" s="183" t="s">
+      <c r="E179" s="184" t="s">
         <v>821</v>
       </c>
-      <c r="D179" s="183" t="s">
+      <c r="F179" s="184" t="s">
         <v>822</v>
-      </c>
-[...4 lines deleted...]
-        <v>824</v>
       </c>
     </row>
     <row r="180" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A180" s="182" t="s">
-        <v>751</v>
+        <v>749</v>
       </c>
       <c r="B180" s="182" t="s">
+        <v>823</v>
+      </c>
+      <c r="C180" s="183" t="s">
+        <v>824</v>
+      </c>
+      <c r="D180" s="183" t="s">
         <v>825</v>
       </c>
-      <c r="C180" s="183" t="s">
+      <c r="E180" s="184" t="s">
         <v>826</v>
       </c>
-      <c r="D180" s="183" t="s">
+      <c r="F180" s="184" t="s">
         <v>827</v>
-      </c>
-[...4 lines deleted...]
-        <v>829</v>
       </c>
     </row>
     <row r="181" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A181" s="182" t="s">
+        <v>828</v>
+      </c>
+      <c r="B181" s="182" t="s">
+        <v>829</v>
+      </c>
+      <c r="C181" s="183" t="s">
         <v>830</v>
       </c>
-      <c r="B181" s="182" t="s">
+      <c r="D181" s="183" t="s">
         <v>831</v>
       </c>
-      <c r="C181" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E181" s="184" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="F181" s="184" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
     </row>
     <row r="182" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A182" s="182" t="s">
+        <v>832</v>
+      </c>
+      <c r="B182" s="182" t="s">
+        <v>567</v>
+      </c>
+      <c r="C182" s="183" t="s">
+        <v>480</v>
+      </c>
+      <c r="D182" s="183" t="s">
+        <v>481</v>
+      </c>
+      <c r="E182" s="184" t="s">
+        <v>833</v>
+      </c>
+      <c r="F182" s="184" t="s">
         <v>834</v>
-      </c>
-[...13 lines deleted...]
-        <v>836</v>
       </c>
     </row>
     <row r="183" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A183" s="182" t="s">
-        <v>518</v>
+        <v>516</v>
       </c>
       <c r="B183" s="182" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="C183" s="183" t="s">
-        <v>592</v>
+        <v>590</v>
       </c>
       <c r="D183" s="183" t="s">
+        <v>835</v>
+      </c>
+      <c r="E183" s="184" t="s">
+        <v>836</v>
+      </c>
+      <c r="F183" s="184" t="s">
         <v>837</v>
-      </c>
-[...4 lines deleted...]
-        <v>839</v>
       </c>
     </row>
     <row r="184" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A184" s="182" t="s">
-        <v>752</v>
+        <v>750</v>
       </c>
       <c r="B184" s="182" t="s">
-        <v>794</v>
+        <v>792</v>
       </c>
       <c r="C184" s="183" t="s">
-        <v>840</v>
+        <v>838</v>
       </c>
       <c r="D184" s="183" t="s">
-        <v>596</v>
+        <v>594</v>
       </c>
       <c r="E184" s="184" t="s">
-        <v>841</v>
+        <v>839</v>
       </c>
       <c r="F184" s="184" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
     </row>
     <row r="185" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A185" s="182" t="s">
+        <v>840</v>
+      </c>
+      <c r="B185" s="182" t="s">
+        <v>841</v>
+      </c>
+      <c r="C185" s="183" t="s">
         <v>842</v>
       </c>
-      <c r="B185" s="182" t="s">
+      <c r="D185" s="183" t="s">
         <v>843</v>
       </c>
-      <c r="C185" s="183" t="s">
+      <c r="E185" s="184" t="s">
         <v>844</v>
       </c>
-      <c r="D185" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F185" s="184" t="s">
-        <v>602</v>
+        <v>600</v>
       </c>
     </row>
     <row r="186" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A186" s="182" t="s">
-        <v>847</v>
+        <v>845</v>
       </c>
       <c r="B186" s="182" t="s">
-        <v>848</v>
+        <v>846</v>
       </c>
       <c r="C186" s="183" t="s">
-        <v>639</v>
+        <v>637</v>
       </c>
       <c r="D186" s="183" t="s">
-        <v>640</v>
+        <v>638</v>
       </c>
       <c r="E186" s="184" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="F186" s="184" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
     </row>
     <row r="187" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A187" s="182" t="s">
+        <v>847</v>
+      </c>
+      <c r="B187" s="182" t="s">
+        <v>848</v>
+      </c>
+      <c r="C187" s="183" t="s">
+        <v>596</v>
+      </c>
+      <c r="D187" s="183" t="s">
+        <v>463</v>
+      </c>
+      <c r="E187" s="184" t="s">
         <v>849</v>
       </c>
-      <c r="B187" s="182" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F187" s="184" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
     </row>
     <row r="188" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A188" s="182" t="s">
-        <v>607</v>
+        <v>605</v>
       </c>
       <c r="B188" s="182" t="s">
+        <v>850</v>
+      </c>
+      <c r="C188" s="183" t="s">
+        <v>704</v>
+      </c>
+      <c r="D188" s="183" t="s">
+        <v>705</v>
+      </c>
+      <c r="E188" s="184" t="s">
+        <v>851</v>
+      </c>
+      <c r="F188" s="184" t="s">
         <v>852</v>
-      </c>
-[...10 lines deleted...]
-        <v>854</v>
       </c>
     </row>
     <row r="189" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A189" s="182" t="s">
+        <v>853</v>
+      </c>
+      <c r="B189" s="182" t="s">
+        <v>854</v>
+      </c>
+      <c r="C189" s="183" t="s">
+        <v>606</v>
+      </c>
+      <c r="D189" s="183" t="s">
+        <v>607</v>
+      </c>
+      <c r="E189" s="184" t="s">
         <v>855</v>
       </c>
-      <c r="B189" s="182" t="s">
+      <c r="F189" s="184" t="s">
         <v>856</v>
-      </c>
-[...10 lines deleted...]
-        <v>858</v>
       </c>
     </row>
     <row r="190" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A190" s="182" t="s">
+        <v>857</v>
+      </c>
+      <c r="B190" s="182" t="s">
+        <v>858</v>
+      </c>
+      <c r="C190" s="183" t="s">
         <v>859</v>
       </c>
-      <c r="B190" s="182" t="s">
+      <c r="D190" s="183" t="s">
         <v>860</v>
       </c>
-      <c r="C190" s="183" t="s">
+      <c r="E190" s="184" t="s">
         <v>861</v>
       </c>
-      <c r="D190" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F190" s="184" t="s">
-        <v>619</v>
+        <v>617</v>
       </c>
     </row>
     <row r="191" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A191" s="182" t="s">
+        <v>862</v>
+      </c>
+      <c r="B191" s="182" t="s">
+        <v>863</v>
+      </c>
+      <c r="C191" s="183" t="s">
+        <v>629</v>
+      </c>
+      <c r="D191" s="183" t="s">
+        <v>630</v>
+      </c>
+      <c r="E191" s="184" t="s">
         <v>864</v>
       </c>
-      <c r="B191" s="182" t="s">
+      <c r="F191" s="184" t="s">
         <v>865</v>
-      </c>
-[...10 lines deleted...]
-        <v>867</v>
       </c>
     </row>
     <row r="192" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A192" s="182" t="s">
+        <v>866</v>
+      </c>
+      <c r="B192" s="182" t="s">
+        <v>867</v>
+      </c>
+      <c r="C192" s="183" t="s">
+        <v>642</v>
+      </c>
+      <c r="D192" s="183" t="s">
+        <v>463</v>
+      </c>
+      <c r="E192" s="184" t="s">
         <v>868</v>
       </c>
-      <c r="B192" s="182" t="s">
+      <c r="F192" s="184" t="s">
         <v>869</v>
-      </c>
-[...10 lines deleted...]
-        <v>871</v>
       </c>
     </row>
     <row r="193" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A193" s="182" t="s">
+        <v>870</v>
+      </c>
+      <c r="B193" s="182" t="s">
+        <v>871</v>
+      </c>
+      <c r="C193" s="183" t="s">
         <v>872</v>
       </c>
-      <c r="B193" s="182" t="s">
+      <c r="D193" s="183" t="s">
         <v>873</v>
       </c>
-      <c r="C193" s="183" t="s">
+      <c r="E193" s="184" t="s">
         <v>874</v>
       </c>
-      <c r="D193" s="183" t="s">
+      <c r="F193" s="184" t="s">
         <v>875</v>
-      </c>
-[...4 lines deleted...]
-        <v>877</v>
       </c>
     </row>
     <row r="194" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A194" s="182" t="s">
+        <v>876</v>
+      </c>
+      <c r="B194" s="182" t="s">
+        <v>877</v>
+      </c>
+      <c r="C194" s="183" t="s">
+        <v>654</v>
+      </c>
+      <c r="D194" s="183" t="s">
+        <v>563</v>
+      </c>
+      <c r="E194" s="184" t="s">
         <v>878</v>
       </c>
-      <c r="B194" s="182" t="s">
+      <c r="F194" s="184" t="s">
         <v>879</v>
-      </c>
-[...10 lines deleted...]
-        <v>881</v>
       </c>
     </row>
     <row r="195" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A195" s="182" t="s">
+        <v>880</v>
+      </c>
+      <c r="B195" s="182" t="s">
+        <v>881</v>
+      </c>
+      <c r="C195" s="183" t="s">
+        <v>659</v>
+      </c>
+      <c r="D195" s="183" t="s">
         <v>882</v>
       </c>
-      <c r="B195" s="182" t="s">
+      <c r="E195" s="184" t="s">
         <v>883</v>
       </c>
-      <c r="C195" s="183" t="s">
-[...2 lines deleted...]
-      <c r="D195" s="183" t="s">
+      <c r="F195" s="184" t="s">
         <v>884</v>
-      </c>
-[...4 lines deleted...]
-        <v>886</v>
       </c>
     </row>
     <row r="196" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A196" s="182" t="s">
-        <v>887</v>
+        <v>885</v>
       </c>
       <c r="B196" s="182" t="s">
-        <v>888</v>
+        <v>886</v>
       </c>
       <c r="C196" s="183" t="s">
-        <v>665</v>
+        <v>663</v>
       </c>
       <c r="D196" s="183" t="s">
-        <v>666</v>
+        <v>664</v>
       </c>
       <c r="E196" s="184" t="s">
-        <v>496</v>
+        <v>494</v>
       </c>
       <c r="F196" s="184" t="s">
-        <v>497</v>
+        <v>495</v>
       </c>
     </row>
     <row r="197" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A197" s="182" t="s">
-        <v>889</v>
+        <v>887</v>
       </c>
       <c r="B197" s="182" t="s">
-        <v>890</v>
+        <v>888</v>
       </c>
       <c r="C197" s="183" t="s">
-        <v>678</v>
+        <v>676</v>
       </c>
       <c r="D197" s="183" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="E197" s="184" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="F197" s="184" t="s">
-        <v>787</v>
+        <v>785</v>
       </c>
     </row>
     <row r="198" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A198" s="182" t="s">
+        <v>889</v>
+      </c>
+      <c r="B198" s="182" t="s">
+        <v>108</v>
+      </c>
+      <c r="C198" s="183" t="s">
+        <v>890</v>
+      </c>
+      <c r="D198" s="183" t="s">
         <v>891</v>
       </c>
-      <c r="B198" s="182" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E198" s="184" t="s">
-        <v>771</v>
+        <v>769</v>
       </c>
       <c r="F198" s="184" t="s">
-        <v>552</v>
+        <v>550</v>
       </c>
     </row>
     <row r="199" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A199" s="182" t="s">
+        <v>892</v>
+      </c>
+      <c r="B199" s="182" t="s">
+        <v>893</v>
+      </c>
+      <c r="C199" s="183" t="s">
         <v>894</v>
       </c>
-      <c r="B199" s="182" t="s">
+      <c r="D199" s="183" t="s">
         <v>895</v>
       </c>
-      <c r="C199" s="183" t="s">
+      <c r="E199" s="184" t="s">
         <v>896</v>
       </c>
-      <c r="D199" s="183" t="s">
+      <c r="F199" s="184" t="s">
         <v>897</v>
-      </c>
-[...4 lines deleted...]
-        <v>899</v>
       </c>
     </row>
     <row r="200" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A200" s="182" t="s">
+        <v>898</v>
+      </c>
+      <c r="B200" s="182" t="s">
+        <v>899</v>
+      </c>
+      <c r="C200" s="183" t="s">
         <v>900</v>
       </c>
-      <c r="B200" s="182" t="s">
+      <c r="D200" s="183" t="s">
         <v>901</v>
       </c>
-      <c r="C200" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E200" s="184" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
       <c r="F200" s="184" t="s">
-        <v>552</v>
+        <v>550</v>
       </c>
     </row>
     <row r="201" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A201" s="182" t="s">
-        <v>904</v>
+        <v>902</v>
       </c>
       <c r="B201" s="182" t="s">
-        <v>905</v>
+        <v>903</v>
       </c>
       <c r="C201" s="183" t="s">
-        <v>599</v>
+        <v>597</v>
       </c>
       <c r="D201" s="183" t="s">
-        <v>862</v>
+        <v>860</v>
       </c>
       <c r="E201" s="184" t="s">
-        <v>582</v>
+        <v>580</v>
       </c>
       <c r="F201" s="184" t="s">
-        <v>583</v>
+        <v>581</v>
       </c>
     </row>
     <row r="202" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A202" s="182" t="s">
+        <v>904</v>
+      </c>
+      <c r="B202" s="182" t="s">
+        <v>905</v>
+      </c>
+      <c r="C202" s="183" t="s">
+        <v>603</v>
+      </c>
+      <c r="D202" s="183" t="s">
         <v>906</v>
       </c>
-      <c r="B202" s="182" t="s">
+      <c r="E202" s="184" t="s">
         <v>907</v>
       </c>
-      <c r="C202" s="183" t="s">
-[...2 lines deleted...]
-      <c r="D202" s="183" t="s">
+      <c r="F202" s="184" t="s">
         <v>908</v>
-      </c>
-[...4 lines deleted...]
-        <v>910</v>
       </c>
     </row>
     <row r="203" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A203" s="182" t="s">
+        <v>909</v>
+      </c>
+      <c r="B203" s="182" t="s">
+        <v>910</v>
+      </c>
+      <c r="C203" s="183" t="s">
+        <v>601</v>
+      </c>
+      <c r="D203" s="183" t="s">
+        <v>602</v>
+      </c>
+      <c r="E203" s="184" t="s">
         <v>911</v>
       </c>
-      <c r="B203" s="182" t="s">
+      <c r="F203" s="184" t="s">
         <v>912</v>
-      </c>
-[...10 lines deleted...]
-        <v>914</v>
       </c>
     </row>
     <row r="204" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A204" s="182" t="s">
-        <v>915</v>
+        <v>913</v>
       </c>
       <c r="B204" s="182" t="s">
-        <v>916</v>
+        <v>914</v>
       </c>
       <c r="C204" s="183" t="s">
-        <v>620</v>
+        <v>618</v>
       </c>
       <c r="D204" s="183" t="s">
-        <v>621</v>
+        <v>619</v>
       </c>
       <c r="E204" s="184" t="s">
-        <v>754</v>
+        <v>752</v>
       </c>
       <c r="F204" s="184" t="s">
-        <v>552</v>
+        <v>550</v>
       </c>
     </row>
     <row r="205" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A205" s="182" t="s">
+        <v>915</v>
+      </c>
+      <c r="B205" s="182" t="s">
+        <v>916</v>
+      </c>
+      <c r="C205" s="183" t="s">
         <v>917</v>
       </c>
-      <c r="B205" s="182" t="s">
+      <c r="D205" s="183" t="s">
+        <v>818</v>
+      </c>
+      <c r="E205" s="184" t="s">
         <v>918</v>
       </c>
-      <c r="C205" s="183" t="s">
+      <c r="F205" s="184" t="s">
         <v>919</v>
-      </c>
-[...7 lines deleted...]
-        <v>921</v>
       </c>
     </row>
     <row r="206" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A206" s="182" t="s">
+        <v>920</v>
+      </c>
+      <c r="B206" s="182" t="s">
+        <v>905</v>
+      </c>
+      <c r="C206" s="183" t="s">
+        <v>921</v>
+      </c>
+      <c r="D206" s="183" t="s">
         <v>922</v>
       </c>
-      <c r="B206" s="182" t="s">
-[...2 lines deleted...]
-      <c r="C206" s="183" t="s">
+      <c r="E206" s="184" t="s">
+        <v>480</v>
+      </c>
+      <c r="F206" s="184" t="s">
         <v>923</v>
-      </c>
-[...7 lines deleted...]
-        <v>925</v>
       </c>
     </row>
     <row r="207" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A207" s="182" t="s">
+        <v>924</v>
+      </c>
+      <c r="B207" s="182" t="s">
+        <v>925</v>
+      </c>
+      <c r="C207" s="183" t="s">
         <v>926</v>
       </c>
-      <c r="B207" s="182" t="s">
+      <c r="D207" s="183" t="s">
         <v>927</v>
       </c>
-      <c r="C207" s="183" t="s">
+      <c r="E207" s="184" t="s">
         <v>928</v>
       </c>
-      <c r="D207" s="183" t="s">
+      <c r="F207" s="184" t="s">
         <v>929</v>
-      </c>
-[...4 lines deleted...]
-        <v>931</v>
       </c>
     </row>
     <row r="208" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A208" s="182" t="s">
+        <v>930</v>
+      </c>
+      <c r="B208" s="182" t="s">
+        <v>931</v>
+      </c>
+      <c r="C208" s="183" t="s">
         <v>932</v>
       </c>
-      <c r="B208" s="182" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D208" s="183" t="s">
-        <v>2453</v>
+        <v>2451</v>
       </c>
       <c r="E208" s="184" t="s">
-        <v>566</v>
+        <v>564</v>
       </c>
       <c r="F208" s="184" t="s">
-        <v>787</v>
+        <v>785</v>
       </c>
     </row>
     <row r="209" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A209" s="182" t="s">
+        <v>933</v>
+      </c>
+      <c r="B209" s="182" t="s">
+        <v>934</v>
+      </c>
+      <c r="C209" s="183" t="s">
         <v>935</v>
       </c>
-      <c r="B209" s="182" t="s">
+      <c r="D209" s="183" t="s">
         <v>936</v>
       </c>
-      <c r="C209" s="183" t="s">
+      <c r="E209" s="184" t="s">
         <v>937</v>
       </c>
-      <c r="D209" s="183" t="s">
+      <c r="F209" s="184" t="s">
         <v>938</v>
-      </c>
-[...4 lines deleted...]
-        <v>940</v>
       </c>
     </row>
     <row r="210" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A210" s="182" t="s">
+        <v>939</v>
+      </c>
+      <c r="B210" s="182" t="s">
+        <v>497</v>
+      </c>
+      <c r="C210" s="183" t="s">
+        <v>940</v>
+      </c>
+      <c r="D210" s="183" t="s">
         <v>941</v>
       </c>
-      <c r="B210" s="182" t="s">
-[...2 lines deleted...]
-      <c r="C210" s="183" t="s">
+      <c r="E210" s="184" t="s">
+        <v>590</v>
+      </c>
+      <c r="F210" s="184" t="s">
         <v>942</v>
-      </c>
-[...7 lines deleted...]
-        <v>944</v>
       </c>
     </row>
     <row r="211" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A211" s="182" t="s">
+        <v>943</v>
+      </c>
+      <c r="B211" s="182" t="s">
+        <v>944</v>
+      </c>
+      <c r="C211" s="183" t="s">
+        <v>649</v>
+      </c>
+      <c r="D211" s="183" t="s">
         <v>945</v>
       </c>
-      <c r="B211" s="182" t="s">
+      <c r="E211" s="184" t="s">
         <v>946</v>
       </c>
-      <c r="C211" s="183" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F211" s="184" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
     </row>
     <row r="212" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A212" s="182" t="s">
-        <v>949</v>
+        <v>947</v>
       </c>
       <c r="B212" s="182" t="s">
-        <v>950</v>
+        <v>948</v>
       </c>
       <c r="C212" s="183" t="s">
-        <v>948</v>
+        <v>946</v>
       </c>
       <c r="D212" s="183" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="E212" s="184" t="s">
-        <v>942</v>
+        <v>940</v>
       </c>
       <c r="F212" s="184" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
     </row>
     <row r="213" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A213" s="182" t="s">
+        <v>949</v>
+      </c>
+      <c r="B213" s="182" t="s">
+        <v>950</v>
+      </c>
+      <c r="C213" s="183" t="s">
         <v>951</v>
       </c>
-      <c r="B213" s="182" t="s">
+      <c r="D213" s="183" t="s">
         <v>952</v>
       </c>
-      <c r="C213" s="183" t="s">
+      <c r="E213" s="184" t="s">
+        <v>951</v>
+      </c>
+      <c r="F213" s="184" t="s">
         <v>953</v>
-      </c>
-[...7 lines deleted...]
-        <v>955</v>
       </c>
     </row>
     <row r="214" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A214" s="182" t="s">
+        <v>954</v>
+      </c>
+      <c r="B214" s="182" t="s">
+        <v>955</v>
+      </c>
+      <c r="C214" s="183" t="s">
+        <v>928</v>
+      </c>
+      <c r="D214" s="183" t="s">
         <v>956</v>
       </c>
-      <c r="B214" s="182" t="s">
+      <c r="E214" s="184" t="s">
         <v>957</v>
       </c>
-      <c r="C214" s="183" t="s">
-[...2 lines deleted...]
-      <c r="D214" s="183" t="s">
+      <c r="F214" s="184" t="s">
         <v>958</v>
-      </c>
-[...4 lines deleted...]
-        <v>960</v>
       </c>
     </row>
     <row r="215" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A215" s="182" t="s">
-        <v>961</v>
+        <v>959</v>
       </c>
       <c r="B215" s="182" t="s">
-        <v>962</v>
+        <v>960</v>
       </c>
       <c r="C215" s="183" t="s">
-        <v>692</v>
+        <v>690</v>
       </c>
       <c r="D215" s="183" t="s">
-        <v>676</v>
+        <v>674</v>
       </c>
       <c r="E215" s="184" t="s">
-        <v>840</v>
+        <v>838</v>
       </c>
       <c r="F215" s="184" t="s">
-        <v>596</v>
+        <v>594</v>
       </c>
     </row>
     <row r="216" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A216" s="182" t="s">
-        <v>963</v>
+        <v>961</v>
       </c>
       <c r="B216" s="182" t="s">
-        <v>964</v>
+        <v>962</v>
       </c>
       <c r="C216" s="183" t="s">
-        <v>697</v>
+        <v>695</v>
       </c>
       <c r="D216" s="183" t="s">
-        <v>734</v>
+        <v>732</v>
       </c>
       <c r="E216" s="184" t="s">
-        <v>599</v>
+        <v>597</v>
       </c>
       <c r="F216" s="184" t="s">
-        <v>862</v>
+        <v>860</v>
       </c>
     </row>
     <row r="217" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A217" s="182" t="s">
+        <v>963</v>
+      </c>
+      <c r="B217" s="182" t="s">
+        <v>964</v>
+      </c>
+      <c r="C217" s="183" t="s">
         <v>965</v>
       </c>
-      <c r="B217" s="182" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D217" s="183" t="s">
-        <v>903</v>
+        <v>901</v>
       </c>
       <c r="E217" s="184" t="s">
-        <v>598</v>
+        <v>596</v>
       </c>
       <c r="F217" s="184" t="s">
-        <v>640</v>
+        <v>638</v>
       </c>
     </row>
     <row r="218" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A218" s="182" t="s">
+        <v>966</v>
+      </c>
+      <c r="B218" s="182" t="s">
+        <v>967</v>
+      </c>
+      <c r="C218" s="183" t="s">
+        <v>701</v>
+      </c>
+      <c r="D218" s="183" t="s">
         <v>968</v>
       </c>
-      <c r="B218" s="182" t="s">
+      <c r="E218" s="184" t="s">
         <v>969</v>
       </c>
-      <c r="C218" s="183" t="s">
-[...2 lines deleted...]
-      <c r="D218" s="183" t="s">
+      <c r="F218" s="184" t="s">
         <v>970</v>
-      </c>
-[...4 lines deleted...]
-        <v>972</v>
       </c>
     </row>
     <row r="219" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A219" s="182" t="s">
+        <v>971</v>
+      </c>
+      <c r="B219" s="182" t="s">
+        <v>972</v>
+      </c>
+      <c r="C219" s="183" t="s">
+        <v>720</v>
+      </c>
+      <c r="D219" s="183" t="s">
+        <v>721</v>
+      </c>
+      <c r="E219" s="184" t="s">
         <v>973</v>
       </c>
-      <c r="B219" s="182" t="s">
+      <c r="F219" s="184" t="s">
         <v>974</v>
-      </c>
-[...10 lines deleted...]
-        <v>976</v>
       </c>
     </row>
     <row r="220" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A220" s="182" t="s">
+        <v>975</v>
+      </c>
+      <c r="B220" s="182" t="s">
+        <v>976</v>
+      </c>
+      <c r="C220" s="183" t="s">
+        <v>588</v>
+      </c>
+      <c r="D220" s="183" t="s">
+        <v>589</v>
+      </c>
+      <c r="E220" s="184" t="s">
         <v>977</v>
       </c>
-      <c r="B220" s="182" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F220" s="184" t="s">
-        <v>666</v>
+        <v>664</v>
       </c>
     </row>
     <row r="221" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A221" s="182" t="s">
-        <v>980</v>
+        <v>978</v>
       </c>
       <c r="B221" s="182" t="s">
-        <v>981</v>
+        <v>979</v>
       </c>
       <c r="C221" s="183" t="s">
-        <v>729</v>
+        <v>727</v>
       </c>
       <c r="D221" s="183" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="E221" s="184" t="s">
-        <v>605</v>
+        <v>603</v>
       </c>
       <c r="F221" s="184" t="s">
-        <v>606</v>
+        <v>604</v>
       </c>
     </row>
     <row r="222" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A222" s="182" t="s">
+        <v>980</v>
+      </c>
+      <c r="B222" s="182" t="s">
+        <v>981</v>
+      </c>
+      <c r="C222" s="183" t="s">
+        <v>731</v>
+      </c>
+      <c r="D222" s="183" t="s">
+        <v>732</v>
+      </c>
+      <c r="E222" s="184" t="s">
         <v>982</v>
       </c>
-      <c r="B222" s="182" t="s">
+      <c r="F222" s="184" t="s">
         <v>983</v>
-      </c>
-[...10 lines deleted...]
-        <v>985</v>
       </c>
     </row>
     <row r="223" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A223" s="182" t="s">
+        <v>984</v>
+      </c>
+      <c r="B223" s="182" t="s">
+        <v>985</v>
+      </c>
+      <c r="C223" s="183" t="s">
         <v>986</v>
       </c>
-      <c r="B223" s="182" t="s">
+      <c r="D223" s="183" t="s">
         <v>987</v>
       </c>
-      <c r="C223" s="183" t="s">
+      <c r="E223" s="184" t="s">
+        <v>872</v>
+      </c>
+      <c r="F223" s="184" t="s">
         <v>988</v>
-      </c>
-[...7 lines deleted...]
-        <v>990</v>
       </c>
     </row>
     <row r="224" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A224" s="182" t="s">
+        <v>989</v>
+      </c>
+      <c r="B224" s="182" t="s">
+        <v>972</v>
+      </c>
+      <c r="C224" s="183" t="s">
+        <v>748</v>
+      </c>
+      <c r="D224" s="183" t="s">
+        <v>700</v>
+      </c>
+      <c r="E224" s="184" t="s">
+        <v>990</v>
+      </c>
+      <c r="F224" s="184" t="s">
         <v>991</v>
-      </c>
-[...13 lines deleted...]
-        <v>993</v>
       </c>
     </row>
     <row r="225" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A225" s="182" t="s">
+        <v>992</v>
+      </c>
+      <c r="B225" s="182" t="s">
+        <v>993</v>
+      </c>
+      <c r="C225" s="183" t="s">
         <v>994</v>
       </c>
-      <c r="B225" s="182" t="s">
+      <c r="D225" s="183" t="s">
         <v>995</v>
       </c>
-      <c r="C225" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E225" s="184" t="s">
-        <v>861</v>
+        <v>859</v>
       </c>
       <c r="F225" s="184" t="s">
-        <v>862</v>
+        <v>860</v>
       </c>
     </row>
     <row r="226" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A226" s="182" t="s">
+        <v>996</v>
+      </c>
+      <c r="B226" s="182" t="s">
+        <v>997</v>
+      </c>
+      <c r="C226" s="183" t="s">
         <v>998</v>
       </c>
-      <c r="B226" s="182" t="s">
+      <c r="D226" s="183" t="s">
         <v>999</v>
       </c>
-      <c r="C226" s="183" t="s">
+      <c r="E226" s="184" t="s">
         <v>1000</v>
       </c>
-      <c r="D226" s="183" t="s">
+      <c r="F226" s="184" t="s">
         <v>1001</v>
-      </c>
-[...4 lines deleted...]
-        <v>1003</v>
       </c>
     </row>
     <row r="227" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A227" s="182" t="s">
+        <v>1002</v>
+      </c>
+      <c r="B227" s="182" t="s">
+        <v>1003</v>
+      </c>
+      <c r="C227" s="183" t="s">
+        <v>585</v>
+      </c>
+      <c r="D227" s="183" t="s">
+        <v>710</v>
+      </c>
+      <c r="E227" s="184" t="s">
         <v>1004</v>
       </c>
-      <c r="B227" s="182" t="s">
+      <c r="F227" s="184" t="s">
         <v>1005</v>
-      </c>
-[...10 lines deleted...]
-        <v>1007</v>
       </c>
     </row>
     <row r="228" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A228" s="182" t="s">
+        <v>1006</v>
+      </c>
+      <c r="B228" s="182" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C228" s="183" t="s">
+        <v>628</v>
+      </c>
+      <c r="D228" s="183" t="s">
+        <v>713</v>
+      </c>
+      <c r="E228" s="184" t="s">
         <v>1008</v>
       </c>
-      <c r="B228" s="182" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F228" s="184" t="s">
-        <v>704</v>
+        <v>702</v>
       </c>
     </row>
     <row r="229" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A229" s="182" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B229" s="182" t="s">
+        <v>1010</v>
+      </c>
+      <c r="C229" s="183" t="s">
+        <v>723</v>
+      </c>
+      <c r="D229" s="183" t="s">
+        <v>781</v>
+      </c>
+      <c r="E229" s="184" t="s">
         <v>1011</v>
       </c>
-      <c r="B229" s="182" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F229" s="184" t="s">
-        <v>1003</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="230" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A230" s="182" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B230" s="182" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C230" s="183" t="s">
+        <v>717</v>
+      </c>
+      <c r="D230" s="183" t="s">
+        <v>718</v>
+      </c>
+      <c r="E230" s="184" t="s">
+        <v>704</v>
+      </c>
+      <c r="F230" s="184" t="s">
         <v>1014</v>
-      </c>
-[...13 lines deleted...]
-        <v>1016</v>
       </c>
     </row>
     <row r="231" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A231" s="182" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B231" s="182" t="s">
+        <v>1016</v>
+      </c>
+      <c r="C231" s="183" t="s">
+        <v>743</v>
+      </c>
+      <c r="D231" s="183" t="s">
         <v>1017</v>
       </c>
-      <c r="B231" s="182" t="s">
+      <c r="E231" s="184" t="s">
         <v>1018</v>
       </c>
-      <c r="C231" s="183" t="s">
-[...2 lines deleted...]
-      <c r="D231" s="183" t="s">
+      <c r="F231" s="184" t="s">
         <v>1019</v>
-      </c>
-[...4 lines deleted...]
-        <v>1021</v>
       </c>
     </row>
     <row r="232" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A232" s="182" t="s">
+        <v>1020</v>
+      </c>
+      <c r="B232" s="182" t="s">
+        <v>1021</v>
+      </c>
+      <c r="C232" s="183" t="s">
         <v>1022</v>
       </c>
-      <c r="B232" s="182" t="s">
+      <c r="D232" s="183" t="s">
         <v>1023</v>
       </c>
-      <c r="C232" s="183" t="s">
+      <c r="E232" s="184" t="s">
         <v>1024</v>
       </c>
-      <c r="D232" s="183" t="s">
+      <c r="F232" s="184" t="s">
         <v>1025</v>
-      </c>
-[...4 lines deleted...]
-        <v>1027</v>
       </c>
     </row>
     <row r="233" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A233" s="182" t="s">
+        <v>1026</v>
+      </c>
+      <c r="B233" s="182" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C233" s="183" t="s">
         <v>1028</v>
       </c>
-      <c r="B233" s="182" t="s">
+      <c r="D233" s="183" t="s">
+        <v>807</v>
+      </c>
+      <c r="E233" s="184" t="s">
         <v>1029</v>
       </c>
-      <c r="C233" s="183" t="s">
+      <c r="F233" s="184" t="s">
         <v>1030</v>
-      </c>
-[...7 lines deleted...]
-        <v>1032</v>
       </c>
     </row>
     <row r="234" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A234" s="182" t="s">
+        <v>1031</v>
+      </c>
+      <c r="B234" s="182" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C234" s="183" t="s">
+        <v>747</v>
+      </c>
+      <c r="D234" s="183" t="s">
+        <v>710</v>
+      </c>
+      <c r="E234" s="184" t="s">
         <v>1033</v>
       </c>
-      <c r="B234" s="182" t="s">
+      <c r="F234" s="184" t="s">
         <v>1034</v>
-      </c>
-[...10 lines deleted...]
-        <v>1036</v>
       </c>
     </row>
     <row r="235" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A235" s="182" t="s">
-        <v>1037</v>
+        <v>1035</v>
       </c>
       <c r="B235" s="182" t="s">
-        <v>1038</v>
+        <v>1036</v>
       </c>
       <c r="C235" s="183" t="s">
-        <v>490</v>
+        <v>488</v>
       </c>
       <c r="D235" s="183" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="E235" s="184" t="s">
-        <v>733</v>
+        <v>731</v>
       </c>
       <c r="F235" s="184" t="s">
-        <v>734</v>
+        <v>732</v>
       </c>
     </row>
     <row r="236" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A236" s="182" t="s">
+        <v>1037</v>
+      </c>
+      <c r="B236" s="182" t="s">
+        <v>1038</v>
+      </c>
+      <c r="C236" s="183" t="s">
+        <v>764</v>
+      </c>
+      <c r="D236" s="183" t="s">
+        <v>550</v>
+      </c>
+      <c r="E236" s="184" t="s">
         <v>1039</v>
       </c>
-      <c r="B236" s="182" t="s">
+      <c r="F236" s="184" t="s">
         <v>1040</v>
-      </c>
-[...10 lines deleted...]
-        <v>1042</v>
       </c>
     </row>
     <row r="237" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A237" s="182" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B237" s="182" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C237" s="183" t="s">
         <v>1043</v>
       </c>
-      <c r="B237" s="182" t="s">
+      <c r="D237" s="183" t="s">
         <v>1044</v>
       </c>
-      <c r="C237" s="183" t="s">
+      <c r="E237" s="184" t="s">
         <v>1045</v>
       </c>
-      <c r="D237" s="183" t="s">
+      <c r="F237" s="184" t="s">
         <v>1046</v>
-      </c>
-[...4 lines deleted...]
-        <v>1048</v>
       </c>
     </row>
     <row r="238" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A238" s="182" t="s">
+        <v>1047</v>
+      </c>
+      <c r="B238" s="182" t="s">
+        <v>108</v>
+      </c>
+      <c r="C238" s="183" t="s">
+        <v>653</v>
+      </c>
+      <c r="D238" s="183" t="s">
+        <v>1048</v>
+      </c>
+      <c r="E238" s="184" t="s">
         <v>1049</v>
       </c>
-      <c r="B238" s="182" t="s">
-[...5 lines deleted...]
-      <c r="D238" s="183" t="s">
+      <c r="F238" s="184" t="s">
         <v>1050</v>
-      </c>
-[...4 lines deleted...]
-        <v>1052</v>
       </c>
     </row>
     <row r="239" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A239" s="182" t="s">
-        <v>1053</v>
+        <v>1051</v>
       </c>
       <c r="B239" s="182" t="s">
-        <v>1054</v>
+        <v>1052</v>
       </c>
       <c r="C239" s="183" t="s">
-        <v>675</v>
+        <v>673</v>
       </c>
       <c r="D239" s="183" t="s">
-        <v>676</v>
+        <v>674</v>
       </c>
       <c r="E239" s="184" t="s">
-        <v>675</v>
+        <v>673</v>
       </c>
       <c r="F239" s="184" t="s">
-        <v>2464</v>
+        <v>2462</v>
       </c>
     </row>
     <row r="240" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A240" s="182" t="s">
+        <v>1053</v>
+      </c>
+      <c r="B240" s="182" t="s">
+        <v>1054</v>
+      </c>
+      <c r="C240" s="183" t="s">
+        <v>613</v>
+      </c>
+      <c r="D240" s="183" t="s">
+        <v>893</v>
+      </c>
+      <c r="E240" s="184" t="s">
         <v>1055</v>
       </c>
-      <c r="B240" s="182" t="s">
+      <c r="F240" s="184" t="s">
         <v>1056</v>
-      </c>
-[...10 lines deleted...]
-        <v>1058</v>
       </c>
     </row>
     <row r="241" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A241" s="182" t="s">
+        <v>1057</v>
+      </c>
+      <c r="B241" s="182" t="s">
+        <v>1058</v>
+      </c>
+      <c r="C241" s="183" t="s">
+        <v>847</v>
+      </c>
+      <c r="D241" s="183" t="s">
         <v>1059</v>
       </c>
-      <c r="B241" s="182" t="s">
+      <c r="E241" s="184" t="s">
+        <v>847</v>
+      </c>
+      <c r="F241" s="184" t="s">
         <v>1060</v>
-      </c>
-[...10 lines deleted...]
-        <v>1062</v>
       </c>
     </row>
     <row r="242" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A242" s="182" t="s">
+        <v>1061</v>
+      </c>
+      <c r="B242" s="182" t="s">
+        <v>1062</v>
+      </c>
+      <c r="C242" s="183" t="s">
+        <v>681</v>
+      </c>
+      <c r="D242" s="183" t="s">
         <v>1063</v>
       </c>
-      <c r="B242" s="182" t="s">
+      <c r="E242" s="184" t="s">
         <v>1064</v>
       </c>
-      <c r="C242" s="183" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F242" s="184" t="s">
-        <v>609</v>
+        <v>607</v>
       </c>
     </row>
     <row r="243" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A243" s="182" t="s">
+        <v>1065</v>
+      </c>
+      <c r="B243" s="182" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C243" s="183" t="s">
         <v>1067</v>
       </c>
-      <c r="B243" s="182" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D243" s="183" t="s">
-        <v>893</v>
+        <v>891</v>
       </c>
       <c r="E243" s="184" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F243" s="184" t="s">
-        <v>756</v>
+        <v>754</v>
       </c>
     </row>
     <row r="244" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A244" s="182" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B244" s="182" t="s">
+        <v>1069</v>
+      </c>
+      <c r="C244" s="183" t="s">
         <v>1070</v>
       </c>
-      <c r="B244" s="182" t="s">
+      <c r="D244" s="183" t="s">
+        <v>775</v>
+      </c>
+      <c r="E244" s="184" t="s">
         <v>1071</v>
       </c>
-      <c r="C244" s="183" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F244" s="184" t="s">
-        <v>820</v>
+        <v>818</v>
       </c>
     </row>
     <row r="245" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A245" s="182" t="s">
+        <v>1072</v>
+      </c>
+      <c r="B245" s="182" t="s">
+        <v>1073</v>
+      </c>
+      <c r="C245" s="183" t="s">
         <v>1074</v>
       </c>
-      <c r="B245" s="182" t="s">
+      <c r="D245" s="183" t="s">
         <v>1075</v>
       </c>
-      <c r="C245" s="183" t="s">
+      <c r="E245" s="184" t="s">
         <v>1076</v>
       </c>
-      <c r="D245" s="183" t="s">
+      <c r="F245" s="184" t="s">
         <v>1077</v>
-      </c>
-[...4 lines deleted...]
-        <v>1079</v>
       </c>
     </row>
     <row r="246" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A246" s="182" t="s">
+        <v>1078</v>
+      </c>
+      <c r="B246" s="182" t="s">
+        <v>1079</v>
+      </c>
+      <c r="C246" s="183" t="s">
+        <v>787</v>
+      </c>
+      <c r="D246" s="183" t="s">
         <v>1080</v>
       </c>
-      <c r="B246" s="182" t="s">
+      <c r="E246" s="184" t="s">
         <v>1081</v>
       </c>
-      <c r="C246" s="183" t="s">
-[...2 lines deleted...]
-      <c r="D246" s="183" t="s">
+      <c r="F246" s="184" t="s">
         <v>1082</v>
-      </c>
-[...4 lines deleted...]
-        <v>1084</v>
       </c>
     </row>
     <row r="247" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A247" s="182" t="s">
+        <v>1083</v>
+      </c>
+      <c r="B247" s="182" t="s">
+        <v>1084</v>
+      </c>
+      <c r="C247" s="183" t="s">
+        <v>791</v>
+      </c>
+      <c r="D247" s="183" t="s">
+        <v>792</v>
+      </c>
+      <c r="E247" s="184" t="s">
         <v>1085</v>
       </c>
-      <c r="B247" s="182" t="s">
+      <c r="F247" s="184" t="s">
         <v>1086</v>
-      </c>
-[...10 lines deleted...]
-        <v>1088</v>
       </c>
     </row>
     <row r="248" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A248" s="182" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B248" s="182" t="s">
+        <v>1088</v>
+      </c>
+      <c r="C248" s="183" t="s">
+        <v>795</v>
+      </c>
+      <c r="D248" s="183" t="s">
+        <v>796</v>
+      </c>
+      <c r="E248" s="184" t="s">
         <v>1089</v>
       </c>
-      <c r="B248" s="182" t="s">
+      <c r="F248" s="184" t="s">
         <v>1090</v>
-      </c>
-[...10 lines deleted...]
-        <v>1092</v>
       </c>
     </row>
     <row r="249" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A249" s="182" t="s">
+        <v>1091</v>
+      </c>
+      <c r="B249" s="182" t="s">
+        <v>1092</v>
+      </c>
+      <c r="C249" s="183" t="s">
         <v>1093</v>
       </c>
-      <c r="B249" s="182" t="s">
+      <c r="D249" s="183" t="s">
         <v>1094</v>
       </c>
-      <c r="C249" s="183" t="s">
+      <c r="E249" s="184" t="s">
         <v>1095</v>
       </c>
-      <c r="D249" s="183" t="s">
+      <c r="F249" s="184" t="s">
         <v>1096</v>
-      </c>
-[...4 lines deleted...]
-        <v>1098</v>
       </c>
     </row>
     <row r="250" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A250" s="182" t="s">
+        <v>1097</v>
+      </c>
+      <c r="B250" s="182" t="s">
+        <v>1098</v>
+      </c>
+      <c r="C250" s="183" t="s">
         <v>1099</v>
       </c>
-      <c r="B250" s="182" t="s">
+      <c r="D250" s="183" t="s">
         <v>1100</v>
       </c>
-      <c r="C250" s="183" t="s">
+      <c r="E250" s="184" t="s">
         <v>1101</v>
       </c>
-      <c r="D250" s="183" t="s">
+      <c r="F250" s="184" t="s">
         <v>1102</v>
-      </c>
-[...4 lines deleted...]
-        <v>1104</v>
       </c>
     </row>
     <row r="251" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A251" s="182" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B251" s="182" t="s">
+        <v>1104</v>
+      </c>
+      <c r="C251" s="183" t="s">
+        <v>806</v>
+      </c>
+      <c r="D251" s="183" t="s">
         <v>1105</v>
       </c>
-      <c r="B251" s="182" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E251" s="184" t="s">
-        <v>651</v>
+        <v>649</v>
       </c>
       <c r="F251" s="184" t="s">
-        <v>652</v>
+        <v>650</v>
       </c>
     </row>
     <row r="252" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A252" s="182" t="s">
+        <v>1106</v>
+      </c>
+      <c r="B252" s="182" t="s">
+        <v>1107</v>
+      </c>
+      <c r="C252" s="183" t="s">
         <v>1108</v>
       </c>
-      <c r="B252" s="182" t="s">
+      <c r="D252" s="183" t="s">
         <v>1109</v>
       </c>
-      <c r="C252" s="183" t="s">
+      <c r="E252" s="184" t="s">
         <v>1110</v>
       </c>
-      <c r="D252" s="183" t="s">
+      <c r="F252" s="184" t="s">
         <v>1111</v>
-      </c>
-[...4 lines deleted...]
-        <v>1113</v>
       </c>
     </row>
     <row r="253" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A253" s="182" t="s">
+        <v>1112</v>
+      </c>
+      <c r="B253" s="182" t="s">
+        <v>1113</v>
+      </c>
+      <c r="C253" s="183" t="s">
         <v>1114</v>
       </c>
-      <c r="B253" s="182" t="s">
+      <c r="D253" s="183" t="s">
         <v>1115</v>
       </c>
-      <c r="C253" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E253" s="184" t="s">
-        <v>639</v>
+        <v>637</v>
       </c>
       <c r="F253" s="184" t="s">
-        <v>862</v>
+        <v>860</v>
       </c>
     </row>
     <row r="254" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A254" s="182" t="s">
+        <v>1116</v>
+      </c>
+      <c r="B254" s="182" t="s">
+        <v>1117</v>
+      </c>
+      <c r="C254" s="183" t="s">
+        <v>845</v>
+      </c>
+      <c r="D254" s="183" t="s">
         <v>1118</v>
       </c>
-      <c r="B254" s="182" t="s">
+      <c r="E254" s="184" t="s">
         <v>1119</v>
       </c>
-      <c r="C254" s="183" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F254" s="184" t="s">
-        <v>2465</v>
+        <v>2463</v>
       </c>
     </row>
     <row r="255" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A255" s="182" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B255" s="182" t="s">
+        <v>1121</v>
+      </c>
+      <c r="C255" s="183" t="s">
         <v>1122</v>
       </c>
-      <c r="B255" s="182" t="s">
+      <c r="D255" s="183" t="s">
+        <v>834</v>
+      </c>
+      <c r="E255" s="184" t="s">
         <v>1123</v>
       </c>
-      <c r="C255" s="183" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F255" s="184" t="s">
-        <v>2466</v>
+        <v>2464</v>
       </c>
     </row>
     <row r="256" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A256" s="182" t="s">
+        <v>1124</v>
+      </c>
+      <c r="B256" s="182" t="s">
+        <v>1125</v>
+      </c>
+      <c r="C256" s="183" t="s">
         <v>1126</v>
       </c>
-      <c r="B256" s="182" t="s">
+      <c r="D256" s="183" t="s">
         <v>1127</v>
       </c>
-      <c r="C256" s="183" t="s">
+      <c r="E256" s="184" t="s">
         <v>1128</v>
       </c>
-      <c r="D256" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F256" s="184" t="s">
-        <v>2467</v>
+        <v>2465</v>
       </c>
     </row>
     <row r="257" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A257" s="182" t="s">
+        <v>1129</v>
+      </c>
+      <c r="B257" s="182" t="s">
+        <v>1130</v>
+      </c>
+      <c r="C257" s="183" t="s">
         <v>1131</v>
       </c>
-      <c r="B257" s="182" t="s">
+      <c r="D257" s="183" t="s">
         <v>1132</v>
       </c>
-      <c r="C257" s="183" t="s">
+      <c r="E257" s="184" t="s">
         <v>1133</v>
       </c>
-      <c r="D257" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F257" s="184" t="s">
-        <v>2468</v>
+        <v>2466</v>
       </c>
     </row>
     <row r="258" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A258" s="182" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B258" s="182" t="s">
+        <v>1135</v>
+      </c>
+      <c r="C258" s="183" t="s">
+        <v>857</v>
+      </c>
+      <c r="D258" s="183" t="s">
         <v>1136</v>
       </c>
-      <c r="B258" s="182" t="s">
+      <c r="E258" s="184" t="s">
         <v>1137</v>
       </c>
-      <c r="C258" s="183" t="s">
-[...2 lines deleted...]
-      <c r="D258" s="183" t="s">
+      <c r="F258" s="184" t="s">
         <v>1138</v>
-      </c>
-[...4 lines deleted...]
-        <v>1140</v>
       </c>
     </row>
     <row r="259" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A259" s="182" t="s">
+        <v>1139</v>
+      </c>
+      <c r="B259" s="182" t="s">
+        <v>1140</v>
+      </c>
+      <c r="C259" s="183" t="s">
         <v>1141</v>
       </c>
-      <c r="B259" s="182" t="s">
+      <c r="D259" s="183" t="s">
         <v>1142</v>
       </c>
-      <c r="C259" s="183" t="s">
+      <c r="E259" s="184" t="s">
         <v>1143</v>
       </c>
-      <c r="D259" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F259" s="184" t="s">
-        <v>990</v>
+        <v>988</v>
       </c>
     </row>
     <row r="260" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A260" s="182" t="s">
+        <v>1144</v>
+      </c>
+      <c r="B260" s="182" t="s">
+        <v>1145</v>
+      </c>
+      <c r="C260" s="183" t="s">
+        <v>870</v>
+      </c>
+      <c r="D260" s="183" t="s">
+        <v>1050</v>
+      </c>
+      <c r="E260" s="184" t="s">
         <v>1146</v>
       </c>
-      <c r="B260" s="182" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F260" s="184" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
     </row>
     <row r="261" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A261" s="182" t="s">
+        <v>1147</v>
+      </c>
+      <c r="B261" s="182" t="s">
+        <v>1148</v>
+      </c>
+      <c r="C261" s="183" t="s">
         <v>1149</v>
       </c>
-      <c r="B261" s="182" t="s">
+      <c r="D261" s="183" t="s">
         <v>1150</v>
       </c>
-      <c r="C261" s="183" t="s">
+      <c r="E261" s="184" t="s">
         <v>1151</v>
       </c>
-      <c r="D261" s="183" t="s">
+      <c r="F261" s="184" t="s">
         <v>1152</v>
-      </c>
-[...4 lines deleted...]
-        <v>1154</v>
       </c>
     </row>
     <row r="262" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A262" s="182" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B262" s="182" t="s">
+        <v>1154</v>
+      </c>
+      <c r="C262" s="183" t="s">
         <v>1155</v>
       </c>
-      <c r="B262" s="182" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D262" s="183" t="s">
-        <v>1052</v>
+        <v>1050</v>
       </c>
       <c r="E262" s="184" t="s">
-        <v>603</v>
+        <v>601</v>
       </c>
       <c r="F262" s="184" t="s">
-        <v>604</v>
+        <v>602</v>
       </c>
     </row>
     <row r="263" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A263" s="182" t="s">
+        <v>1156</v>
+      </c>
+      <c r="B263" s="182" t="s">
+        <v>1157</v>
+      </c>
+      <c r="C263" s="183" t="s">
+        <v>880</v>
+      </c>
+      <c r="D263" s="183" t="s">
+        <v>881</v>
+      </c>
+      <c r="E263" s="184" t="s">
         <v>1158</v>
       </c>
-      <c r="B263" s="182" t="s">
+      <c r="F263" s="184" t="s">
         <v>1159</v>
-      </c>
-[...10 lines deleted...]
-        <v>1161</v>
       </c>
     </row>
     <row r="264" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A264" s="182" t="s">
+        <v>1160</v>
+      </c>
+      <c r="B264" s="182" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C264" s="183" t="s">
         <v>1162</v>
       </c>
-      <c r="B264" s="182" t="s">
+      <c r="D264" s="183" t="s">
         <v>1163</v>
       </c>
-      <c r="C264" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E264" s="184" t="s">
-        <v>844</v>
+        <v>842</v>
       </c>
       <c r="F264" s="184" t="s">
-        <v>845</v>
+        <v>843</v>
       </c>
     </row>
     <row r="265" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A265" s="182" t="s">
+        <v>1164</v>
+      </c>
+      <c r="B265" s="182" t="s">
+        <v>1165</v>
+      </c>
+      <c r="C265" s="183" t="s">
         <v>1166</v>
       </c>
-      <c r="B265" s="182" t="s">
+      <c r="D265" s="183" t="s">
         <v>1167</v>
       </c>
-      <c r="C265" s="183" t="s">
+      <c r="E265" s="184" t="s">
         <v>1168</v>
       </c>
-      <c r="D265" s="183" t="s">
+      <c r="F265" s="184" t="s">
         <v>1169</v>
-      </c>
-[...4 lines deleted...]
-        <v>1171</v>
       </c>
     </row>
     <row r="266" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A266" s="182" t="s">
+        <v>1170</v>
+      </c>
+      <c r="B266" s="182" t="s">
+        <v>1171</v>
+      </c>
+      <c r="C266" s="183" t="s">
+        <v>752</v>
+      </c>
+      <c r="D266" s="183" t="s">
+        <v>550</v>
+      </c>
+      <c r="E266" s="184" t="s">
         <v>1172</v>
       </c>
-      <c r="B266" s="182" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F266" s="184" t="s">
-        <v>1003</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="267" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A267" s="182" t="s">
+        <v>1173</v>
+      </c>
+      <c r="B267" s="182" t="s">
+        <v>1174</v>
+      </c>
+      <c r="C267" s="183" t="s">
+        <v>756</v>
+      </c>
+      <c r="D267" s="183" t="s">
         <v>1175</v>
       </c>
-      <c r="B267" s="182" t="s">
+      <c r="E267" s="184" t="s">
         <v>1176</v>
       </c>
-      <c r="C267" s="183" t="s">
-[...2 lines deleted...]
-      <c r="D267" s="183" t="s">
+      <c r="F267" s="184" t="s">
         <v>1177</v>
-      </c>
-[...4 lines deleted...]
-        <v>1179</v>
       </c>
     </row>
     <row r="268" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A268" s="182" t="s">
+        <v>1178</v>
+      </c>
+      <c r="B268" s="182" t="s">
+        <v>1179</v>
+      </c>
+      <c r="C268" s="183" t="s">
+        <v>769</v>
+      </c>
+      <c r="D268" s="183" t="s">
+        <v>550</v>
+      </c>
+      <c r="E268" s="184" t="s">
         <v>1180</v>
       </c>
-      <c r="B268" s="182" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F268" s="184" t="s">
-        <v>609</v>
+        <v>607</v>
       </c>
     </row>
     <row r="269" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A269" s="182" t="s">
+        <v>1181</v>
+      </c>
+      <c r="B269" s="182" t="s">
+        <v>1182</v>
+      </c>
+      <c r="C269" s="183" t="s">
+        <v>778</v>
+      </c>
+      <c r="D269" s="183" t="s">
         <v>1183</v>
       </c>
-      <c r="B269" s="182" t="s">
+      <c r="E269" s="184" t="s">
         <v>1184</v>
       </c>
-      <c r="C269" s="183" t="s">
-[...2 lines deleted...]
-      <c r="D269" s="183" t="s">
+      <c r="F269" s="184" t="s">
         <v>1185</v>
-      </c>
-[...4 lines deleted...]
-        <v>1187</v>
       </c>
     </row>
     <row r="270" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A270" s="182" t="s">
+        <v>1186</v>
+      </c>
+      <c r="B270" s="182" t="s">
+        <v>1187</v>
+      </c>
+      <c r="C270" s="183" t="s">
         <v>1188</v>
       </c>
-      <c r="B270" s="182" t="s">
+      <c r="D270" s="183" t="s">
         <v>1189</v>
       </c>
-      <c r="C270" s="183" t="s">
+      <c r="E270" s="184" t="s">
         <v>1190</v>
       </c>
-      <c r="D270" s="183" t="s">
+      <c r="F270" s="184" t="s">
         <v>1191</v>
-      </c>
-[...4 lines deleted...]
-        <v>1193</v>
       </c>
     </row>
     <row r="271" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A271" s="182" t="s">
+        <v>1192</v>
+      </c>
+      <c r="B271" s="182" t="s">
+        <v>1193</v>
+      </c>
+      <c r="C271" s="183" t="s">
+        <v>833</v>
+      </c>
+      <c r="D271" s="183" t="s">
         <v>1194</v>
       </c>
-      <c r="B271" s="182" t="s">
+      <c r="E271" s="184" t="s">
+        <v>743</v>
+      </c>
+      <c r="F271" s="184" t="s">
         <v>1195</v>
-      </c>
-[...10 lines deleted...]
-        <v>1197</v>
       </c>
     </row>
     <row r="272" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A272" s="182" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B272" s="182" t="s">
+        <v>1197</v>
+      </c>
+      <c r="C272" s="183" t="s">
+        <v>798</v>
+      </c>
+      <c r="D272" s="183" t="s">
         <v>1198</v>
       </c>
-      <c r="B272" s="182" t="s">
+      <c r="E272" s="184" t="s">
         <v>1199</v>
       </c>
-      <c r="C272" s="183" t="s">
-[...2 lines deleted...]
-      <c r="D272" s="183" t="s">
+      <c r="F272" s="184" t="s">
         <v>1200</v>
-      </c>
-[...4 lines deleted...]
-        <v>1202</v>
       </c>
     </row>
     <row r="273" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A273" s="182" t="s">
+        <v>1201</v>
+      </c>
+      <c r="B273" s="182" t="s">
+        <v>1202</v>
+      </c>
+      <c r="C273" s="183" t="s">
         <v>1203</v>
       </c>
-      <c r="B273" s="182" t="s">
+      <c r="D273" s="183" t="s">
         <v>1204</v>
       </c>
-      <c r="C273" s="183" t="s">
+      <c r="E273" s="184" t="s">
+        <v>806</v>
+      </c>
+      <c r="F273" s="184" t="s">
         <v>1205</v>
-      </c>
-[...7 lines deleted...]
-        <v>1207</v>
       </c>
     </row>
     <row r="274" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A274" s="182" t="s">
+        <v>1206</v>
+      </c>
+      <c r="B274" s="182" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C274" s="183" t="s">
+        <v>801</v>
+      </c>
+      <c r="D274" s="183" t="s">
         <v>1208</v>
       </c>
-      <c r="B274" s="182" t="s">
+      <c r="E274" s="184" t="s">
         <v>1209</v>
       </c>
-      <c r="C274" s="183" t="s">
-[...2 lines deleted...]
-      <c r="D274" s="183" t="s">
+      <c r="F274" s="184" t="s">
         <v>1210</v>
-      </c>
-[...4 lines deleted...]
-        <v>1212</v>
       </c>
     </row>
     <row r="275" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A275" s="182" t="s">
+        <v>1211</v>
+      </c>
+      <c r="B275" s="182" t="s">
+        <v>1212</v>
+      </c>
+      <c r="C275" s="183" t="s">
         <v>1213</v>
       </c>
-      <c r="B275" s="182" t="s">
+      <c r="D275" s="183" t="s">
         <v>1214</v>
       </c>
-      <c r="C275" s="183" t="s">
+      <c r="E275" s="184" t="s">
+        <v>543</v>
+      </c>
+      <c r="F275" s="184" t="s">
         <v>1215</v>
-      </c>
-[...7 lines deleted...]
-        <v>1217</v>
       </c>
     </row>
     <row r="276" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A276" s="182" t="s">
+        <v>1216</v>
+      </c>
+      <c r="B276" s="182" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C276" s="183" t="s">
+        <v>321</v>
+      </c>
+      <c r="D276" s="183" t="s">
         <v>1218</v>
       </c>
-      <c r="B276" s="182" t="s">
+      <c r="E276" s="184" t="s">
         <v>1219</v>
       </c>
-      <c r="C276" s="183" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F276" s="184" t="s">
-        <v>2469</v>
+        <v>2467</v>
       </c>
     </row>
     <row r="277" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A277" s="182" t="s">
+        <v>1220</v>
+      </c>
+      <c r="B277" s="182" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C277" s="183" t="s">
+        <v>812</v>
+      </c>
+      <c r="D277" s="183" t="s">
+        <v>813</v>
+      </c>
+      <c r="E277" s="184" t="s">
         <v>1222</v>
       </c>
-      <c r="B277" s="182" t="s">
+      <c r="F277" s="184" t="s">
         <v>1223</v>
-      </c>
-[...10 lines deleted...]
-        <v>1225</v>
       </c>
     </row>
     <row r="278" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A278" s="182" t="s">
+        <v>1224</v>
+      </c>
+      <c r="B278" s="182" t="s">
+        <v>1225</v>
+      </c>
+      <c r="C278" s="183" t="s">
         <v>1226</v>
       </c>
-      <c r="B278" s="182" t="s">
+      <c r="D278" s="183" t="s">
         <v>1227</v>
       </c>
-      <c r="C278" s="183" t="s">
+      <c r="E278" s="184" t="s">
         <v>1228</v>
       </c>
-      <c r="D278" s="183" t="s">
+      <c r="F278" s="184" t="s">
         <v>1229</v>
-      </c>
-[...4 lines deleted...]
-        <v>1231</v>
       </c>
     </row>
     <row r="279" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A279" s="182" t="s">
+        <v>1230</v>
+      </c>
+      <c r="B279" s="182" t="s">
+        <v>1231</v>
+      </c>
+      <c r="C279" s="183" t="s">
+        <v>750</v>
+      </c>
+      <c r="D279" s="183" t="s">
+        <v>751</v>
+      </c>
+      <c r="E279" s="184" t="s">
+        <v>496</v>
+      </c>
+      <c r="F279" s="184" t="s">
         <v>1232</v>
-      </c>
-[...13 lines deleted...]
-        <v>1234</v>
       </c>
     </row>
     <row r="280" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A280" s="182" t="s">
+        <v>1233</v>
+      </c>
+      <c r="B280" s="182" t="s">
+        <v>1234</v>
+      </c>
+      <c r="C280" s="183" t="s">
         <v>1235</v>
       </c>
-      <c r="B280" s="182" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D280" s="183" t="s">
-        <v>852</v>
+        <v>850</v>
       </c>
       <c r="E280" s="184" t="s">
-        <v>1030</v>
+        <v>1028</v>
       </c>
       <c r="F280" s="184" t="s">
-        <v>1207</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="281" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A281" s="182" t="s">
+        <v>1236</v>
+      </c>
+      <c r="B281" s="182" t="s">
+        <v>1237</v>
+      </c>
+      <c r="C281" s="183" t="s">
+        <v>1192</v>
+      </c>
+      <c r="D281" s="183" t="s">
         <v>1238</v>
       </c>
-      <c r="B281" s="182" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E281" s="184" t="s">
-        <v>803</v>
+        <v>801</v>
       </c>
       <c r="F281" s="184" t="s">
-        <v>1210</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="282" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A282" s="182" t="s">
+        <v>1239</v>
+      </c>
+      <c r="B282" s="182" t="s">
+        <v>1240</v>
+      </c>
+      <c r="C282" s="183" t="s">
         <v>1241</v>
       </c>
-      <c r="B282" s="182" t="s">
+      <c r="D282" s="183" t="s">
         <v>1242</v>
       </c>
-      <c r="C282" s="183" t="s">
+      <c r="E282" s="184" t="s">
         <v>1243</v>
       </c>
-      <c r="D282" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F282" s="184" t="s">
-        <v>2470</v>
+        <v>2468</v>
       </c>
     </row>
     <row r="283" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A283" s="182" t="s">
+        <v>1244</v>
+      </c>
+      <c r="B283" s="182" t="s">
+        <v>1245</v>
+      </c>
+      <c r="C283" s="183" t="s">
         <v>1246</v>
       </c>
-      <c r="B283" s="182" t="s">
+      <c r="D283" s="183" t="s">
         <v>1247</v>
       </c>
-      <c r="C283" s="183" t="s">
+      <c r="E283" s="184" t="s">
         <v>1248</v>
       </c>
-      <c r="D283" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F283" s="184" t="s">
-        <v>712</v>
+        <v>710</v>
       </c>
     </row>
     <row r="284" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A284" s="182" t="s">
+        <v>1249</v>
+      </c>
+      <c r="B284" s="182" t="s">
+        <v>1250</v>
+      </c>
+      <c r="C284" s="183" t="s">
+        <v>866</v>
+      </c>
+      <c r="D284" s="183" t="s">
+        <v>867</v>
+      </c>
+      <c r="E284" s="184" t="s">
         <v>1251</v>
       </c>
-      <c r="B284" s="182" t="s">
+      <c r="F284" s="184" t="s">
         <v>1252</v>
-      </c>
-[...10 lines deleted...]
-        <v>1254</v>
       </c>
     </row>
     <row r="285" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A285" s="182" t="s">
+        <v>1253</v>
+      </c>
+      <c r="B285" s="182" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C285" s="183" t="s">
         <v>1255</v>
       </c>
-      <c r="B285" s="182" t="s">
+      <c r="D285" s="183" t="s">
         <v>1256</v>
       </c>
-      <c r="C285" s="183" t="s">
+      <c r="E285" s="184" t="s">
         <v>1257</v>
       </c>
-      <c r="D285" s="183" t="s">
+      <c r="F285" s="184" t="s">
         <v>1258</v>
-      </c>
-[...4 lines deleted...]
-        <v>1260</v>
       </c>
     </row>
     <row r="286" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A286" s="182" t="s">
+        <v>1259</v>
+      </c>
+      <c r="B286" s="182" t="s">
+        <v>1260</v>
+      </c>
+      <c r="C286" s="183" t="s">
+        <v>1049</v>
+      </c>
+      <c r="D286" s="183" t="s">
+        <v>1050</v>
+      </c>
+      <c r="E286" s="184" t="s">
         <v>1261</v>
       </c>
-      <c r="B286" s="182" t="s">
+      <c r="F286" s="184" t="s">
         <v>1262</v>
-      </c>
-[...10 lines deleted...]
-        <v>1264</v>
       </c>
     </row>
     <row r="287" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A287" s="182" t="s">
+        <v>1263</v>
+      </c>
+      <c r="B287" s="182" t="s">
+        <v>1264</v>
+      </c>
+      <c r="C287" s="183" t="s">
+        <v>693</v>
+      </c>
+      <c r="D287" s="183" t="s">
+        <v>694</v>
+      </c>
+      <c r="E287" s="184" t="s">
+        <v>1043</v>
+      </c>
+      <c r="F287" s="184" t="s">
         <v>1265</v>
-      </c>
-[...13 lines deleted...]
-        <v>1267</v>
       </c>
     </row>
     <row r="288" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A288" s="182" t="s">
+        <v>1266</v>
+      </c>
+      <c r="B288" s="182" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C288" s="183" t="s">
         <v>1268</v>
       </c>
-      <c r="B288" s="182" t="s">
+      <c r="D288" s="183" t="s">
+        <v>1021</v>
+      </c>
+      <c r="E288" s="184" t="s">
         <v>1269</v>
       </c>
-      <c r="C288" s="183" t="s">
+      <c r="F288" s="184" t="s">
         <v>1270</v>
-      </c>
-[...7 lines deleted...]
-        <v>1272</v>
       </c>
     </row>
     <row r="289" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A289" s="182" t="s">
+        <v>1271</v>
+      </c>
+      <c r="B289" s="182" t="s">
+        <v>1272</v>
+      </c>
+      <c r="C289" s="183" t="s">
         <v>1273</v>
       </c>
-      <c r="B289" s="182" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D289" s="183" t="s">
-        <v>888</v>
+        <v>886</v>
       </c>
       <c r="E289" s="184" t="s">
-        <v>996</v>
+        <v>994</v>
       </c>
       <c r="F289" s="184" t="s">
-        <v>2471</v>
+        <v>2469</v>
       </c>
     </row>
     <row r="290" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A290" s="182" t="s">
+        <v>1274</v>
+      </c>
+      <c r="B290" s="182" t="s">
+        <v>1275</v>
+      </c>
+      <c r="C290" s="183" t="s">
         <v>1276</v>
       </c>
-      <c r="B290" s="182" t="s">
+      <c r="D290" s="183" t="s">
+        <v>888</v>
+      </c>
+      <c r="E290" s="184" t="s">
         <v>1277</v>
       </c>
-      <c r="C290" s="183" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F290" s="184" t="s">
-        <v>712</v>
+        <v>710</v>
       </c>
     </row>
     <row r="291" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A291" s="182" t="s">
+        <v>1278</v>
+      </c>
+      <c r="B291" s="182" t="s">
+        <v>1279</v>
+      </c>
+      <c r="C291" s="183" t="s">
+        <v>889</v>
+      </c>
+      <c r="D291" s="183" t="s">
+        <v>108</v>
+      </c>
+      <c r="E291" s="184" t="s">
         <v>1280</v>
       </c>
-      <c r="B291" s="182" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F291" s="184" t="s">
-        <v>1134</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="292" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A292" s="182" t="s">
+        <v>1281</v>
+      </c>
+      <c r="B292" s="182" t="s">
+        <v>1282</v>
+      </c>
+      <c r="C292" s="183" t="s">
+        <v>902</v>
+      </c>
+      <c r="D292" s="183" t="s">
+        <v>903</v>
+      </c>
+      <c r="E292" s="184" t="s">
         <v>1283</v>
       </c>
-      <c r="B292" s="182" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F292" s="184" t="s">
-        <v>1197</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="293" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A293" s="182" t="s">
+        <v>1284</v>
+      </c>
+      <c r="B293" s="182" t="s">
+        <v>1285</v>
+      </c>
+      <c r="C293" s="183" t="s">
         <v>1286</v>
       </c>
-      <c r="B293" s="182" t="s">
+      <c r="D293" s="183" t="s">
         <v>1287</v>
       </c>
-      <c r="C293" s="183" t="s">
+      <c r="E293" s="184" t="s">
+        <v>986</v>
+      </c>
+      <c r="F293" s="184" t="s">
         <v>1288</v>
-      </c>
-[...7 lines deleted...]
-        <v>1290</v>
       </c>
     </row>
     <row r="294" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A294" s="182" t="s">
-        <v>1291</v>
+        <v>1289</v>
       </c>
       <c r="B294" s="182" t="s">
-        <v>1269</v>
+        <v>1267</v>
       </c>
       <c r="C294" s="183" t="s">
-        <v>1292</v>
+        <v>1290</v>
       </c>
       <c r="D294" s="183" t="s">
-        <v>676</v>
+        <v>674</v>
       </c>
       <c r="E294" s="184" t="s">
-        <v>729</v>
+        <v>727</v>
       </c>
       <c r="F294" s="184" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
     </row>
     <row r="295" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A295" s="182" t="s">
+        <v>1291</v>
+      </c>
+      <c r="B295" s="182" t="s">
+        <v>1292</v>
+      </c>
+      <c r="C295" s="183" t="s">
+        <v>898</v>
+      </c>
+      <c r="D295" s="183" t="s">
         <v>1293</v>
       </c>
-      <c r="B295" s="182" t="s">
+      <c r="E295" s="184" t="s">
         <v>1294</v>
       </c>
-      <c r="C295" s="183" t="s">
-[...2 lines deleted...]
-      <c r="D295" s="183" t="s">
+      <c r="F295" s="184" t="s">
         <v>1295</v>
-      </c>
-[...4 lines deleted...]
-        <v>1297</v>
       </c>
     </row>
     <row r="296" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A296" s="182" t="s">
+        <v>1296</v>
+      </c>
+      <c r="B296" s="182" t="s">
+        <v>1297</v>
+      </c>
+      <c r="C296" s="183" t="s">
         <v>1298</v>
       </c>
-      <c r="B296" s="182" t="s">
+      <c r="D296" s="183" t="s">
         <v>1299</v>
       </c>
-      <c r="C296" s="183" t="s">
+      <c r="E296" s="184" t="s">
         <v>1300</v>
       </c>
-      <c r="D296" s="183" t="s">
+      <c r="F296" s="184" t="s">
         <v>1301</v>
-      </c>
-[...4 lines deleted...]
-        <v>1303</v>
       </c>
     </row>
     <row r="297" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A297" s="182" t="s">
+        <v>1302</v>
+      </c>
+      <c r="B297" s="182" t="s">
+        <v>1303</v>
+      </c>
+      <c r="C297" s="183" t="s">
+        <v>913</v>
+      </c>
+      <c r="D297" s="183" t="s">
+        <v>1293</v>
+      </c>
+      <c r="E297" s="184" t="s">
         <v>1304</v>
       </c>
-      <c r="B297" s="182" t="s">
+      <c r="F297" s="184" t="s">
         <v>1305</v>
-      </c>
-[...10 lines deleted...]
-        <v>1307</v>
       </c>
     </row>
     <row r="298" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A298" s="182" t="s">
+        <v>1306</v>
+      </c>
+      <c r="B298" s="182" t="s">
+        <v>1307</v>
+      </c>
+      <c r="C298" s="183" t="s">
         <v>1308</v>
       </c>
-      <c r="B298" s="182" t="s">
+      <c r="D298" s="183" t="s">
+        <v>905</v>
+      </c>
+      <c r="E298" s="184" t="s">
         <v>1309</v>
       </c>
-      <c r="C298" s="183" t="s">
+      <c r="F298" s="184" t="s">
         <v>1310</v>
-      </c>
-[...7 lines deleted...]
-        <v>1312</v>
       </c>
     </row>
     <row r="299" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A299" s="182" t="s">
+        <v>1311</v>
+      </c>
+      <c r="B299" s="182" t="s">
+        <v>1312</v>
+      </c>
+      <c r="C299" s="183" t="s">
         <v>1313</v>
       </c>
-      <c r="B299" s="182" t="s">
+      <c r="D299" s="183" t="s">
         <v>1314</v>
       </c>
-      <c r="C299" s="183" t="s">
+      <c r="E299" s="184" t="s">
         <v>1315</v>
       </c>
-      <c r="D299" s="183" t="s">
+      <c r="F299" s="184" t="s">
         <v>1316</v>
-      </c>
-[...4 lines deleted...]
-        <v>1318</v>
       </c>
     </row>
     <row r="300" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A300" s="182" t="s">
+        <v>1317</v>
+      </c>
+      <c r="B300" s="182" t="s">
+        <v>1318</v>
+      </c>
+      <c r="C300" s="183" t="s">
         <v>1319</v>
       </c>
-      <c r="B300" s="182" t="s">
+      <c r="D300" s="183" t="s">
+        <v>1334</v>
+      </c>
+      <c r="E300" s="184" t="s">
         <v>1320</v>
       </c>
-      <c r="C300" s="183" t="s">
+      <c r="F300" s="184" t="s">
         <v>1321</v>
-      </c>
-[...7 lines deleted...]
-        <v>1323</v>
       </c>
     </row>
     <row r="301" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A301" s="182" t="s">
+        <v>1322</v>
+      </c>
+      <c r="B301" s="182" t="s">
+        <v>1323</v>
+      </c>
+      <c r="C301" s="183" t="s">
         <v>1324</v>
       </c>
-      <c r="B301" s="182" t="s">
+      <c r="D301" s="183" t="s">
         <v>1325</v>
       </c>
-      <c r="C301" s="183" t="s">
+      <c r="E301" s="184" t="s">
         <v>1326</v>
       </c>
-      <c r="D301" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F301" s="184" t="s">
-        <v>1788</v>
+        <v>1786</v>
       </c>
     </row>
     <row r="302" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A302" s="182" t="s">
+        <v>1327</v>
+      </c>
+      <c r="B302" s="182" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C302" s="183" t="s">
+        <v>1328</v>
+      </c>
+      <c r="D302" s="183" t="s">
+        <v>931</v>
+      </c>
+      <c r="E302" s="184" t="s">
         <v>1329</v>
       </c>
-      <c r="B302" s="182" t="s">
-[...2 lines deleted...]
-      <c r="C302" s="183" t="s">
+      <c r="F302" s="184" t="s">
         <v>1330</v>
-      </c>
-[...7 lines deleted...]
-        <v>1332</v>
       </c>
     </row>
     <row r="303" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A303" s="182" t="s">
+        <v>1331</v>
+      </c>
+      <c r="B303" s="182" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C303" s="183" t="s">
         <v>1333</v>
       </c>
-      <c r="B303" s="182" t="s">
+      <c r="D303" s="183" t="s">
         <v>1334</v>
       </c>
-      <c r="C303" s="183" t="s">
+      <c r="E303" s="184" t="s">
         <v>1335</v>
       </c>
-      <c r="D303" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F303" s="184" t="s">
-        <v>1332</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="304" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A304" s="182" t="s">
+        <v>1336</v>
+      </c>
+      <c r="B304" s="182" t="s">
+        <v>1337</v>
+      </c>
+      <c r="C304" s="183" t="s">
+        <v>947</v>
+      </c>
+      <c r="D304" s="183" t="s">
         <v>1338</v>
       </c>
-      <c r="B304" s="182" t="s">
+      <c r="E304" s="184" t="s">
         <v>1339</v>
       </c>
-      <c r="C304" s="183" t="s">
-[...2 lines deleted...]
-      <c r="D304" s="183" t="s">
+      <c r="F304" s="184" t="s">
         <v>1340</v>
-      </c>
-[...4 lines deleted...]
-        <v>1342</v>
       </c>
     </row>
     <row r="305" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A305" s="182" t="s">
+        <v>1341</v>
+      </c>
+      <c r="B305" s="182" t="s">
+        <v>1342</v>
+      </c>
+      <c r="C305" s="183" t="s">
+        <v>943</v>
+      </c>
+      <c r="D305" s="183" t="s">
+        <v>944</v>
+      </c>
+      <c r="E305" s="184" t="s">
         <v>1343</v>
       </c>
-      <c r="B305" s="182" t="s">
+      <c r="F305" s="184" t="s">
         <v>1344</v>
-      </c>
-[...10 lines deleted...]
-        <v>1346</v>
       </c>
     </row>
     <row r="306" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A306" s="182" t="s">
+        <v>1345</v>
+      </c>
+      <c r="B306" s="182" t="s">
+        <v>1342</v>
+      </c>
+      <c r="C306" s="183" t="s">
+        <v>939</v>
+      </c>
+      <c r="D306" s="183" t="s">
+        <v>1232</v>
+      </c>
+      <c r="E306" s="184" t="s">
+        <v>1346</v>
+      </c>
+      <c r="F306" s="184" t="s">
         <v>1347</v>
-      </c>
-[...13 lines deleted...]
-        <v>1349</v>
       </c>
     </row>
     <row r="307" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A307" s="182" t="s">
+        <v>1348</v>
+      </c>
+      <c r="B307" s="182" t="s">
+        <v>1349</v>
+      </c>
+      <c r="C307" s="183" t="s">
         <v>1350</v>
       </c>
-      <c r="B307" s="182" t="s">
+      <c r="D307" s="183" t="s">
         <v>1351</v>
       </c>
-      <c r="C307" s="183" t="s">
+      <c r="E307" s="184" t="s">
         <v>1352</v>
       </c>
-      <c r="D307" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F307" s="184" t="s">
-        <v>715</v>
+        <v>713</v>
       </c>
     </row>
     <row r="308" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A308" s="182" t="s">
+        <v>1353</v>
+      </c>
+      <c r="B308" s="182" t="s">
+        <v>1354</v>
+      </c>
+      <c r="C308" s="183" t="s">
+        <v>954</v>
+      </c>
+      <c r="D308" s="183" t="s">
+        <v>955</v>
+      </c>
+      <c r="E308" s="184" t="s">
         <v>1355</v>
       </c>
-      <c r="B308" s="182" t="s">
+      <c r="F308" s="184" t="s">
         <v>1356</v>
-      </c>
-[...10 lines deleted...]
-        <v>1358</v>
       </c>
     </row>
     <row r="309" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A309" s="182" t="s">
+        <v>1357</v>
+      </c>
+      <c r="B309" s="182" t="s">
+        <v>1358</v>
+      </c>
+      <c r="C309" s="183" t="s">
+        <v>959</v>
+      </c>
+      <c r="D309" s="183" t="s">
         <v>1359</v>
       </c>
-      <c r="B309" s="182" t="s">
+      <c r="E309" s="184" t="s">
         <v>1360</v>
       </c>
-      <c r="C309" s="183" t="s">
-[...2 lines deleted...]
-      <c r="D309" s="183" t="s">
+      <c r="F309" s="184" t="s">
         <v>1361</v>
-      </c>
-[...4 lines deleted...]
-        <v>1363</v>
       </c>
     </row>
     <row r="310" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A310" s="182" t="s">
+        <v>1362</v>
+      </c>
+      <c r="B310" s="182" t="s">
+        <v>1363</v>
+      </c>
+      <c r="C310" s="183" t="s">
+        <v>963</v>
+      </c>
+      <c r="D310" s="183" t="s">
         <v>1364</v>
       </c>
-      <c r="B310" s="182" t="s">
+      <c r="E310" s="184" t="s">
         <v>1365</v>
       </c>
-      <c r="C310" s="183" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F310" s="184" t="s">
-        <v>2472</v>
+        <v>2470</v>
       </c>
     </row>
     <row r="311" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A311" s="182" t="s">
+        <v>1366</v>
+      </c>
+      <c r="B311" s="182" t="s">
+        <v>1367</v>
+      </c>
+      <c r="C311" s="183" t="s">
+        <v>984</v>
+      </c>
+      <c r="D311" s="183" t="s">
         <v>1368</v>
       </c>
-      <c r="B311" s="182" t="s">
+      <c r="E311" s="184" t="s">
         <v>1369</v>
       </c>
-      <c r="C311" s="183" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F311" s="184" t="s">
-        <v>2473</v>
+        <v>2471</v>
       </c>
     </row>
     <row r="312" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A312" s="182" t="s">
+        <v>1370</v>
+      </c>
+      <c r="B312" s="182" t="s">
+        <v>1371</v>
+      </c>
+      <c r="C312" s="183" t="s">
+        <v>961</v>
+      </c>
+      <c r="D312" s="183" t="s">
+        <v>962</v>
+      </c>
+      <c r="E312" s="184" t="s">
         <v>1372</v>
       </c>
-      <c r="B312" s="182" t="s">
+      <c r="F312" s="184" t="s">
         <v>1373</v>
-      </c>
-[...10 lines deleted...]
-        <v>1375</v>
       </c>
     </row>
     <row r="313" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A313" s="182" t="s">
+        <v>1374</v>
+      </c>
+      <c r="B313" s="182" t="s">
+        <v>1375</v>
+      </c>
+      <c r="C313" s="183" t="s">
         <v>1376</v>
       </c>
-      <c r="B313" s="182" t="s">
+      <c r="D313" s="183" t="s">
         <v>1377</v>
       </c>
-      <c r="C313" s="183" t="s">
+      <c r="E313" s="184" t="s">
         <v>1378</v>
       </c>
-      <c r="D313" s="183" t="s">
+      <c r="F313" s="184" t="s">
         <v>1379</v>
-      </c>
-[...4 lines deleted...]
-        <v>1381</v>
       </c>
     </row>
     <row r="314" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A314" s="182" t="s">
+        <v>1380</v>
+      </c>
+      <c r="B314" s="182" t="s">
+        <v>1381</v>
+      </c>
+      <c r="C314" s="183" t="s">
+        <v>980</v>
+      </c>
+      <c r="D314" s="183" t="s">
+        <v>981</v>
+      </c>
+      <c r="E314" s="184" t="s">
         <v>1382</v>
       </c>
-      <c r="B314" s="182" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F314" s="184" t="s">
-        <v>2474</v>
+        <v>2472</v>
       </c>
     </row>
     <row r="315" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A315" s="182" t="s">
+        <v>1383</v>
+      </c>
+      <c r="B315" s="182" t="s">
+        <v>2447</v>
+      </c>
+      <c r="C315" s="183" t="s">
+        <v>1384</v>
+      </c>
+      <c r="D315" s="183" t="s">
         <v>1385</v>
       </c>
-      <c r="B315" s="182" t="s">
-[...2 lines deleted...]
-      <c r="C315" s="183" t="s">
+      <c r="E315" s="184" t="s">
         <v>1386</v>
       </c>
-      <c r="D315" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F315" s="184" t="s">
-        <v>2475</v>
+        <v>2473</v>
       </c>
     </row>
     <row r="316" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A316" s="182" t="s">
+        <v>1387</v>
+      </c>
+      <c r="B316" s="182" t="s">
+        <v>1388</v>
+      </c>
+      <c r="C316" s="183" t="s">
         <v>1389</v>
       </c>
-      <c r="B316" s="182" t="s">
+      <c r="D316" s="183" t="s">
         <v>1390</v>
       </c>
-      <c r="C316" s="183" t="s">
+      <c r="E316" s="184" t="s">
         <v>1391</v>
       </c>
-      <c r="D316" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F316" s="184" t="s">
-        <v>2476</v>
+        <v>2474</v>
       </c>
     </row>
     <row r="317" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A317" s="182" t="s">
+        <v>1392</v>
+      </c>
+      <c r="B317" s="182" t="s">
+        <v>1307</v>
+      </c>
+      <c r="C317" s="183" t="s">
+        <v>1393</v>
+      </c>
+      <c r="D317" s="183" t="s">
+        <v>993</v>
+      </c>
+      <c r="E317" s="184" t="s">
         <v>1394</v>
       </c>
-      <c r="B317" s="182" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F317" s="184" t="s">
-        <v>2477</v>
+        <v>2475</v>
       </c>
     </row>
     <row r="318" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A318" s="182" t="s">
+        <v>1395</v>
+      </c>
+      <c r="B318" s="182" t="s">
+        <v>1396</v>
+      </c>
+      <c r="C318" s="183" t="s">
         <v>1397</v>
       </c>
-      <c r="B318" s="182" t="s">
+      <c r="D318" s="183" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E318" s="184" t="s">
         <v>1398</v>
       </c>
-      <c r="C318" s="183" t="s">
+      <c r="F318" s="184" t="s">
         <v>1399</v>
-      </c>
-[...7 lines deleted...]
-        <v>1401</v>
       </c>
     </row>
     <row r="319" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A319" s="182" t="s">
+        <v>1400</v>
+      </c>
+      <c r="B319" s="182" t="s">
+        <v>1401</v>
+      </c>
+      <c r="C319" s="183" t="s">
+        <v>1009</v>
+      </c>
+      <c r="D319" s="183" t="s">
+        <v>1010</v>
+      </c>
+      <c r="E319" s="184" t="s">
         <v>1402</v>
       </c>
-      <c r="B319" s="182" t="s">
+      <c r="F319" s="184" t="s">
         <v>1403</v>
-      </c>
-[...10 lines deleted...]
-        <v>1405</v>
       </c>
     </row>
     <row r="320" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A320" s="182" t="s">
+        <v>1404</v>
+      </c>
+      <c r="B320" s="182" t="s">
+        <v>1405</v>
+      </c>
+      <c r="C320" s="183" t="s">
         <v>1406</v>
       </c>
-      <c r="B320" s="182" t="s">
+      <c r="D320" s="183" t="s">
         <v>1407</v>
       </c>
-      <c r="C320" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E320" s="184" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="F320" s="184" t="s">
-        <v>589</v>
+        <v>587</v>
       </c>
     </row>
     <row r="321" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A321" s="182" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B321" s="182" t="s">
+        <v>1409</v>
+      </c>
+      <c r="C321" s="183" t="s">
+        <v>1012</v>
+      </c>
+      <c r="D321" s="183" t="s">
         <v>1410</v>
       </c>
-      <c r="B321" s="182" t="s">
+      <c r="E321" s="184" t="s">
         <v>1411</v>
       </c>
-      <c r="C321" s="183" t="s">
-[...2 lines deleted...]
-      <c r="D321" s="183" t="s">
+      <c r="F321" s="184" t="s">
         <v>1412</v>
-      </c>
-[...4 lines deleted...]
-        <v>1414</v>
       </c>
     </row>
     <row r="322" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A322" s="182" t="s">
+        <v>1413</v>
+      </c>
+      <c r="B322" s="182" t="s">
+        <v>1401</v>
+      </c>
+      <c r="C322" s="183" t="s">
+        <v>1414</v>
+      </c>
+      <c r="D322" s="183" t="s">
         <v>1415</v>
       </c>
-      <c r="B322" s="182" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E322" s="184" t="s">
-        <v>692</v>
+        <v>690</v>
       </c>
       <c r="F322" s="184" t="s">
-        <v>676</v>
+        <v>674</v>
       </c>
     </row>
     <row r="323" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A323" s="182" t="s">
-        <v>1418</v>
+        <v>1416</v>
       </c>
       <c r="B323" s="182" t="s">
-        <v>1419</v>
+        <v>1417</v>
       </c>
       <c r="C323" s="183" t="s">
-        <v>998</v>
+        <v>996</v>
       </c>
       <c r="D323" s="183" t="s">
-        <v>999</v>
+        <v>997</v>
       </c>
       <c r="E323" s="184" t="s">
-        <v>766</v>
+        <v>764</v>
       </c>
       <c r="F323" s="184" t="s">
-        <v>767</v>
+        <v>765</v>
       </c>
     </row>
     <row r="324" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A324" s="182" t="s">
+        <v>1418</v>
+      </c>
+      <c r="B324" s="182" t="s">
+        <v>1419</v>
+      </c>
+      <c r="C324" s="183" t="s">
         <v>1420</v>
       </c>
-      <c r="B324" s="182" t="s">
+      <c r="D324" s="183" t="s">
         <v>1421</v>
       </c>
-      <c r="C324" s="183" t="s">
+      <c r="E324" s="184" t="s">
         <v>1422</v>
       </c>
-      <c r="D324" s="183" t="s">
+      <c r="F324" s="184" t="s">
         <v>1423</v>
-      </c>
-[...4 lines deleted...]
-        <v>1425</v>
       </c>
     </row>
     <row r="325" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A325" s="182" t="s">
+        <v>1424</v>
+      </c>
+      <c r="B325" s="182" t="s">
+        <v>1425</v>
+      </c>
+      <c r="C325" s="183" t="s">
         <v>1426</v>
       </c>
-      <c r="B325" s="182" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D325" s="183" t="s">
-        <v>676</v>
+        <v>674</v>
       </c>
       <c r="E325" s="184" t="s">
-        <v>1397</v>
+        <v>1395</v>
       </c>
       <c r="F325" s="184" t="s">
-        <v>1398</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="326" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A326" s="182" t="s">
+        <v>1427</v>
+      </c>
+      <c r="B326" s="182" t="s">
+        <v>1428</v>
+      </c>
+      <c r="C326" s="183" t="s">
         <v>1429</v>
       </c>
-      <c r="B326" s="182" t="s">
+      <c r="D326" s="183" t="s">
         <v>1430</v>
       </c>
-      <c r="C326" s="183" t="s">
+      <c r="E326" s="184" t="s">
         <v>1431</v>
       </c>
-      <c r="D326" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F326" s="184" t="s">
-        <v>1414</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="327" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A327" s="182" t="s">
+        <v>1432</v>
+      </c>
+      <c r="B327" s="182" t="s">
+        <v>1381</v>
+      </c>
+      <c r="C327" s="183" t="s">
+        <v>1015</v>
+      </c>
+      <c r="D327" s="183" t="s">
+        <v>1016</v>
+      </c>
+      <c r="E327" s="184" t="s">
+        <v>1433</v>
+      </c>
+      <c r="F327" s="184" t="s">
         <v>1434</v>
-      </c>
-[...13 lines deleted...]
-        <v>1436</v>
       </c>
     </row>
     <row r="328" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A328" s="182" t="s">
+        <v>1435</v>
+      </c>
+      <c r="B328" s="182" t="s">
+        <v>1436</v>
+      </c>
+      <c r="C328" s="183" t="s">
         <v>1437</v>
       </c>
-      <c r="B328" s="182" t="s">
+      <c r="D328" s="183" t="s">
+        <v>1027</v>
+      </c>
+      <c r="E328" s="184" t="s">
         <v>1438</v>
       </c>
-      <c r="C328" s="183" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F328" s="184" t="s">
-        <v>903</v>
+        <v>901</v>
       </c>
     </row>
     <row r="329" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A329" s="182" t="s">
+        <v>1439</v>
+      </c>
+      <c r="B329" s="182" t="s">
+        <v>1440</v>
+      </c>
+      <c r="C329" s="183" t="s">
         <v>1441</v>
       </c>
-      <c r="B329" s="182" t="s">
+      <c r="D329" s="183" t="s">
+        <v>2452</v>
+      </c>
+      <c r="E329" s="184" t="s">
         <v>1442</v>
       </c>
-      <c r="C329" s="183" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F329" s="184" t="s">
-        <v>1375</v>
+        <v>1373</v>
       </c>
     </row>
     <row r="330" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A330" s="182" t="s">
+        <v>1443</v>
+      </c>
+      <c r="B330" s="182" t="s">
+        <v>1444</v>
+      </c>
+      <c r="C330" s="183" t="s">
         <v>1445</v>
       </c>
-      <c r="B330" s="182" t="s">
+      <c r="D330" s="183" t="s">
         <v>1446</v>
       </c>
-      <c r="C330" s="183" t="s">
+      <c r="E330" s="184" t="s">
         <v>1447</v>
       </c>
-      <c r="D330" s="183" t="s">
+      <c r="F330" s="184" t="s">
         <v>1448</v>
-      </c>
-[...4 lines deleted...]
-        <v>1450</v>
       </c>
     </row>
     <row r="331" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A331" s="182" t="s">
-        <v>1451</v>
+        <v>1449</v>
       </c>
       <c r="B331" s="182" t="s">
-        <v>1452</v>
+        <v>1450</v>
       </c>
       <c r="C331" s="183" t="s">
-        <v>1033</v>
+        <v>1031</v>
       </c>
       <c r="D331" s="183" t="s">
-        <v>1034</v>
+        <v>1032</v>
       </c>
       <c r="E331" s="184" t="s">
-        <v>1257</v>
+        <v>1255</v>
       </c>
       <c r="F331" s="184" t="s">
-        <v>1258</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="332" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A332" s="182" t="s">
+        <v>1451</v>
+      </c>
+      <c r="B332" s="182" t="s">
+        <v>1452</v>
+      </c>
+      <c r="C332" s="183" t="s">
+        <v>1035</v>
+      </c>
+      <c r="D332" s="183" t="s">
         <v>1453</v>
       </c>
-      <c r="B332" s="182" t="s">
+      <c r="E332" s="184" t="s">
         <v>1454</v>
       </c>
-      <c r="C332" s="183" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F332" s="184" t="s">
-        <v>1185</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="333" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A333" s="182" t="s">
+        <v>1455</v>
+      </c>
+      <c r="B333" s="182" t="s">
+        <v>1456</v>
+      </c>
+      <c r="C333" s="183" t="s">
         <v>1457</v>
       </c>
-      <c r="B333" s="182" t="s">
+      <c r="D333" s="183" t="s">
+        <v>1038</v>
+      </c>
+      <c r="E333" s="184" t="s">
         <v>1458</v>
       </c>
-      <c r="C333" s="183" t="s">
+      <c r="F333" s="184" t="s">
         <v>1459</v>
-      </c>
-[...7 lines deleted...]
-        <v>1461</v>
       </c>
     </row>
     <row r="334" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A334" s="182" t="s">
+        <v>1460</v>
+      </c>
+      <c r="B334" s="182" t="s">
+        <v>1104</v>
+      </c>
+      <c r="C334" s="183" t="s">
+        <v>1037</v>
+      </c>
+      <c r="D334" s="183" t="s">
+        <v>1038</v>
+      </c>
+      <c r="E334" s="184" t="s">
+        <v>1461</v>
+      </c>
+      <c r="F334" s="184" t="s">
         <v>1462</v>
-      </c>
-[...13 lines deleted...]
-        <v>1464</v>
       </c>
     </row>
     <row r="335" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A335" s="182" t="s">
-        <v>1465</v>
+        <v>1463</v>
       </c>
       <c r="B335" s="182" t="s">
-        <v>1466</v>
+        <v>1464</v>
       </c>
       <c r="C335" s="183" t="s">
-        <v>1070</v>
+        <v>1068</v>
       </c>
       <c r="D335" s="183" t="s">
-        <v>1071</v>
+        <v>1069</v>
       </c>
       <c r="E335" s="184" t="s">
-        <v>1243</v>
+        <v>1241</v>
       </c>
       <c r="F335" s="184" t="s">
-        <v>1244</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="336" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A336" s="182" t="s">
+        <v>1465</v>
+      </c>
+      <c r="B336" s="182" t="s">
+        <v>1466</v>
+      </c>
+      <c r="C336" s="183" t="s">
+        <v>1047</v>
+      </c>
+      <c r="D336" s="183" t="s">
+        <v>108</v>
+      </c>
+      <c r="E336" s="184" t="s">
         <v>1467</v>
       </c>
-      <c r="B336" s="182" t="s">
+      <c r="F336" s="184" t="s">
         <v>1468</v>
-      </c>
-[...10 lines deleted...]
-        <v>1470</v>
       </c>
     </row>
     <row r="337" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A337" s="182" t="s">
+        <v>1469</v>
+      </c>
+      <c r="B337" s="182" t="s">
+        <v>1470</v>
+      </c>
+      <c r="C337" s="183" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D337" s="183" t="s">
         <v>1471</v>
       </c>
-      <c r="B337" s="182" t="s">
+      <c r="E337" s="184" t="s">
         <v>1472</v>
       </c>
-      <c r="C337" s="183" t="s">
-[...2 lines deleted...]
-      <c r="D337" s="183" t="s">
+      <c r="F337" s="184" t="s">
         <v>1473</v>
-      </c>
-[...4 lines deleted...]
-        <v>1475</v>
       </c>
     </row>
     <row r="338" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A338" s="182" t="s">
+        <v>1474</v>
+      </c>
+      <c r="B338" s="182" t="s">
+        <v>1475</v>
+      </c>
+      <c r="C338" s="183" t="s">
         <v>1476</v>
       </c>
-      <c r="B338" s="182" t="s">
+      <c r="D338" s="183" t="s">
         <v>1477</v>
       </c>
-      <c r="C338" s="183" t="s">
+      <c r="E338" s="184" t="s">
         <v>1478</v>
       </c>
-      <c r="D338" s="183" t="s">
+      <c r="F338" s="184" t="s">
         <v>1479</v>
-      </c>
-[...4 lines deleted...]
-        <v>1481</v>
       </c>
     </row>
     <row r="339" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A339" s="182" t="s">
+        <v>1480</v>
+      </c>
+      <c r="B339" s="182" t="s">
+        <v>1481</v>
+      </c>
+      <c r="C339" s="183" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D339" s="183" t="s">
+        <v>1073</v>
+      </c>
+      <c r="E339" s="184" t="s">
         <v>1482</v>
       </c>
-      <c r="B339" s="182" t="s">
+      <c r="F339" s="184" t="s">
         <v>1483</v>
-      </c>
-[...10 lines deleted...]
-        <v>1485</v>
       </c>
     </row>
     <row r="340" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A340" s="182" t="s">
+        <v>1484</v>
+      </c>
+      <c r="B340" s="182" t="s">
+        <v>1485</v>
+      </c>
+      <c r="C340" s="183" t="s">
+        <v>1083</v>
+      </c>
+      <c r="D340" s="183" t="s">
         <v>1486</v>
       </c>
-      <c r="B340" s="182" t="s">
+      <c r="E340" s="184" t="s">
         <v>1487</v>
       </c>
-      <c r="C340" s="183" t="s">
-[...2 lines deleted...]
-      <c r="D340" s="183" t="s">
+      <c r="F340" s="184" t="s">
         <v>1488</v>
-      </c>
-[...4 lines deleted...]
-        <v>1490</v>
       </c>
     </row>
     <row r="341" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A341" s="182" t="s">
+        <v>1489</v>
+      </c>
+      <c r="B341" s="182" t="s">
+        <v>1490</v>
+      </c>
+      <c r="C341" s="183" t="s">
+        <v>1103</v>
+      </c>
+      <c r="D341" s="183" t="s">
         <v>1491</v>
       </c>
-      <c r="B341" s="182" t="s">
+      <c r="E341" s="184" t="s">
         <v>1492</v>
       </c>
-      <c r="C341" s="183" t="s">
-[...2 lines deleted...]
-      <c r="D341" s="183" t="s">
+      <c r="F341" s="184" t="s">
         <v>1493</v>
-      </c>
-[...4 lines deleted...]
-        <v>1495</v>
       </c>
     </row>
     <row r="342" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A342" s="182" t="s">
+        <v>1494</v>
+      </c>
+      <c r="B342" s="182" t="s">
+        <v>1495</v>
+      </c>
+      <c r="C342" s="183" t="s">
         <v>1496</v>
       </c>
-      <c r="B342" s="182" t="s">
+      <c r="D342" s="183" t="s">
         <v>1497</v>
       </c>
-      <c r="C342" s="183" t="s">
+      <c r="E342" s="184" t="s">
         <v>1498</v>
       </c>
-      <c r="D342" s="183" t="s">
+      <c r="F342" s="184" t="s">
         <v>1499</v>
-      </c>
-[...4 lines deleted...]
-        <v>1501</v>
       </c>
     </row>
     <row r="343" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A343" s="182" t="s">
+        <v>1500</v>
+      </c>
+      <c r="B343" s="182" t="s">
+        <v>1501</v>
+      </c>
+      <c r="C343" s="183" t="s">
+        <v>1116</v>
+      </c>
+      <c r="D343" s="183" t="s">
+        <v>1117</v>
+      </c>
+      <c r="E343" s="184" t="s">
         <v>1502</v>
       </c>
-      <c r="B343" s="182" t="s">
+      <c r="F343" s="184" t="s">
         <v>1503</v>
-      </c>
-[...10 lines deleted...]
-        <v>1505</v>
       </c>
     </row>
     <row r="344" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A344" s="182" t="s">
+        <v>1504</v>
+      </c>
+      <c r="B344" s="182" t="s">
+        <v>1505</v>
+      </c>
+      <c r="C344" s="183" t="s">
+        <v>1041</v>
+      </c>
+      <c r="D344" s="183" t="s">
+        <v>1042</v>
+      </c>
+      <c r="E344" s="184" t="s">
         <v>1506</v>
       </c>
-      <c r="B344" s="182" t="s">
+      <c r="F344" s="184" t="s">
         <v>1507</v>
-      </c>
-[...10 lines deleted...]
-        <v>1509</v>
       </c>
     </row>
     <row r="345" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A345" s="182" t="s">
-        <v>1211</v>
+        <v>1209</v>
       </c>
       <c r="B345" s="182" t="s">
+        <v>1508</v>
+      </c>
+      <c r="C345" s="183" t="s">
+        <v>1509</v>
+      </c>
+      <c r="D345" s="183" t="s">
         <v>1510</v>
       </c>
-      <c r="C345" s="183" t="s">
+      <c r="E345" s="184" t="s">
         <v>1511</v>
       </c>
-      <c r="D345" s="183" t="s">
+      <c r="F345" s="184" t="s">
         <v>1512</v>
-      </c>
-[...4 lines deleted...]
-        <v>1514</v>
       </c>
     </row>
     <row r="346" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A346" s="182" t="s">
-        <v>647</v>
+        <v>645</v>
       </c>
       <c r="B346" s="182" t="s">
+        <v>1513</v>
+      </c>
+      <c r="C346" s="183" t="s">
+        <v>1051</v>
+      </c>
+      <c r="D346" s="183" t="s">
+        <v>1052</v>
+      </c>
+      <c r="E346" s="184" t="s">
+        <v>1514</v>
+      </c>
+      <c r="F346" s="184" t="s">
         <v>1515</v>
-      </c>
-[...10 lines deleted...]
-        <v>1517</v>
       </c>
     </row>
     <row r="347" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A347" s="182" t="s">
+        <v>1516</v>
+      </c>
+      <c r="B347" s="182" t="s">
+        <v>1517</v>
+      </c>
+      <c r="C347" s="183" t="s">
         <v>1518</v>
       </c>
-      <c r="B347" s="182" t="s">
+      <c r="D347" s="183" t="s">
         <v>1519</v>
       </c>
-      <c r="C347" s="183" t="s">
+      <c r="E347" s="184" t="s">
         <v>1520</v>
       </c>
-      <c r="D347" s="183" t="s">
+      <c r="F347" s="184" t="s">
         <v>1521</v>
-      </c>
-[...4 lines deleted...]
-        <v>1523</v>
       </c>
     </row>
     <row r="348" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A348" s="182" t="s">
+        <v>1522</v>
+      </c>
+      <c r="B348" s="182" t="s">
+        <v>1523</v>
+      </c>
+      <c r="C348" s="183" t="s">
         <v>1524</v>
       </c>
-      <c r="B348" s="182" t="s">
+      <c r="D348" s="183" t="s">
+        <v>271</v>
+      </c>
+      <c r="E348" s="184" t="s">
         <v>1525</v>
       </c>
-      <c r="C348" s="183" t="s">
+      <c r="F348" s="184" t="s">
         <v>1526</v>
-      </c>
-[...7 lines deleted...]
-        <v>1528</v>
       </c>
     </row>
     <row r="349" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A349" s="182" t="s">
+        <v>1527</v>
+      </c>
+      <c r="B349" s="182" t="s">
+        <v>1260</v>
+      </c>
+      <c r="C349" s="183" t="s">
+        <v>1528</v>
+      </c>
+      <c r="D349" s="183" t="s">
         <v>1529</v>
       </c>
-      <c r="B349" s="182" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E349" s="184" t="s">
-        <v>568</v>
+        <v>566</v>
       </c>
       <c r="F349" s="184" t="s">
-        <v>569</v>
+        <v>567</v>
       </c>
     </row>
     <row r="350" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A350" s="182" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B350" s="182" t="s">
+        <v>1531</v>
+      </c>
+      <c r="C350" s="183" t="s">
+        <v>1078</v>
+      </c>
+      <c r="D350" s="183" t="s">
         <v>1532</v>
       </c>
-      <c r="B350" s="182" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E350" s="184" t="s">
-        <v>810</v>
+        <v>808</v>
       </c>
       <c r="F350" s="184" t="s">
-        <v>811</v>
+        <v>809</v>
       </c>
     </row>
     <row r="351" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A351" s="182" t="s">
+        <v>1533</v>
+      </c>
+      <c r="B351" s="182" t="s">
+        <v>1534</v>
+      </c>
+      <c r="C351" s="183" t="s">
         <v>1535</v>
       </c>
-      <c r="B351" s="182" t="s">
+      <c r="D351" s="183" t="s">
         <v>1536</v>
       </c>
-      <c r="C351" s="183" t="s">
+      <c r="E351" s="184" t="s">
+        <v>659</v>
+      </c>
+      <c r="F351" s="184" t="s">
         <v>1537</v>
-      </c>
-[...7 lines deleted...]
-        <v>1539</v>
       </c>
     </row>
     <row r="352" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A352" s="182" t="s">
+        <v>1538</v>
+      </c>
+      <c r="B352" s="182" t="s">
+        <v>1539</v>
+      </c>
+      <c r="C352" s="183" t="s">
         <v>1540</v>
       </c>
-      <c r="B352" s="182" t="s">
+      <c r="D352" s="183" t="s">
         <v>1541</v>
       </c>
-      <c r="C352" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E352" s="184" t="s">
-        <v>1502</v>
+        <v>1500</v>
       </c>
       <c r="F352" s="184" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
     </row>
     <row r="353" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A353" s="182" t="s">
+        <v>1542</v>
+      </c>
+      <c r="B353" s="182" t="s">
+        <v>1543</v>
+      </c>
+      <c r="C353" s="183" t="s">
+        <v>1106</v>
+      </c>
+      <c r="D353" s="183" t="s">
         <v>1544</v>
       </c>
-      <c r="B353" s="182" t="s">
+      <c r="E353" s="184" t="s">
         <v>1545</v>
       </c>
-      <c r="C353" s="183" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F353" s="184" t="s">
-        <v>1414</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="354" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A354" s="182" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B354" s="182" t="s">
+        <v>1547</v>
+      </c>
+      <c r="C354" s="183" t="s">
         <v>1548</v>
       </c>
-      <c r="B354" s="182" t="s">
+      <c r="D354" s="183" t="s">
         <v>1549</v>
       </c>
-      <c r="C354" s="183" t="s">
+      <c r="E354" s="184" t="s">
         <v>1550</v>
       </c>
-      <c r="D354" s="183" t="s">
+      <c r="F354" s="184" t="s">
         <v>1551</v>
-      </c>
-[...4 lines deleted...]
-        <v>1553</v>
       </c>
     </row>
     <row r="355" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A355" s="182" t="s">
+        <v>1552</v>
+      </c>
+      <c r="B355" s="182" t="s">
+        <v>1553</v>
+      </c>
+      <c r="C355" s="183" t="s">
         <v>1554</v>
       </c>
-      <c r="B355" s="182" t="s">
+      <c r="D355" s="183" t="s">
+        <v>1240</v>
+      </c>
+      <c r="E355" s="184" t="s">
         <v>1555</v>
       </c>
-      <c r="C355" s="183" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F355" s="184" t="s">
-        <v>2478</v>
+        <v>2476</v>
       </c>
     </row>
     <row r="356" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A356" s="182" t="s">
+        <v>1556</v>
+      </c>
+      <c r="B356" s="182" t="s">
+        <v>1436</v>
+      </c>
+      <c r="C356" s="183" t="s">
+        <v>1557</v>
+      </c>
+      <c r="D356" s="183" t="s">
+        <v>934</v>
+      </c>
+      <c r="E356" s="184" t="s">
         <v>1558</v>
       </c>
-      <c r="B356" s="182" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F356" s="184" t="s">
-        <v>1379</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="357" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A357" s="182" t="s">
+        <v>1559</v>
+      </c>
+      <c r="B357" s="182" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C357" s="183" t="s">
+        <v>1206</v>
+      </c>
+      <c r="D357" s="183" t="s">
         <v>1561</v>
       </c>
-      <c r="B357" s="182" t="s">
+      <c r="E357" s="184" t="s">
         <v>1562</v>
       </c>
-      <c r="C357" s="183" t="s">
-[...2 lines deleted...]
-      <c r="D357" s="183" t="s">
+      <c r="F357" s="184" t="s">
         <v>1563</v>
-      </c>
-[...4 lines deleted...]
-        <v>1565</v>
       </c>
     </row>
     <row r="358" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A358" s="182" t="s">
+        <v>1564</v>
+      </c>
+      <c r="B358" s="182" t="s">
+        <v>1565</v>
+      </c>
+      <c r="C358" s="183" t="s">
+        <v>1129</v>
+      </c>
+      <c r="D358" s="183" t="s">
+        <v>1130</v>
+      </c>
+      <c r="E358" s="184" t="s">
         <v>1566</v>
       </c>
-      <c r="B358" s="182" t="s">
+      <c r="F358" s="184" t="s">
         <v>1567</v>
-      </c>
-[...10 lines deleted...]
-        <v>1569</v>
       </c>
     </row>
     <row r="359" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A359" s="182" t="s">
-        <v>1570</v>
+        <v>1568</v>
       </c>
       <c r="B359" s="182" t="s">
-        <v>1571</v>
+        <v>1569</v>
       </c>
       <c r="C359" s="183" t="s">
-        <v>1136</v>
+        <v>1134</v>
       </c>
       <c r="D359" s="183" t="s">
-        <v>1137</v>
+        <v>1135</v>
       </c>
       <c r="E359" s="184" t="s">
-        <v>1418</v>
+        <v>1416</v>
       </c>
       <c r="F359" s="184" t="s">
-        <v>1948</v>
+        <v>1946</v>
       </c>
     </row>
     <row r="360" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A360" s="182" t="s">
+        <v>1570</v>
+      </c>
+      <c r="B360" s="182" t="s">
+        <v>1571</v>
+      </c>
+      <c r="C360" s="183" t="s">
+        <v>1124</v>
+      </c>
+      <c r="D360" s="183" t="s">
         <v>1572</v>
       </c>
-      <c r="B360" s="182" t="s">
+      <c r="E360" s="184" t="s">
         <v>1573</v>
       </c>
-      <c r="C360" s="183" t="s">
-[...2 lines deleted...]
-      <c r="D360" s="183" t="s">
+      <c r="F360" s="184" t="s">
         <v>1574</v>
-      </c>
-[...4 lines deleted...]
-        <v>1576</v>
       </c>
     </row>
     <row r="361" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A361" s="182" t="s">
+        <v>1575</v>
+      </c>
+      <c r="B361" s="182" t="s">
+        <v>1576</v>
+      </c>
+      <c r="C361" s="183" t="s">
         <v>1577</v>
       </c>
-      <c r="B361" s="182" t="s">
+      <c r="D361" s="183" t="s">
         <v>1578</v>
       </c>
-      <c r="C361" s="183" t="s">
+      <c r="E361" s="184" t="s">
         <v>1579</v>
       </c>
-      <c r="D361" s="183" t="s">
+      <c r="F361" s="184" t="s">
         <v>1580</v>
-      </c>
-[...4 lines deleted...]
-        <v>1582</v>
       </c>
     </row>
     <row r="362" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A362" s="182" t="s">
+        <v>1581</v>
+      </c>
+      <c r="B362" s="182" t="s">
+        <v>1582</v>
+      </c>
+      <c r="C362" s="183" t="s">
+        <v>1139</v>
+      </c>
+      <c r="D362" s="183" t="s">
+        <v>1140</v>
+      </c>
+      <c r="E362" s="184" t="s">
         <v>1583</v>
       </c>
-      <c r="B362" s="182" t="s">
+      <c r="F362" s="184" t="s">
         <v>1584</v>
-      </c>
-[...10 lines deleted...]
-        <v>1586</v>
       </c>
     </row>
     <row r="363" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A363" s="182" t="s">
+        <v>1585</v>
+      </c>
+      <c r="B363" s="182" t="s">
+        <v>1586</v>
+      </c>
+      <c r="C363" s="183" t="s">
+        <v>1147</v>
+      </c>
+      <c r="D363" s="183" t="s">
         <v>1587</v>
       </c>
-      <c r="B363" s="182" t="s">
+      <c r="E363" s="184" t="s">
         <v>1588</v>
       </c>
-      <c r="C363" s="183" t="s">
-[...2 lines deleted...]
-      <c r="D363" s="183" t="s">
+      <c r="F363" s="184" t="s">
         <v>1589</v>
-      </c>
-[...4 lines deleted...]
-        <v>1591</v>
       </c>
     </row>
     <row r="364" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A364" s="182" t="s">
-        <v>1592</v>
+        <v>1590</v>
       </c>
       <c r="B364" s="182" t="s">
-        <v>1593</v>
+        <v>1591</v>
       </c>
       <c r="C364" s="183" t="s">
-        <v>1155</v>
+        <v>1153</v>
       </c>
       <c r="D364" s="183" t="s">
-        <v>1156</v>
+        <v>1154</v>
       </c>
       <c r="E364" s="184" t="s">
-        <v>935</v>
+        <v>933</v>
       </c>
       <c r="F364" s="184" t="s">
-        <v>1336</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="365" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A365" s="182" t="s">
-        <v>1296</v>
+        <v>1294</v>
       </c>
       <c r="B365" s="182" t="s">
-        <v>1297</v>
+        <v>1295</v>
       </c>
       <c r="C365" s="183" t="s">
-        <v>1158</v>
+        <v>1156</v>
       </c>
       <c r="D365" s="183" t="s">
-        <v>1159</v>
+        <v>1157</v>
       </c>
       <c r="E365" s="184" t="s">
-        <v>1559</v>
+        <v>1557</v>
       </c>
       <c r="F365" s="184" t="s">
-        <v>936</v>
+        <v>934</v>
       </c>
     </row>
     <row r="366" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A366" s="182" t="s">
-        <v>1594</v>
+        <v>1592</v>
       </c>
       <c r="B366" s="182" t="s">
-        <v>1595</v>
+        <v>1593</v>
       </c>
       <c r="C366" s="183" t="s">
-        <v>1166</v>
+        <v>1164</v>
       </c>
       <c r="D366" s="183" t="s">
-        <v>1167</v>
+        <v>1165</v>
       </c>
       <c r="E366" s="184" t="s">
-        <v>915</v>
+        <v>913</v>
       </c>
       <c r="F366" s="184" t="s">
-        <v>676</v>
+        <v>674</v>
       </c>
     </row>
     <row r="367" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A367" s="182" t="s">
+        <v>1594</v>
+      </c>
+      <c r="B367" s="182" t="s">
+        <v>1595</v>
+      </c>
+      <c r="C367" s="183" t="s">
+        <v>1170</v>
+      </c>
+      <c r="D367" s="183" t="s">
         <v>1596</v>
       </c>
-      <c r="B367" s="182" t="s">
+      <c r="E367" s="184" t="s">
         <v>1597</v>
       </c>
-      <c r="C367" s="183" t="s">
-[...2 lines deleted...]
-      <c r="D367" s="183" t="s">
+      <c r="F367" s="184" t="s">
         <v>1598</v>
-      </c>
-[...4 lines deleted...]
-        <v>1600</v>
       </c>
     </row>
     <row r="368" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A368" s="182" t="s">
+        <v>1599</v>
+      </c>
+      <c r="B368" s="182" t="s">
+        <v>1600</v>
+      </c>
+      <c r="C368" s="183" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D368" s="183" t="s">
         <v>1601</v>
       </c>
-      <c r="B368" s="182" t="s">
+      <c r="E368" s="184" t="s">
         <v>1602</v>
       </c>
-      <c r="C368" s="183" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F368" s="184" t="s">
-        <v>933</v>
+        <v>931</v>
       </c>
     </row>
     <row r="369" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A369" s="182" t="s">
+        <v>1603</v>
+      </c>
+      <c r="B369" s="182" t="s">
+        <v>1604</v>
+      </c>
+      <c r="C369" s="183" t="s">
+        <v>1186</v>
+      </c>
+      <c r="D369" s="183" t="s">
+        <v>1179</v>
+      </c>
+      <c r="E369" s="184" t="s">
         <v>1605</v>
       </c>
-      <c r="B369" s="182" t="s">
+      <c r="F369" s="184" t="s">
         <v>1606</v>
-      </c>
-[...10 lines deleted...]
-        <v>1608</v>
       </c>
     </row>
     <row r="370" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A370" s="182" t="s">
-        <v>1609</v>
+        <v>1607</v>
       </c>
       <c r="B370" s="182" t="s">
-        <v>1610</v>
+        <v>1608</v>
       </c>
       <c r="C370" s="183" t="s">
-        <v>1183</v>
+        <v>1181</v>
       </c>
       <c r="D370" s="183" t="s">
-        <v>1184</v>
+        <v>1182</v>
       </c>
       <c r="E370" s="184" t="s">
-        <v>941</v>
+        <v>939</v>
       </c>
       <c r="F370" s="184" t="s">
-        <v>1234</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="371" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A371" s="182" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
       <c r="B371" s="182" t="s">
+        <v>1609</v>
+      </c>
+      <c r="C371" s="183" t="s">
+        <v>1605</v>
+      </c>
+      <c r="D371" s="183" t="s">
+        <v>1610</v>
+      </c>
+      <c r="E371" s="184" t="s">
         <v>1611</v>
       </c>
-      <c r="C371" s="183" t="s">
-[...2 lines deleted...]
-      <c r="D371" s="183" t="s">
+      <c r="F371" s="184" t="s">
         <v>1612</v>
-      </c>
-[...4 lines deleted...]
-        <v>1614</v>
       </c>
     </row>
     <row r="372" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A372" s="182" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="B372" s="182" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="C372" s="183" t="s">
-        <v>1615</v>
+        <v>1613</v>
       </c>
       <c r="D372" s="183" t="s">
-        <v>1616</v>
+        <v>1614</v>
       </c>
       <c r="E372" s="184" t="s">
-        <v>1203</v>
+        <v>1201</v>
       </c>
       <c r="F372" s="184" t="s">
-        <v>950</v>
+        <v>948</v>
       </c>
     </row>
     <row r="373" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A373" s="182" t="s">
-        <v>1617</v>
+        <v>1615</v>
       </c>
       <c r="B373" s="182" t="s">
-        <v>1618</v>
+        <v>1616</v>
       </c>
       <c r="C373" s="183" t="s">
-        <v>968</v>
+        <v>966</v>
       </c>
       <c r="D373" s="183" t="s">
-        <v>969</v>
+        <v>967</v>
       </c>
       <c r="E373" s="184" t="s">
-        <v>949</v>
+        <v>947</v>
       </c>
       <c r="F373" s="184" t="s">
-        <v>2479</v>
+        <v>2477</v>
       </c>
     </row>
     <row r="374" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A374" s="182" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="B374" s="182" t="s">
+        <v>1617</v>
+      </c>
+      <c r="C374" s="183" t="s">
+        <v>1196</v>
+      </c>
+      <c r="D374" s="183" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E374" s="184" t="s">
+        <v>1618</v>
+      </c>
+      <c r="F374" s="184" t="s">
         <v>1619</v>
-      </c>
-[...10 lines deleted...]
-        <v>1621</v>
       </c>
     </row>
     <row r="375" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A375" s="182" t="s">
-        <v>1622</v>
+        <v>1620</v>
       </c>
       <c r="B375" s="182" t="s">
-        <v>858</v>
+        <v>856</v>
       </c>
       <c r="C375" s="183" t="s">
-        <v>1203</v>
+        <v>1201</v>
       </c>
       <c r="D375" s="183" t="s">
-        <v>1623</v>
+        <v>1621</v>
       </c>
       <c r="E375" s="184" t="s">
-        <v>1022</v>
+        <v>1020</v>
       </c>
       <c r="F375" s="184" t="s">
-        <v>1023</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="376" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A376" s="182" t="s">
+        <v>1622</v>
+      </c>
+      <c r="B376" s="182" t="s">
+        <v>1623</v>
+      </c>
+      <c r="C376" s="183" t="s">
         <v>1624</v>
       </c>
-      <c r="B376" s="182" t="s">
+      <c r="D376" s="183" t="s">
         <v>1625</v>
       </c>
-      <c r="C376" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E376" s="184" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="F376" s="184" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
     </row>
     <row r="377" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A377" s="182" t="s">
+        <v>1626</v>
+      </c>
+      <c r="B377" s="182" t="s">
+        <v>1627</v>
+      </c>
+      <c r="C377" s="183" t="s">
         <v>1628</v>
       </c>
-      <c r="B377" s="182" t="s">
+      <c r="D377" s="183" t="s">
         <v>1629</v>
       </c>
-      <c r="C377" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E377" s="184" t="s">
-        <v>965</v>
+        <v>963</v>
       </c>
       <c r="F377" s="184" t="s">
-        <v>1608</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="378" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A378" s="182" t="s">
+        <v>1630</v>
+      </c>
+      <c r="B378" s="182" t="s">
+        <v>1631</v>
+      </c>
+      <c r="C378" s="183" t="s">
+        <v>1220</v>
+      </c>
+      <c r="D378" s="183" t="s">
+        <v>1221</v>
+      </c>
+      <c r="E378" s="184" t="s">
         <v>1632</v>
       </c>
-      <c r="B378" s="182" t="s">
+      <c r="F378" s="184" t="s">
         <v>1633</v>
-      </c>
-[...10 lines deleted...]
-        <v>1635</v>
       </c>
     </row>
     <row r="379" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A379" s="182" t="s">
+        <v>1634</v>
+      </c>
+      <c r="B379" s="182" t="s">
+        <v>1635</v>
+      </c>
+      <c r="C379" s="183" t="s">
+        <v>1230</v>
+      </c>
+      <c r="D379" s="183" t="s">
         <v>1636</v>
       </c>
-      <c r="B379" s="182" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E379" s="184" t="s">
-        <v>951</v>
+        <v>949</v>
       </c>
       <c r="F379" s="184" t="s">
-        <v>1353</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="380" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A380" s="182" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B380" s="182" t="s">
+        <v>1638</v>
+      </c>
+      <c r="C380" s="183" t="s">
         <v>1639</v>
       </c>
-      <c r="B380" s="182" t="s">
+      <c r="D380" s="183" t="s">
         <v>1640</v>
       </c>
-      <c r="C380" s="183" t="s">
+      <c r="E380" s="184" t="s">
         <v>1641</v>
       </c>
-      <c r="D380" s="183" t="s">
+      <c r="F380" s="184" t="s">
         <v>1642</v>
-      </c>
-[...4 lines deleted...]
-        <v>1644</v>
       </c>
     </row>
     <row r="381" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A381" s="182" t="s">
+        <v>1643</v>
+      </c>
+      <c r="B381" s="182" t="s">
+        <v>1644</v>
+      </c>
+      <c r="C381" s="183" t="s">
         <v>1645</v>
       </c>
-      <c r="B381" s="182" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D381" s="183" t="s">
-        <v>1239</v>
+        <v>1237</v>
       </c>
       <c r="E381" s="184" t="s">
-        <v>1416</v>
+        <v>1414</v>
       </c>
       <c r="F381" s="184" t="s">
-        <v>918</v>
+        <v>916</v>
       </c>
     </row>
     <row r="382" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A382" s="182" t="s">
+        <v>1646</v>
+      </c>
+      <c r="B382" s="182" t="s">
+        <v>1635</v>
+      </c>
+      <c r="C382" s="183" t="s">
+        <v>1249</v>
+      </c>
+      <c r="D382" s="183" t="s">
+        <v>1647</v>
+      </c>
+      <c r="E382" s="184" t="s">
         <v>1648</v>
       </c>
-      <c r="B382" s="182" t="s">
-[...5 lines deleted...]
-      <c r="D382" s="183" t="s">
+      <c r="F382" s="184" t="s">
         <v>1649</v>
-      </c>
-[...4 lines deleted...]
-        <v>1651</v>
       </c>
     </row>
     <row r="383" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A383" s="182" t="s">
+        <v>1650</v>
+      </c>
+      <c r="B383" s="182" t="s">
+        <v>1651</v>
+      </c>
+      <c r="C383" s="183" t="s">
+        <v>1611</v>
+      </c>
+      <c r="D383" s="183" t="s">
         <v>1652</v>
       </c>
-      <c r="B383" s="182" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E383" s="184" t="s">
-        <v>1428</v>
+        <v>1426</v>
       </c>
       <c r="F383" s="184" t="s">
-        <v>676</v>
+        <v>674</v>
       </c>
     </row>
     <row r="384" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A384" s="182" t="s">
+        <v>1653</v>
+      </c>
+      <c r="B384" s="182" t="s">
+        <v>1654</v>
+      </c>
+      <c r="C384" s="183" t="s">
         <v>1655</v>
       </c>
-      <c r="B384" s="182" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D384" s="183" t="s">
-        <v>1728</v>
+        <v>1726</v>
       </c>
       <c r="E384" s="184" t="s">
-        <v>1085</v>
+        <v>1083</v>
       </c>
       <c r="F384" s="184" t="s">
-        <v>1488</v>
+        <v>1486</v>
       </c>
     </row>
     <row r="385" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A385" s="182" t="s">
-        <v>1658</v>
+        <v>1656</v>
       </c>
       <c r="B385" s="182" t="s">
-        <v>1640</v>
+        <v>1638</v>
       </c>
       <c r="C385" s="183" t="s">
-        <v>1213</v>
+        <v>1211</v>
       </c>
       <c r="D385" s="183" t="s">
-        <v>1219</v>
+        <v>1217</v>
       </c>
       <c r="E385" s="184" t="s">
-        <v>1014</v>
+        <v>1012</v>
       </c>
       <c r="F385" s="184" t="s">
-        <v>1412</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="386" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A386" s="182" t="s">
-        <v>1659</v>
+        <v>1657</v>
       </c>
       <c r="B386" s="182" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="C386" s="183" t="s">
-        <v>1226</v>
+        <v>1224</v>
       </c>
       <c r="D386" s="183" t="s">
-        <v>1660</v>
+        <v>1658</v>
       </c>
       <c r="E386" s="184" t="s">
-        <v>900</v>
+        <v>898</v>
       </c>
       <c r="F386" s="184" t="s">
-        <v>901</v>
+        <v>899</v>
       </c>
     </row>
     <row r="387" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A387" s="182" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="B387" s="182" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="C387" s="183" t="s">
-        <v>1235</v>
+        <v>1233</v>
       </c>
       <c r="D387" s="183" t="s">
-        <v>1661</v>
+        <v>1659</v>
       </c>
       <c r="E387" s="184" t="s">
-        <v>1662</v>
+        <v>1660</v>
       </c>
       <c r="F387" s="184" t="s">
-        <v>2480</v>
+        <v>2478</v>
       </c>
     </row>
     <row r="388" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A388" s="182" t="s">
+        <v>1661</v>
+      </c>
+      <c r="B388" s="182" t="s">
+        <v>1662</v>
+      </c>
+      <c r="C388" s="183" t="s">
         <v>1663</v>
       </c>
-      <c r="B388" s="182" t="s">
+      <c r="D388" s="183" t="s">
         <v>1664</v>
       </c>
-      <c r="C388" s="183" t="s">
+      <c r="E388" s="184" t="s">
         <v>1665</v>
       </c>
-      <c r="D388" s="183" t="s">
+      <c r="F388" s="184" t="s">
         <v>1666</v>
-      </c>
-[...4 lines deleted...]
-        <v>1668</v>
       </c>
     </row>
     <row r="389" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A389" s="182" t="s">
+        <v>1667</v>
+      </c>
+      <c r="B389" s="182" t="s">
+        <v>1038</v>
+      </c>
+      <c r="C389" s="183" t="s">
+        <v>1668</v>
+      </c>
+      <c r="D389" s="183" t="s">
         <v>1669</v>
       </c>
-      <c r="B389" s="182" t="s">
-[...2 lines deleted...]
-      <c r="C389" s="183" t="s">
+      <c r="E389" s="184" t="s">
         <v>1670</v>
       </c>
-      <c r="D389" s="183" t="s">
+      <c r="F389" s="184" t="s">
         <v>1671</v>
-      </c>
-[...4 lines deleted...]
-        <v>1673</v>
       </c>
     </row>
     <row r="390" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A390" s="182" t="s">
+        <v>1672</v>
+      </c>
+      <c r="B390" s="182" t="s">
+        <v>1673</v>
+      </c>
+      <c r="C390" s="183" t="s">
         <v>1674</v>
       </c>
-      <c r="B390" s="182" t="s">
+      <c r="D390" s="183" t="s">
         <v>1675</v>
       </c>
-      <c r="C390" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E390" s="184" t="s">
-        <v>1028</v>
+        <v>1026</v>
       </c>
       <c r="F390" s="184" t="s">
-        <v>1029</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="391" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A391" s="182" t="s">
+        <v>1676</v>
+      </c>
+      <c r="B391" s="182" t="s">
+        <v>1677</v>
+      </c>
+      <c r="C391" s="183" t="s">
         <v>1678</v>
       </c>
-      <c r="B391" s="182" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D391" s="183" t="s">
-        <v>1269</v>
+        <v>1267</v>
       </c>
       <c r="E391" s="184" t="s">
-        <v>1118</v>
+        <v>1116</v>
       </c>
       <c r="F391" s="184" t="s">
-        <v>1119</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="392" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A392" s="182" t="s">
+        <v>1679</v>
+      </c>
+      <c r="B392" s="182" t="s">
+        <v>1680</v>
+      </c>
+      <c r="C392" s="183" t="s">
         <v>1681</v>
       </c>
-      <c r="B392" s="182" t="s">
+      <c r="D392" s="183" t="s">
+        <v>1401</v>
+      </c>
+      <c r="E392" s="184" t="s">
         <v>1682</v>
       </c>
-      <c r="C392" s="183" t="s">
+      <c r="F392" s="184" t="s">
         <v>1683</v>
-      </c>
-[...7 lines deleted...]
-        <v>1685</v>
       </c>
     </row>
     <row r="393" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A393" s="182" t="s">
+        <v>1684</v>
+      </c>
+      <c r="B393" s="182" t="s">
+        <v>1685</v>
+      </c>
+      <c r="C393" s="183" t="s">
+        <v>1291</v>
+      </c>
+      <c r="D393" s="183" t="s">
         <v>1686</v>
       </c>
-      <c r="B393" s="182" t="s">
+      <c r="E393" s="184" t="s">
         <v>1687</v>
       </c>
-      <c r="C393" s="183" t="s">
-[...2 lines deleted...]
-      <c r="D393" s="183" t="s">
+      <c r="F393" s="184" t="s">
         <v>1688</v>
-      </c>
-[...4 lines deleted...]
-        <v>1690</v>
       </c>
     </row>
     <row r="394" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A394" s="182" t="s">
+        <v>1689</v>
+      </c>
+      <c r="B394" s="182" t="s">
+        <v>1690</v>
+      </c>
+      <c r="C394" s="183" t="s">
         <v>1691</v>
       </c>
-      <c r="B394" s="182" t="s">
+      <c r="D394" s="183" t="s">
+        <v>1307</v>
+      </c>
+      <c r="E394" s="184" t="s">
         <v>1692</v>
       </c>
-      <c r="C394" s="183" t="s">
+      <c r="F394" s="184" t="s">
         <v>1693</v>
-      </c>
-[...7 lines deleted...]
-        <v>1695</v>
       </c>
     </row>
     <row r="395" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A395" s="182" t="s">
+        <v>1694</v>
+      </c>
+      <c r="B395" s="182" t="s">
+        <v>1695</v>
+      </c>
+      <c r="C395" s="183" t="s">
+        <v>532</v>
+      </c>
+      <c r="D395" s="183" t="s">
+        <v>1318</v>
+      </c>
+      <c r="E395" s="184" t="s">
         <v>1696</v>
       </c>
-      <c r="B395" s="182" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F395" s="184" t="s">
-        <v>1040</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="396" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A396" s="182" t="s">
+        <v>1697</v>
+      </c>
+      <c r="B396" s="182" t="s">
+        <v>1698</v>
+      </c>
+      <c r="C396" s="183" t="s">
+        <v>1327</v>
+      </c>
+      <c r="D396" s="183" t="s">
+        <v>1254</v>
+      </c>
+      <c r="E396" s="184" t="s">
         <v>1699</v>
       </c>
-      <c r="B396" s="182" t="s">
+      <c r="F396" s="184" t="s">
         <v>1700</v>
-      </c>
-[...10 lines deleted...]
-        <v>1702</v>
       </c>
     </row>
     <row r="397" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A397" s="182" t="s">
+        <v>1701</v>
+      </c>
+      <c r="B397" s="182" t="s">
+        <v>530</v>
+      </c>
+      <c r="C397" s="183" t="s">
+        <v>1331</v>
+      </c>
+      <c r="D397" s="183" t="s">
+        <v>1332</v>
+      </c>
+      <c r="E397" s="184" t="s">
+        <v>1702</v>
+      </c>
+      <c r="F397" s="184" t="s">
         <v>1703</v>
-      </c>
-[...13 lines deleted...]
-        <v>1705</v>
       </c>
     </row>
     <row r="398" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A398" s="182" t="s">
-        <v>1620</v>
+        <v>1618</v>
       </c>
       <c r="B398" s="182" t="s">
-        <v>1706</v>
+        <v>1704</v>
       </c>
       <c r="C398" s="183" t="s">
-        <v>1402</v>
+        <v>1400</v>
       </c>
       <c r="D398" s="183" t="s">
-        <v>1403</v>
+        <v>1401</v>
       </c>
       <c r="E398" s="184" t="s">
-        <v>1459</v>
+        <v>1457</v>
       </c>
       <c r="F398" s="184" t="s">
-        <v>1040</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="399" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A399" s="182" t="s">
+        <v>1705</v>
+      </c>
+      <c r="B399" s="182" t="s">
+        <v>1706</v>
+      </c>
+      <c r="C399" s="183" t="s">
         <v>1707</v>
       </c>
-      <c r="B399" s="182" t="s">
+      <c r="D399" s="183" t="s">
+        <v>1776</v>
+      </c>
+      <c r="E399" s="184" t="s">
+        <v>1037</v>
+      </c>
+      <c r="F399" s="184" t="s">
         <v>1708</v>
-      </c>
-[...10 lines deleted...]
-        <v>1710</v>
       </c>
     </row>
     <row r="400" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A400" s="182" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B400" s="182" t="s">
+        <v>1710</v>
+      </c>
+      <c r="C400" s="183" t="s">
         <v>1711</v>
       </c>
-      <c r="B400" s="182" t="s">
+      <c r="D400" s="183" t="s">
         <v>1712</v>
       </c>
-      <c r="C400" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E400" s="184" t="s">
-        <v>1070</v>
+        <v>1068</v>
       </c>
       <c r="F400" s="184" t="s">
-        <v>1071</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="401" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A401" s="182" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B401" s="182" t="s">
+        <v>1714</v>
+      </c>
+      <c r="C401" s="183" t="s">
         <v>1715</v>
       </c>
-      <c r="B401" s="182" t="s">
+      <c r="D401" s="183" t="s">
         <v>1716</v>
       </c>
-      <c r="C401" s="183" t="s">
+      <c r="E401" s="184" t="s">
         <v>1717</v>
       </c>
-      <c r="D401" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F401" s="184" t="s">
-        <v>1964</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="402" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A402" s="182" t="s">
+        <v>1718</v>
+      </c>
+      <c r="B402" s="182" t="s">
+        <v>1719</v>
+      </c>
+      <c r="C402" s="183" t="s">
+        <v>1311</v>
+      </c>
+      <c r="D402" s="183" t="s">
         <v>1720</v>
       </c>
-      <c r="B402" s="182" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E402" s="184" t="s">
-        <v>1520</v>
+        <v>1518</v>
       </c>
       <c r="F402" s="184" t="s">
-        <v>1521</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="403" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A403" s="182" t="s">
+        <v>1721</v>
+      </c>
+      <c r="B403" s="182" t="s">
+        <v>1722</v>
+      </c>
+      <c r="C403" s="183" t="s">
         <v>1723</v>
       </c>
-      <c r="B403" s="182" t="s">
+      <c r="D403" s="183" t="s">
         <v>1724</v>
       </c>
-      <c r="C403" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E403" s="184" t="s">
-        <v>1511</v>
+        <v>1509</v>
       </c>
       <c r="F403" s="184" t="s">
-        <v>1090</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="404" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A404" s="182" t="s">
+        <v>1725</v>
+      </c>
+      <c r="B404" s="182" t="s">
+        <v>1726</v>
+      </c>
+      <c r="C404" s="183" t="s">
+        <v>1395</v>
+      </c>
+      <c r="D404" s="183" t="s">
+        <v>1396</v>
+      </c>
+      <c r="E404" s="184" t="s">
         <v>1727</v>
       </c>
-      <c r="B404" s="182" t="s">
+      <c r="F404" s="184" t="s">
         <v>1728</v>
-      </c>
-[...10 lines deleted...]
-        <v>1730</v>
       </c>
     </row>
     <row r="405" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A405" s="182" t="s">
+        <v>1729</v>
+      </c>
+      <c r="B405" s="182" t="s">
+        <v>1730</v>
+      </c>
+      <c r="C405" s="183" t="s">
         <v>1731</v>
       </c>
-      <c r="B405" s="182" t="s">
+      <c r="D405" s="183" t="s">
         <v>1732</v>
       </c>
-      <c r="C405" s="183" t="s">
+      <c r="E405" s="184" t="s">
         <v>1733</v>
       </c>
-      <c r="D405" s="183" t="s">
+      <c r="F405" s="184" t="s">
         <v>1734</v>
-      </c>
-[...4 lines deleted...]
-        <v>1736</v>
       </c>
     </row>
     <row r="406" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A406" s="182" t="s">
-        <v>1737</v>
+        <v>1735</v>
       </c>
       <c r="B406" s="182" t="s">
-        <v>1738</v>
+        <v>1736</v>
       </c>
       <c r="C406" s="183" t="s">
-        <v>1343</v>
+        <v>1341</v>
       </c>
       <c r="D406" s="183" t="s">
-        <v>1344</v>
+        <v>1342</v>
       </c>
       <c r="E406" s="184" t="s">
-        <v>1663</v>
+        <v>1661</v>
       </c>
       <c r="F406" s="184" t="s">
-        <v>1700</v>
+        <v>1698</v>
       </c>
     </row>
     <row r="407" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A407" s="182" t="s">
+        <v>1737</v>
+      </c>
+      <c r="B407" s="182" t="s">
+        <v>1738</v>
+      </c>
+      <c r="C407" s="183" t="s">
+        <v>1348</v>
+      </c>
+      <c r="D407" s="183" t="s">
         <v>1739</v>
       </c>
-      <c r="B407" s="182" t="s">
+      <c r="E407" s="184" t="s">
         <v>1740</v>
       </c>
-      <c r="C407" s="183" t="s">
-[...2 lines deleted...]
-      <c r="D407" s="183" t="s">
+      <c r="F407" s="184" t="s">
         <v>1741</v>
-      </c>
-[...4 lines deleted...]
-        <v>1743</v>
       </c>
     </row>
     <row r="408" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A408" s="182" t="s">
-        <v>728</v>
+        <v>726</v>
       </c>
       <c r="B408" s="182" t="s">
-        <v>1744</v>
+        <v>1742</v>
       </c>
       <c r="C408" s="183" t="s">
-        <v>1347</v>
+        <v>1345</v>
       </c>
       <c r="D408" s="183" t="s">
-        <v>1344</v>
+        <v>1342</v>
       </c>
       <c r="E408" s="184" t="s">
-        <v>1745</v>
+        <v>1743</v>
       </c>
       <c r="F408" s="184" t="s">
-        <v>1730</v>
+        <v>1728</v>
       </c>
     </row>
     <row r="409" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A409" s="182" t="s">
+        <v>1744</v>
+      </c>
+      <c r="B409" s="182" t="s">
+        <v>567</v>
+      </c>
+      <c r="C409" s="183" t="s">
+        <v>1745</v>
+      </c>
+      <c r="D409" s="183" t="s">
+        <v>1342</v>
+      </c>
+      <c r="E409" s="184" t="s">
         <v>1746</v>
       </c>
-      <c r="B409" s="182" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F409" s="184" t="s">
-        <v>1062</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="410" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A410" s="182" t="s">
+        <v>1747</v>
+      </c>
+      <c r="B410" s="182" t="s">
+        <v>1748</v>
+      </c>
+      <c r="C410" s="183" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D410" s="183" t="s">
         <v>1749</v>
       </c>
-      <c r="B410" s="182" t="s">
+      <c r="E410" s="184" t="s">
+        <v>1496</v>
+      </c>
+      <c r="F410" s="184" t="s">
         <v>1750</v>
-      </c>
-[...10 lines deleted...]
-        <v>1752</v>
       </c>
     </row>
     <row r="411" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A411" s="182" t="s">
-        <v>1753</v>
+        <v>1751</v>
       </c>
       <c r="B411" s="182" t="s">
-        <v>1754</v>
+        <v>1752</v>
       </c>
       <c r="C411" s="183" t="s">
-        <v>1364</v>
+        <v>1362</v>
       </c>
       <c r="D411" s="183" t="s">
-        <v>1751</v>
+        <v>1749</v>
       </c>
       <c r="E411" s="184" t="s">
-        <v>1053</v>
+        <v>1051</v>
       </c>
       <c r="F411" s="184" t="s">
-        <v>1054</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="412" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A412" s="182" t="s">
+        <v>1753</v>
+      </c>
+      <c r="B412" s="182" t="s">
+        <v>1754</v>
+      </c>
+      <c r="C412" s="183" t="s">
         <v>1755</v>
       </c>
-      <c r="B412" s="182" t="s">
+      <c r="D412" s="183" t="s">
+        <v>1066</v>
+      </c>
+      <c r="E412" s="184" t="s">
+        <v>1216</v>
+      </c>
+      <c r="F412" s="184" t="s">
         <v>1756</v>
-      </c>
-[...10 lines deleted...]
-        <v>1758</v>
       </c>
     </row>
     <row r="413" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A413" s="182" t="s">
+        <v>1757</v>
+      </c>
+      <c r="B413" s="182" t="s">
+        <v>1758</v>
+      </c>
+      <c r="C413" s="183" t="s">
+        <v>1370</v>
+      </c>
+      <c r="D413" s="183" t="s">
+        <v>1371</v>
+      </c>
+      <c r="E413" s="184" t="s">
         <v>1759</v>
       </c>
-      <c r="B413" s="182" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F413" s="184" t="s">
-        <v>2481</v>
+        <v>2479</v>
       </c>
     </row>
     <row r="414" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A414" s="182" t="s">
-        <v>1285</v>
+        <v>1283</v>
       </c>
       <c r="B414" s="182" t="s">
-        <v>746</v>
+        <v>744</v>
       </c>
       <c r="C414" s="183" t="s">
-        <v>1762</v>
+        <v>1760</v>
       </c>
       <c r="D414" s="183" t="s">
-        <v>1763</v>
+        <v>1761</v>
       </c>
       <c r="E414" s="184" t="s">
-        <v>1462</v>
+        <v>1460</v>
       </c>
       <c r="F414" s="184" t="s">
-        <v>1106</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="415" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A415" s="182" t="s">
+        <v>1762</v>
+      </c>
+      <c r="B415" s="182" t="s">
+        <v>1763</v>
+      </c>
+      <c r="C415" s="183" t="s">
         <v>1764</v>
       </c>
-      <c r="B415" s="182" t="s">
+      <c r="D415" s="183" t="s">
         <v>1765</v>
       </c>
-      <c r="C415" s="183" t="s">
+      <c r="E415" s="184" t="s">
         <v>1766</v>
       </c>
-      <c r="D415" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F415" s="184" t="s">
-        <v>1730</v>
+        <v>1728</v>
       </c>
     </row>
     <row r="416" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A416" s="182" t="s">
-        <v>1769</v>
+        <v>1767</v>
       </c>
       <c r="B416" s="182" t="s">
-        <v>1770</v>
+        <v>1768</v>
       </c>
       <c r="C416" s="183" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="D416" s="183" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="E416" s="184" t="s">
-        <v>1008</v>
+        <v>1006</v>
       </c>
       <c r="F416" s="184" t="s">
-        <v>1423</v>
+        <v>1421</v>
       </c>
     </row>
     <row r="417" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A417" s="182" t="s">
+        <v>1769</v>
+      </c>
+      <c r="B417" s="182" t="s">
+        <v>1770</v>
+      </c>
+      <c r="C417" s="183" t="s">
+        <v>1449</v>
+      </c>
+      <c r="D417" s="183" t="s">
+        <v>1450</v>
+      </c>
+      <c r="E417" s="184" t="s">
         <v>1771</v>
       </c>
-      <c r="B417" s="182" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F417" s="184" t="s">
-        <v>999</v>
+        <v>997</v>
       </c>
     </row>
     <row r="418" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A418" s="182" t="s">
+        <v>1772</v>
+      </c>
+      <c r="B418" s="182" t="s">
+        <v>1773</v>
+      </c>
+      <c r="C418" s="183" t="s">
+        <v>1387</v>
+      </c>
+      <c r="D418" s="183" t="s">
+        <v>1388</v>
+      </c>
+      <c r="E418" s="184" t="s">
         <v>1774</v>
       </c>
-      <c r="B418" s="182" t="s">
+      <c r="F418" s="184" t="s">
         <v>1775</v>
-      </c>
-[...10 lines deleted...]
-        <v>1777</v>
       </c>
     </row>
     <row r="419" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A419" s="182" t="s">
-        <v>1709</v>
+        <v>1707</v>
       </c>
       <c r="B419" s="182" t="s">
+        <v>1776</v>
+      </c>
+      <c r="C419" s="183" t="s">
+        <v>1777</v>
+      </c>
+      <c r="D419" s="183" t="s">
         <v>1778</v>
       </c>
-      <c r="C419" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E419" s="184" t="s">
-        <v>1136</v>
+        <v>1134</v>
       </c>
       <c r="F419" s="184" t="s">
-        <v>1137</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="420" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A420" s="182" t="s">
+        <v>1779</v>
+      </c>
+      <c r="B420" s="182" t="s">
+        <v>1780</v>
+      </c>
+      <c r="C420" s="183" t="s">
+        <v>1527</v>
+      </c>
+      <c r="D420" s="183" t="s">
         <v>1781</v>
       </c>
-      <c r="B420" s="182" t="s">
+      <c r="E420" s="184" t="s">
         <v>1782</v>
       </c>
-      <c r="C420" s="183" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F420" s="184" t="s">
-        <v>2482</v>
+        <v>2480</v>
       </c>
     </row>
     <row r="421" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A421" s="182" t="s">
-        <v>594</v>
+        <v>592</v>
       </c>
       <c r="B421" s="182" t="s">
-        <v>1785</v>
+        <v>1783</v>
       </c>
       <c r="C421" s="183" t="s">
-        <v>1540</v>
+        <v>1538</v>
       </c>
       <c r="D421" s="183" t="s">
-        <v>1541</v>
+        <v>1539</v>
       </c>
       <c r="E421" s="184" t="s">
-        <v>1715</v>
+        <v>1713</v>
       </c>
       <c r="F421" s="184" t="s">
-        <v>1716</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="422" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A422" s="182" t="s">
-        <v>1786</v>
+        <v>1784</v>
       </c>
       <c r="B422" s="182" t="s">
-        <v>1787</v>
+        <v>1785</v>
       </c>
       <c r="C422" s="183" t="s">
-        <v>1415</v>
+        <v>1413</v>
       </c>
       <c r="D422" s="183" t="s">
-        <v>1403</v>
+        <v>1401</v>
       </c>
       <c r="E422" s="184" t="s">
-        <v>1208</v>
+        <v>1206</v>
       </c>
       <c r="F422" s="184" t="s">
-        <v>1563</v>
+        <v>1561</v>
       </c>
     </row>
     <row r="423" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A423" s="182" t="s">
-        <v>1328</v>
+        <v>1326</v>
       </c>
       <c r="B423" s="182" t="s">
+        <v>1786</v>
+      </c>
+      <c r="C423" s="183" t="s">
+        <v>1392</v>
+      </c>
+      <c r="D423" s="183" t="s">
+        <v>1307</v>
+      </c>
+      <c r="E423" s="184" t="s">
+        <v>1787</v>
+      </c>
+      <c r="F423" s="184" t="s">
         <v>1788</v>
-      </c>
-[...10 lines deleted...]
-        <v>1790</v>
       </c>
     </row>
     <row r="424" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A424" s="182" t="s">
+        <v>1789</v>
+      </c>
+      <c r="B424" s="182" t="s">
+        <v>1790</v>
+      </c>
+      <c r="C424" s="183" t="s">
+        <v>1439</v>
+      </c>
+      <c r="D424" s="183" t="s">
         <v>1791</v>
       </c>
-      <c r="B424" s="182" t="s">
+      <c r="E424" s="184" t="s">
         <v>1792</v>
       </c>
-      <c r="C424" s="183" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F424" s="184" t="s">
-        <v>1666</v>
+        <v>1664</v>
       </c>
     </row>
     <row r="425" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A425" s="182" t="s">
-        <v>684</v>
+        <v>682</v>
       </c>
       <c r="B425" s="182" t="s">
-        <v>1795</v>
+        <v>1793</v>
       </c>
       <c r="C425" s="183" t="s">
-        <v>1434</v>
+        <v>1432</v>
       </c>
       <c r="D425" s="183" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="E425" s="184" t="s">
-        <v>1226</v>
+        <v>1224</v>
       </c>
       <c r="F425" s="184" t="s">
-        <v>1796</v>
+        <v>1794</v>
       </c>
     </row>
     <row r="426" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A426" s="182" t="s">
+        <v>1795</v>
+      </c>
+      <c r="B426" s="182" t="s">
+        <v>1796</v>
+      </c>
+      <c r="C426" s="183" t="s">
         <v>1797</v>
       </c>
-      <c r="B426" s="182" t="s">
+      <c r="D426" s="183" t="s">
         <v>1798</v>
       </c>
-      <c r="C426" s="183" t="s">
+      <c r="E426" s="184" t="s">
         <v>1799</v>
       </c>
-      <c r="D426" s="183" t="s">
+      <c r="F426" s="184" t="s">
         <v>1800</v>
-      </c>
-[...4 lines deleted...]
-        <v>1802</v>
       </c>
     </row>
     <row r="427" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A427" s="182" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B427" s="182" t="s">
+        <v>1802</v>
+      </c>
+      <c r="C427" s="183" t="s">
         <v>1803</v>
       </c>
-      <c r="B427" s="182" t="s">
+      <c r="D427" s="183" t="s">
         <v>1804</v>
       </c>
-      <c r="C427" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E427" s="184" t="s">
-        <v>1232</v>
+        <v>1230</v>
       </c>
       <c r="F427" s="184" t="s">
-        <v>1233</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="428" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A428" s="182" t="s">
+        <v>1805</v>
+      </c>
+      <c r="B428" s="182" t="s">
+        <v>219</v>
+      </c>
+      <c r="C428" s="183" t="s">
+        <v>1806</v>
+      </c>
+      <c r="D428" s="183" t="s">
         <v>1807</v>
       </c>
-      <c r="B428" s="182" t="s">
-[...2 lines deleted...]
-      <c r="C428" s="183" t="s">
+      <c r="E428" s="184" t="s">
         <v>1808</v>
       </c>
-      <c r="D428" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F428" s="184" t="s">
-        <v>1176</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="429" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A429" s="182" t="s">
+        <v>1809</v>
+      </c>
+      <c r="B429" s="182" t="s">
+        <v>1810</v>
+      </c>
+      <c r="C429" s="183" t="s">
         <v>1811</v>
       </c>
-      <c r="B429" s="182" t="s">
+      <c r="D429" s="183" t="s">
         <v>1812</v>
       </c>
-      <c r="C429" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E429" s="184" t="s">
-        <v>1183</v>
+        <v>1181</v>
       </c>
       <c r="F429" s="184" t="s">
-        <v>1184</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="430" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A430" s="182" t="s">
+        <v>1813</v>
+      </c>
+      <c r="B430" s="182" t="s">
+        <v>1814</v>
+      </c>
+      <c r="C430" s="183" t="s">
         <v>1815</v>
       </c>
-      <c r="B430" s="182" t="s">
+      <c r="D430" s="183" t="s">
         <v>1816</v>
       </c>
-      <c r="C430" s="183" t="s">
+      <c r="E430" s="184" t="s">
         <v>1817</v>
       </c>
-      <c r="D430" s="183" t="s">
+      <c r="F430" s="184" t="s">
         <v>1818</v>
-      </c>
-[...4 lines deleted...]
-        <v>1820</v>
       </c>
     </row>
     <row r="431" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A431" s="182" t="s">
+        <v>1819</v>
+      </c>
+      <c r="B431" s="182" t="s">
+        <v>1820</v>
+      </c>
+      <c r="C431" s="183" t="s">
         <v>1821</v>
       </c>
-      <c r="B431" s="182" t="s">
+      <c r="D431" s="183" t="s">
+        <v>1401</v>
+      </c>
+      <c r="E431" s="184" t="s">
         <v>1822</v>
       </c>
-      <c r="C431" s="183" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F431" s="184" t="s">
-        <v>1181</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="432" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A432" s="182" t="s">
+        <v>1823</v>
+      </c>
+      <c r="B432" s="182" t="s">
+        <v>1824</v>
+      </c>
+      <c r="C432" s="183" t="s">
         <v>1825</v>
       </c>
-      <c r="B432" s="182" t="s">
+      <c r="D432" s="183" t="s">
         <v>1826</v>
       </c>
-      <c r="C432" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E432" s="184" t="s">
-        <v>968</v>
+        <v>966</v>
       </c>
       <c r="F432" s="184" t="s">
-        <v>969</v>
+        <v>967</v>
       </c>
     </row>
     <row r="433" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A433" s="182" t="s">
+        <v>1827</v>
+      </c>
+      <c r="B433" s="182" t="s">
+        <v>831</v>
+      </c>
+      <c r="C433" s="183" t="s">
+        <v>1463</v>
+      </c>
+      <c r="D433" s="183" t="s">
+        <v>1828</v>
+      </c>
+      <c r="E433" s="184" t="s">
         <v>1829</v>
       </c>
-      <c r="B433" s="182" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F433" s="184" t="s">
-        <v>1195</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="434" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A434" s="182" t="s">
+        <v>1830</v>
+      </c>
+      <c r="B434" s="182" t="s">
+        <v>1831</v>
+      </c>
+      <c r="C434" s="183" t="s">
         <v>1832</v>
       </c>
-      <c r="B434" s="182" t="s">
+      <c r="D434" s="183" t="s">
         <v>1833</v>
       </c>
-      <c r="C434" s="183" t="s">
+      <c r="E434" s="184" t="s">
         <v>1834</v>
       </c>
-      <c r="D434" s="183" t="s">
+      <c r="F434" s="184" t="s">
         <v>1835</v>
-      </c>
-[...4 lines deleted...]
-        <v>1837</v>
       </c>
     </row>
     <row r="435" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A435" s="182" t="s">
+        <v>1836</v>
+      </c>
+      <c r="B435" s="182" t="s">
+        <v>1837</v>
+      </c>
+      <c r="C435" s="183" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D435" s="183" t="s">
         <v>1838</v>
       </c>
-      <c r="B435" s="182" t="s">
+      <c r="E435" s="184" t="s">
         <v>1839</v>
       </c>
-      <c r="C435" s="183" t="s">
-[...2 lines deleted...]
-      <c r="D435" s="183" t="s">
+      <c r="F435" s="184" t="s">
         <v>1840</v>
-      </c>
-[...4 lines deleted...]
-        <v>1842</v>
       </c>
     </row>
     <row r="436" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A436" s="182" t="s">
+        <v>1841</v>
+      </c>
+      <c r="B436" s="182" t="s">
+        <v>508</v>
+      </c>
+      <c r="C436" s="183" t="s">
+        <v>1842</v>
+      </c>
+      <c r="D436" s="183" t="s">
         <v>1843</v>
       </c>
-      <c r="B436" s="182" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E436" s="184" t="s">
-        <v>1676</v>
+        <v>1674</v>
       </c>
       <c r="F436" s="184" t="s">
-        <v>1677</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="437" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A437" s="182" t="s">
+        <v>1844</v>
+      </c>
+      <c r="B437" s="182" t="s">
+        <v>1845</v>
+      </c>
+      <c r="C437" s="183" t="s">
+        <v>1469</v>
+      </c>
+      <c r="D437" s="183" t="s">
         <v>1846</v>
       </c>
-      <c r="B437" s="182" t="s">
+      <c r="E437" s="184" t="s">
         <v>1847</v>
       </c>
-      <c r="C437" s="183" t="s">
-[...2 lines deleted...]
-      <c r="D437" s="183" t="s">
+      <c r="F437" s="184" t="s">
         <v>1848</v>
-      </c>
-[...4 lines deleted...]
-        <v>1850</v>
       </c>
     </row>
     <row r="438" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A438" s="182" t="s">
+        <v>1849</v>
+      </c>
+      <c r="B438" s="182" t="s">
+        <v>1850</v>
+      </c>
+      <c r="C438" s="183" t="s">
         <v>1851</v>
       </c>
-      <c r="B438" s="182" t="s">
+      <c r="D438" s="183" t="s">
         <v>1852</v>
       </c>
-      <c r="C438" s="183" t="s">
+      <c r="E438" s="184" t="s">
         <v>1853</v>
       </c>
-      <c r="D438" s="183" t="s">
+      <c r="F438" s="184" t="s">
         <v>1854</v>
-      </c>
-[...4 lines deleted...]
-        <v>1856</v>
       </c>
     </row>
     <row r="439" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A439" s="182" t="s">
+        <v>1855</v>
+      </c>
+      <c r="B439" s="182" t="s">
+        <v>362</v>
+      </c>
+      <c r="C439" s="183" t="s">
+        <v>1474</v>
+      </c>
+      <c r="D439" s="183" t="s">
+        <v>1856</v>
+      </c>
+      <c r="E439" s="184" t="s">
+        <v>1139</v>
+      </c>
+      <c r="F439" s="184" t="s">
         <v>1857</v>
-      </c>
-[...13 lines deleted...]
-        <v>1859</v>
       </c>
     </row>
     <row r="440" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A440" s="182" t="s">
-        <v>1201</v>
+        <v>1199</v>
       </c>
       <c r="B440" s="182" t="s">
+        <v>1858</v>
+      </c>
+      <c r="C440" s="183" t="s">
+        <v>1484</v>
+      </c>
+      <c r="D440" s="183" t="s">
+        <v>1859</v>
+      </c>
+      <c r="E440" s="184" t="s">
         <v>1860</v>
       </c>
-      <c r="C440" s="183" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F440" s="184" t="s">
-        <v>1100</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="441" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A441" s="182" t="s">
+        <v>1861</v>
+      </c>
+      <c r="B441" s="182" t="s">
+        <v>1862</v>
+      </c>
+      <c r="C441" s="183" t="s">
         <v>1863</v>
       </c>
-      <c r="B441" s="182" t="s">
+      <c r="D441" s="183" t="s">
         <v>1864</v>
       </c>
-      <c r="C441" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E441" s="184" t="s">
-        <v>1747</v>
+        <v>1745</v>
       </c>
       <c r="F441" s="184" t="s">
-        <v>1262</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="442" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A442" s="182" t="s">
+        <v>1865</v>
+      </c>
+      <c r="B442" s="182" t="s">
+        <v>1866</v>
+      </c>
+      <c r="C442" s="183" t="s">
         <v>1867</v>
       </c>
-      <c r="B442" s="182" t="s">
+      <c r="D442" s="183" t="s">
         <v>1868</v>
       </c>
-      <c r="C442" s="183" t="s">
+      <c r="E442" s="184" t="s">
         <v>1869</v>
       </c>
-      <c r="D442" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F442" s="184" t="s">
-        <v>1266</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="443" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A443" s="182" t="s">
+        <v>1870</v>
+      </c>
+      <c r="B443" s="182" t="s">
+        <v>1385</v>
+      </c>
+      <c r="C443" s="183" t="s">
+        <v>1494</v>
+      </c>
+      <c r="D443" s="183" t="s">
+        <v>1871</v>
+      </c>
+      <c r="E443" s="184" t="s">
         <v>1872</v>
       </c>
-      <c r="B443" s="182" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F443" s="184" t="s">
-        <v>1751</v>
+        <v>1749</v>
       </c>
     </row>
     <row r="444" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A444" s="182" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B444" s="182" t="s">
+        <v>1874</v>
+      </c>
+      <c r="C444" s="183" t="s">
+        <v>1500</v>
+      </c>
+      <c r="D444" s="183" t="s">
         <v>1875</v>
       </c>
-      <c r="B444" s="182" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E444" s="184" t="s">
-        <v>1364</v>
+        <v>1362</v>
       </c>
       <c r="F444" s="184" t="s">
-        <v>2483</v>
+        <v>2481</v>
       </c>
     </row>
     <row r="445" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A445" s="182" t="s">
+        <v>1876</v>
+      </c>
+      <c r="B445" s="182" t="s">
+        <v>1010</v>
+      </c>
+      <c r="C445" s="183" t="s">
+        <v>1877</v>
+      </c>
+      <c r="D445" s="183" t="s">
         <v>1878</v>
       </c>
-      <c r="B445" s="182" t="s">
-[...2 lines deleted...]
-      <c r="C445" s="183" t="s">
+      <c r="E445" s="184" t="s">
+        <v>1755</v>
+      </c>
+      <c r="F445" s="184" t="s">
         <v>1879</v>
-      </c>
-[...7 lines deleted...]
-        <v>1881</v>
       </c>
     </row>
     <row r="446" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A446" s="182" t="s">
+        <v>1880</v>
+      </c>
+      <c r="B446" s="182" t="s">
+        <v>1881</v>
+      </c>
+      <c r="C446" s="183" t="s">
         <v>1882</v>
       </c>
-      <c r="B446" s="182" t="s">
+      <c r="D446" s="183" t="s">
         <v>1883</v>
       </c>
-      <c r="C446" s="183" t="s">
+      <c r="E446" s="184" t="s">
         <v>1884</v>
       </c>
-      <c r="D446" s="183" t="s">
+      <c r="F446" s="184" t="s">
         <v>1885</v>
-      </c>
-[...4 lines deleted...]
-        <v>1887</v>
       </c>
     </row>
     <row r="447" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A447" s="182" t="s">
+        <v>1886</v>
+      </c>
+      <c r="B447" s="182" t="s">
+        <v>1887</v>
+      </c>
+      <c r="C447" s="183" t="s">
+        <v>1516</v>
+      </c>
+      <c r="D447" s="183" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E447" s="184" t="s">
         <v>1888</v>
       </c>
-      <c r="B447" s="182" t="s">
+      <c r="F447" s="184" t="s">
         <v>1889</v>
-      </c>
-[...10 lines deleted...]
-        <v>1891</v>
       </c>
     </row>
     <row r="448" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A448" s="182" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="B448" s="182" t="s">
-        <v>1892</v>
+        <v>1890</v>
       </c>
       <c r="C448" s="183" t="s">
-        <v>1893</v>
+        <v>1891</v>
       </c>
       <c r="D448" s="183" t="s">
-        <v>2455</v>
+        <v>2453</v>
       </c>
       <c r="E448" s="184" t="s">
-        <v>1693</v>
+        <v>1691</v>
       </c>
       <c r="F448" s="184" t="s">
-        <v>1309</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="449" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A449" s="182" t="s">
+        <v>1892</v>
+      </c>
+      <c r="B449" s="182" t="s">
+        <v>1893</v>
+      </c>
+      <c r="C449" s="183" t="s">
         <v>1894</v>
       </c>
-      <c r="B449" s="182" t="s">
+      <c r="D449" s="183" t="s">
         <v>1895</v>
       </c>
-      <c r="C449" s="183" t="s">
+      <c r="E449" s="184" t="s">
+        <v>1392</v>
+      </c>
+      <c r="F449" s="184" t="s">
         <v>1896</v>
-      </c>
-[...7 lines deleted...]
-        <v>1898</v>
       </c>
     </row>
     <row r="450" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A450" s="182" t="s">
+        <v>1897</v>
+      </c>
+      <c r="B450" s="182" t="s">
+        <v>1898</v>
+      </c>
+      <c r="C450" s="183" t="s">
+        <v>1530</v>
+      </c>
+      <c r="D450" s="183" t="s">
         <v>1899</v>
       </c>
-      <c r="B450" s="182" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E450" s="184" t="s">
-        <v>1382</v>
+        <v>1380</v>
       </c>
       <c r="F450" s="184" t="s">
-        <v>1383</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="451" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A451" s="182" t="s">
+        <v>1900</v>
+      </c>
+      <c r="B451" s="182" t="s">
+        <v>1901</v>
+      </c>
+      <c r="C451" s="183" t="s">
         <v>1902</v>
       </c>
-      <c r="B451" s="182" t="s">
+      <c r="D451" s="183" t="s">
         <v>1903</v>
       </c>
-      <c r="C451" s="183" t="s">
+      <c r="E451" s="184" t="s">
         <v>1904</v>
       </c>
-      <c r="D451" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F451" s="184" t="s">
-        <v>1309</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="452" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A452" s="182" t="s">
+        <v>1905</v>
+      </c>
+      <c r="B452" s="182" t="s">
+        <v>1906</v>
+      </c>
+      <c r="C452" s="183" t="s">
         <v>1907</v>
       </c>
-      <c r="B452" s="182" t="s">
+      <c r="D452" s="183" t="s">
+        <v>1560</v>
+      </c>
+      <c r="E452" s="184" t="s">
         <v>1908</v>
       </c>
-      <c r="C452" s="183" t="s">
+      <c r="F452" s="184" t="s">
         <v>1909</v>
-      </c>
-[...7 lines deleted...]
-        <v>1911</v>
       </c>
     </row>
     <row r="453" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A453" s="182" t="s">
-        <v>1912</v>
+        <v>1910</v>
       </c>
       <c r="B453" s="182" t="s">
-        <v>2450</v>
+        <v>2448</v>
       </c>
       <c r="C453" s="183" t="s">
-        <v>1707</v>
+        <v>1705</v>
       </c>
       <c r="D453" s="183" t="s">
-        <v>1913</v>
+        <v>1911</v>
       </c>
       <c r="E453" s="184" t="s">
-        <v>1389</v>
+        <v>1387</v>
       </c>
       <c r="F453" s="184" t="s">
-        <v>1390</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="454" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A454" s="182" t="s">
+        <v>1912</v>
+      </c>
+      <c r="B454" s="182" t="s">
+        <v>1913</v>
+      </c>
+      <c r="C454" s="183" t="s">
         <v>1914</v>
       </c>
-      <c r="B454" s="182" t="s">
+      <c r="D454" s="183" t="s">
         <v>1915</v>
       </c>
-      <c r="C454" s="183" t="s">
+      <c r="E454" s="184" t="s">
         <v>1916</v>
       </c>
-      <c r="D454" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F454" s="184" t="s">
-        <v>2484</v>
+        <v>2482</v>
       </c>
     </row>
     <row r="455" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A455" s="182" t="s">
+        <v>1917</v>
+      </c>
+      <c r="B455" s="182" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C455" s="183" t="s">
+        <v>1918</v>
+      </c>
+      <c r="D455" s="183" t="s">
         <v>1919</v>
       </c>
-      <c r="B455" s="182" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E455" s="184" t="s">
-        <v>647</v>
+        <v>645</v>
       </c>
       <c r="F455" s="184" t="s">
-        <v>2485</v>
+        <v>2483</v>
       </c>
     </row>
     <row r="456" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A456" s="182" t="s">
+        <v>1920</v>
+      </c>
+      <c r="B456" s="182" t="s">
+        <v>1921</v>
+      </c>
+      <c r="C456" s="183" t="s">
         <v>1922</v>
       </c>
-      <c r="B456" s="182" t="s">
+      <c r="D456" s="183" t="s">
         <v>1923</v>
       </c>
-      <c r="C456" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E456" s="184" t="s">
-        <v>1451</v>
+        <v>1449</v>
       </c>
       <c r="F456" s="184" t="s">
-        <v>1452</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="457" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A457" s="182" t="s">
+        <v>1924</v>
+      </c>
+      <c r="B457" s="182" t="s">
+        <v>1925</v>
+      </c>
+      <c r="C457" s="183" t="s">
         <v>1926</v>
       </c>
-      <c r="B457" s="182" t="s">
+      <c r="D457" s="183" t="s">
         <v>1927</v>
       </c>
-      <c r="C457" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E457" s="184" t="s">
-        <v>1402</v>
+        <v>1400</v>
       </c>
       <c r="F457" s="184" t="s">
-        <v>1403</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="458" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A458" s="182" t="s">
+        <v>1928</v>
+      </c>
+      <c r="B458" s="182" t="s">
+        <v>1638</v>
+      </c>
+      <c r="C458" s="183" t="s">
+        <v>1929</v>
+      </c>
+      <c r="D458" s="183" t="s">
         <v>1930</v>
       </c>
-      <c r="B458" s="182" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E458" s="184" t="s">
-        <v>1558</v>
+        <v>1556</v>
       </c>
       <c r="F458" s="184" t="s">
-        <v>1905</v>
+        <v>1903</v>
       </c>
     </row>
     <row r="459" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A459" s="182" t="s">
+        <v>1931</v>
+      </c>
+      <c r="B459" s="182" t="s">
+        <v>1932</v>
+      </c>
+      <c r="C459" s="183" t="s">
+        <v>1380</v>
+      </c>
+      <c r="D459" s="183" t="s">
+        <v>1381</v>
+      </c>
+      <c r="E459" s="184" t="s">
+        <v>1345</v>
+      </c>
+      <c r="F459" s="184" t="s">
         <v>1933</v>
-      </c>
-[...13 lines deleted...]
-        <v>1935</v>
       </c>
     </row>
     <row r="460" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A460" s="182" t="s">
-        <v>1936</v>
+        <v>1934</v>
       </c>
       <c r="B460" s="182" t="s">
-        <v>1937</v>
+        <v>1935</v>
       </c>
       <c r="C460" s="183" t="s">
-        <v>1268</v>
+        <v>1266</v>
       </c>
       <c r="D460" s="183" t="s">
-        <v>1269</v>
+        <v>1267</v>
       </c>
       <c r="E460" s="184" t="s">
-        <v>1441</v>
+        <v>1439</v>
       </c>
       <c r="F460" s="184" t="s">
-        <v>1442</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="461" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A461" s="182" t="s">
-        <v>1938</v>
+        <v>1936</v>
       </c>
       <c r="B461" s="182" t="s">
-        <v>1787</v>
+        <v>1785</v>
       </c>
       <c r="C461" s="183" t="s">
-        <v>1939</v>
+        <v>1937</v>
       </c>
       <c r="D461" s="183" t="s">
-        <v>1421</v>
+        <v>1419</v>
       </c>
       <c r="E461" s="184" t="s">
-        <v>1434</v>
+        <v>1432</v>
       </c>
       <c r="F461" s="184" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
     </row>
     <row r="462" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A462" s="182" t="s">
-        <v>1940</v>
+        <v>1938</v>
       </c>
       <c r="B462" s="182" t="s">
-        <v>1941</v>
+        <v>1939</v>
       </c>
       <c r="C462" s="183" t="s">
-        <v>1429</v>
+        <v>1427</v>
       </c>
       <c r="D462" s="183" t="s">
-        <v>1430</v>
+        <v>1428</v>
       </c>
       <c r="E462" s="184" t="s">
-        <v>1535</v>
+        <v>1533</v>
       </c>
       <c r="F462" s="184" t="s">
-        <v>1536</v>
+        <v>1534</v>
       </c>
     </row>
     <row r="463" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A463" s="182" t="s">
-        <v>1942</v>
+        <v>1940</v>
       </c>
       <c r="B463" s="182" t="s">
-        <v>1943</v>
+        <v>1941</v>
       </c>
       <c r="C463" s="183" t="s">
-        <v>1535</v>
+        <v>1533</v>
       </c>
       <c r="D463" s="183" t="s">
-        <v>1536</v>
+        <v>1534</v>
       </c>
       <c r="E463" s="184" t="s">
-        <v>1415</v>
+        <v>1413</v>
       </c>
       <c r="F463" s="184" t="s">
-        <v>1403</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="464" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A464" s="182" t="s">
-        <v>1944</v>
+        <v>1942</v>
       </c>
       <c r="B464" s="182" t="s">
-        <v>1945</v>
+        <v>1943</v>
       </c>
       <c r="C464" s="183" t="s">
-        <v>1385</v>
+        <v>1383</v>
       </c>
       <c r="D464" s="183" t="s">
-        <v>1411</v>
+        <v>1409</v>
       </c>
       <c r="E464" s="184" t="s">
-        <v>1429</v>
+        <v>1427</v>
       </c>
       <c r="F464" s="184" t="s">
-        <v>2486</v>
+        <v>2484</v>
       </c>
     </row>
     <row r="465" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A465" s="182" t="s">
+        <v>1944</v>
+      </c>
+      <c r="B465" s="182" t="s">
+        <v>1945</v>
+      </c>
+      <c r="C465" s="183" t="s">
+        <v>1416</v>
+      </c>
+      <c r="D465" s="183" t="s">
         <v>1946</v>
       </c>
-      <c r="B465" s="182" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E465" s="184" t="s">
-        <v>1437</v>
+        <v>1435</v>
       </c>
       <c r="F465" s="184" t="s">
-        <v>1555</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="466" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A466" s="182" t="s">
+        <v>1947</v>
+      </c>
+      <c r="B466" s="182" t="s">
+        <v>1948</v>
+      </c>
+      <c r="C466" s="183" t="s">
         <v>1949</v>
       </c>
-      <c r="B466" s="182" t="s">
+      <c r="D466" s="183" t="s">
         <v>1950</v>
       </c>
-      <c r="C466" s="183" t="s">
+      <c r="E466" s="184" t="s">
         <v>1951</v>
       </c>
-      <c r="D466" s="183" t="s">
+      <c r="F466" s="184" t="s">
         <v>1952</v>
-      </c>
-[...4 lines deleted...]
-        <v>1954</v>
       </c>
     </row>
     <row r="467" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A467" s="182" t="s">
+        <v>1953</v>
+      </c>
+      <c r="B467" s="182" t="s">
+        <v>1954</v>
+      </c>
+      <c r="C467" s="183" t="s">
+        <v>1424</v>
+      </c>
+      <c r="D467" s="183" t="s">
+        <v>1425</v>
+      </c>
+      <c r="E467" s="184" t="s">
         <v>1955</v>
       </c>
-      <c r="B467" s="182" t="s">
+      <c r="F467" s="184" t="s">
         <v>1956</v>
-      </c>
-[...10 lines deleted...]
-        <v>1958</v>
       </c>
     </row>
     <row r="468" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A468" s="182" t="s">
+        <v>1957</v>
+      </c>
+      <c r="B468" s="182" t="s">
+        <v>1958</v>
+      </c>
+      <c r="C468" s="183" t="s">
+        <v>1916</v>
+      </c>
+      <c r="D468" s="183" t="s">
+        <v>1381</v>
+      </c>
+      <c r="E468" s="184" t="s">
         <v>1959</v>
       </c>
-      <c r="B468" s="182" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F468" s="184" t="s">
-        <v>2486</v>
+        <v>2484</v>
       </c>
     </row>
     <row r="469" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A469" s="182" t="s">
-        <v>1962</v>
+        <v>1960</v>
       </c>
       <c r="B469" s="182" t="s">
-        <v>1963</v>
+        <v>1961</v>
       </c>
       <c r="C469" s="183" t="s">
-        <v>1437</v>
+        <v>1435</v>
       </c>
       <c r="D469" s="183" t="s">
-        <v>1555</v>
+        <v>1553</v>
       </c>
       <c r="E469" s="184" t="s">
-        <v>1465</v>
+        <v>1463</v>
       </c>
       <c r="F469" s="184" t="s">
-        <v>1854</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="470" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A470" s="182" t="s">
-        <v>1719</v>
+        <v>1717</v>
       </c>
       <c r="B470" s="182" t="s">
+        <v>1962</v>
+      </c>
+      <c r="C470" s="183" t="s">
+        <v>1443</v>
+      </c>
+      <c r="D470" s="183" t="s">
+        <v>1963</v>
+      </c>
+      <c r="E470" s="184" t="s">
         <v>1964</v>
       </c>
-      <c r="C470" s="183" t="s">
-[...2 lines deleted...]
-      <c r="D470" s="183" t="s">
+      <c r="F470" s="184" t="s">
         <v>1965</v>
-      </c>
-[...4 lines deleted...]
-        <v>1967</v>
       </c>
     </row>
     <row r="471" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A471" s="182" t="s">
+        <v>1966</v>
+      </c>
+      <c r="B471" s="182" t="s">
+        <v>1967</v>
+      </c>
+      <c r="C471" s="183" t="s">
         <v>1968</v>
       </c>
-      <c r="B471" s="182" t="s">
+      <c r="D471" s="183" t="s">
         <v>1969</v>
       </c>
-      <c r="C471" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E471" s="184" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="F471" s="184" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
     </row>
     <row r="472" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A472" s="182" t="s">
+        <v>1970</v>
+      </c>
+      <c r="B472" s="182" t="s">
+        <v>1971</v>
+      </c>
+      <c r="C472" s="183" t="s">
         <v>1972</v>
       </c>
-      <c r="B472" s="182" t="s">
+      <c r="D472" s="183" t="s">
         <v>1973</v>
       </c>
-      <c r="C472" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E472" s="184" t="s">
-        <v>1496</v>
+        <v>1494</v>
       </c>
       <c r="F472" s="184" t="s">
-        <v>1497</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="473" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A473" s="182" t="s">
+        <v>1974</v>
+      </c>
+      <c r="B473" s="182" t="s">
+        <v>1975</v>
+      </c>
+      <c r="C473" s="183" t="s">
+        <v>1455</v>
+      </c>
+      <c r="D473" s="183" t="s">
+        <v>1456</v>
+      </c>
+      <c r="E473" s="184" t="s">
         <v>1976</v>
       </c>
-      <c r="B473" s="182" t="s">
+      <c r="F473" s="184" t="s">
         <v>1977</v>
-      </c>
-[...10 lines deleted...]
-        <v>1979</v>
       </c>
     </row>
     <row r="474" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A474" s="182" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B474" s="182" t="s">
+        <v>1979</v>
+      </c>
+      <c r="C474" s="183" t="s">
         <v>1980</v>
       </c>
-      <c r="B474" s="182" t="s">
+      <c r="D474" s="183" t="s">
         <v>1981</v>
       </c>
-      <c r="C474" s="183" t="s">
+      <c r="E474" s="184" t="s">
+        <v>1949</v>
+      </c>
+      <c r="F474" s="184" t="s">
         <v>1982</v>
-      </c>
-[...7 lines deleted...]
-        <v>1984</v>
       </c>
     </row>
     <row r="475" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A475" s="182" t="s">
+        <v>1983</v>
+      </c>
+      <c r="B475" s="182" t="s">
+        <v>1984</v>
+      </c>
+      <c r="C475" s="183" t="s">
         <v>1985</v>
       </c>
-      <c r="B475" s="182" t="s">
+      <c r="D475" s="183" t="s">
         <v>1986</v>
       </c>
-      <c r="C475" s="183" t="s">
+      <c r="E475" s="184" t="s">
         <v>1987</v>
       </c>
-      <c r="D475" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F475" s="184" t="s">
-        <v>1967</v>
+        <v>1965</v>
       </c>
     </row>
     <row r="476" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A476" s="182" t="s">
+        <v>1988</v>
+      </c>
+      <c r="B476" s="182" t="s">
+        <v>1989</v>
+      </c>
+      <c r="C476" s="183" t="s">
         <v>1990</v>
       </c>
-      <c r="B476" s="182" t="s">
+      <c r="D476" s="183" t="s">
         <v>1991</v>
       </c>
-      <c r="C476" s="183" t="s">
+      <c r="E476" s="184" t="s">
         <v>1992</v>
       </c>
-      <c r="D476" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F476" s="184" t="s">
-        <v>1573</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="477" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A477" s="182" t="s">
+        <v>1993</v>
+      </c>
+      <c r="B477" s="182" t="s">
+        <v>1994</v>
+      </c>
+      <c r="C477" s="183" t="s">
         <v>1995</v>
       </c>
-      <c r="B477" s="182" t="s">
+      <c r="D477" s="183" t="s">
+        <v>1981</v>
+      </c>
+      <c r="E477" s="184" t="s">
         <v>1996</v>
       </c>
-      <c r="C477" s="183" t="s">
+      <c r="F477" s="184" t="s">
         <v>1997</v>
-      </c>
-[...7 lines deleted...]
-        <v>1999</v>
       </c>
     </row>
     <row r="478" spans="1:6" x14ac:dyDescent="0.15">
       <c r="C478" s="183" t="s">
+        <v>1998</v>
+      </c>
+      <c r="D478" s="183" t="s">
+        <v>1999</v>
+      </c>
+      <c r="E478" s="184" t="s">
         <v>2000</v>
       </c>
-      <c r="D478" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F478" s="184" t="s">
-        <v>1403</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="479" spans="1:6" x14ac:dyDescent="0.15">
       <c r="C479" s="183" t="s">
-        <v>2003</v>
+        <v>2001</v>
       </c>
       <c r="D479" s="183" t="s">
-        <v>2004</v>
+        <v>2002</v>
       </c>
       <c r="E479" s="184" t="s">
-        <v>1453</v>
+        <v>1451</v>
       </c>
       <c r="F479" s="184" t="s">
-        <v>2028</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="480" spans="1:6" x14ac:dyDescent="0.15">
       <c r="C480" s="183" t="s">
+        <v>2003</v>
+      </c>
+      <c r="D480" s="183" t="s">
+        <v>2004</v>
+      </c>
+      <c r="E480" s="184" t="s">
         <v>2005</v>
       </c>
-      <c r="D480" s="183" t="s">
+      <c r="F480" s="184" t="s">
         <v>2006</v>
-      </c>
-[...4 lines deleted...]
-        <v>2008</v>
       </c>
     </row>
     <row r="481" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C481" s="183" t="s">
+        <v>2007</v>
+      </c>
+      <c r="D481" s="183" t="s">
+        <v>1852</v>
+      </c>
+      <c r="E481" s="184" t="s">
+        <v>2008</v>
+      </c>
+      <c r="F481" s="184" t="s">
         <v>2009</v>
-      </c>
-[...7 lines deleted...]
-        <v>2011</v>
       </c>
     </row>
     <row r="482" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C482" s="183" t="s">
-        <v>1482</v>
+        <v>1480</v>
       </c>
       <c r="D482" s="183" t="s">
-        <v>1483</v>
+        <v>1481</v>
       </c>
       <c r="E482" s="184" t="s">
-        <v>1764</v>
+        <v>1762</v>
       </c>
       <c r="F482" s="184" t="s">
-        <v>723</v>
+        <v>721</v>
       </c>
     </row>
     <row r="483" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C483" s="183" t="s">
+        <v>2010</v>
+      </c>
+      <c r="D483" s="183" t="s">
+        <v>2011</v>
+      </c>
+      <c r="E483" s="184" t="s">
         <v>2012</v>
       </c>
-      <c r="D483" s="183" t="s">
+      <c r="F483" s="184" t="s">
         <v>2013</v>
-      </c>
-[...4 lines deleted...]
-        <v>2015</v>
       </c>
     </row>
     <row r="484" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C484" s="183" t="s">
-        <v>1491</v>
+        <v>1489</v>
       </c>
       <c r="D484" s="183" t="s">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="E484" s="184" t="s">
-        <v>1928</v>
+        <v>1926</v>
       </c>
       <c r="F484" s="184" t="s">
-        <v>1929</v>
+        <v>1927</v>
       </c>
     </row>
     <row r="485" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C485" s="183" t="s">
+        <v>2015</v>
+      </c>
+      <c r="D485" s="183" t="s">
+        <v>2016</v>
+      </c>
+      <c r="E485" s="184" t="s">
         <v>2017</v>
       </c>
-      <c r="D485" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F485" s="184" t="s">
-        <v>1398</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="486" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C486" s="183" t="s">
+        <v>2018</v>
+      </c>
+      <c r="D486" s="183" t="s">
+        <v>2019</v>
+      </c>
+      <c r="E486" s="184" t="s">
         <v>2020</v>
       </c>
-      <c r="D486" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F486" s="184" t="s">
-        <v>1905</v>
+        <v>1903</v>
       </c>
     </row>
     <row r="487" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C487" s="183" t="s">
-        <v>543</v>
+        <v>541</v>
       </c>
       <c r="D487" s="183" t="s">
-        <v>544</v>
+        <v>542</v>
       </c>
       <c r="E487" s="184" t="s">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F487" s="184" t="s">
-        <v>1905</v>
+        <v>1903</v>
       </c>
     </row>
     <row r="488" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C488" s="183" t="s">
-        <v>1506</v>
+        <v>1504</v>
       </c>
       <c r="D488" s="183" t="s">
-        <v>1948</v>
+        <v>1946</v>
       </c>
       <c r="E488" s="184" t="s">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="F488" s="184" t="s">
-        <v>2025</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="489" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C489" s="183" t="s">
-        <v>1211</v>
+        <v>1209</v>
       </c>
       <c r="D489" s="183" t="s">
+        <v>2024</v>
+      </c>
+      <c r="E489" s="184" t="s">
+        <v>2025</v>
+      </c>
+      <c r="F489" s="184" t="s">
         <v>2026</v>
-      </c>
-[...4 lines deleted...]
-        <v>2028</v>
       </c>
     </row>
     <row r="490" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C490" s="183" t="s">
+        <v>2027</v>
+      </c>
+      <c r="D490" s="183" t="s">
+        <v>2028</v>
+      </c>
+      <c r="E490" s="184" t="s">
         <v>2029</v>
       </c>
-      <c r="D490" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F490" s="184" t="s">
-        <v>1860</v>
+        <v>1858</v>
       </c>
     </row>
     <row r="491" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C491" s="183" t="s">
+        <v>2030</v>
+      </c>
+      <c r="D491" s="183" t="s">
+        <v>2031</v>
+      </c>
+      <c r="E491" s="184" t="s">
         <v>2032</v>
       </c>
-      <c r="D491" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F491" s="184" t="s">
-        <v>1656</v>
+        <v>1654</v>
       </c>
     </row>
     <row r="492" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C492" s="183" t="s">
-        <v>1524</v>
+        <v>1522</v>
       </c>
       <c r="D492" s="183" t="s">
-        <v>1525</v>
+        <v>1523</v>
       </c>
       <c r="E492" s="184" t="s">
-        <v>2035</v>
+        <v>2033</v>
       </c>
       <c r="F492" s="184" t="s">
-        <v>2487</v>
+        <v>2485</v>
       </c>
     </row>
     <row r="493" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C493" s="183" t="s">
+        <v>2034</v>
+      </c>
+      <c r="D493" s="183" t="s">
+        <v>2035</v>
+      </c>
+      <c r="E493" s="184" t="s">
         <v>2036</v>
       </c>
-      <c r="D493" s="183" t="s">
+      <c r="F493" s="184" t="s">
         <v>2037</v>
-      </c>
-[...4 lines deleted...]
-        <v>2039</v>
       </c>
     </row>
     <row r="494" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C494" s="183" t="s">
-        <v>1548</v>
+        <v>1546</v>
       </c>
       <c r="D494" s="183" t="s">
-        <v>2040</v>
+        <v>2038</v>
       </c>
       <c r="E494" s="184" t="s">
-        <v>1909</v>
+        <v>1907</v>
       </c>
       <c r="F494" s="184" t="s">
-        <v>1562</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="495" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C495" s="183" t="s">
-        <v>1558</v>
+        <v>1556</v>
       </c>
       <c r="D495" s="183" t="s">
-        <v>1967</v>
+        <v>1965</v>
       </c>
       <c r="E495" s="184" t="s">
-        <v>2041</v>
+        <v>2039</v>
       </c>
       <c r="F495" s="184" t="s">
-        <v>2042</v>
+        <v>2040</v>
       </c>
     </row>
     <row r="496" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C496" s="183" t="s">
-        <v>1570</v>
+        <v>1568</v>
       </c>
       <c r="D496" s="183" t="s">
-        <v>1571</v>
+        <v>1569</v>
       </c>
       <c r="E496" s="184" t="s">
-        <v>2043</v>
+        <v>2041</v>
       </c>
       <c r="F496" s="184" t="s">
-        <v>1967</v>
+        <v>1965</v>
       </c>
     </row>
     <row r="497" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C497" s="183" t="s">
+        <v>2042</v>
+      </c>
+      <c r="D497" s="183" t="s">
+        <v>2043</v>
+      </c>
+      <c r="E497" s="184" t="s">
         <v>2044</v>
       </c>
-      <c r="D497" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F497" s="184" t="s">
-        <v>1897</v>
+        <v>1895</v>
       </c>
     </row>
     <row r="498" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C498" s="183" t="s">
+        <v>2045</v>
+      </c>
+      <c r="D498" s="183" t="s">
+        <v>2046</v>
+      </c>
+      <c r="E498" s="184" t="s">
         <v>2047</v>
       </c>
-      <c r="D498" s="183" t="s">
+      <c r="F498" s="184" t="s">
         <v>2048</v>
-      </c>
-[...4 lines deleted...]
-        <v>2050</v>
       </c>
     </row>
     <row r="499" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C499" s="183" t="s">
-        <v>2051</v>
+        <v>2049</v>
       </c>
       <c r="D499" s="183" t="s">
-        <v>1905</v>
+        <v>1903</v>
       </c>
       <c r="E499" s="184" t="s">
-        <v>2052</v>
+        <v>2050</v>
       </c>
       <c r="F499" s="184" t="s">
-        <v>2060</v>
+        <v>2058</v>
       </c>
     </row>
     <row r="500" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C500" s="183" t="s">
+        <v>2051</v>
+      </c>
+      <c r="D500" s="183" t="s">
+        <v>1104</v>
+      </c>
+      <c r="E500" s="184" t="s">
+        <v>2052</v>
+      </c>
+      <c r="F500" s="184" t="s">
         <v>2053</v>
-      </c>
-[...7 lines deleted...]
-        <v>2055</v>
       </c>
     </row>
     <row r="501" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C501" s="183" t="s">
-        <v>2056</v>
+        <v>2054</v>
       </c>
       <c r="D501" s="183" t="s">
-        <v>2057</v>
+        <v>2055</v>
       </c>
       <c r="E501" s="184" t="s">
-        <v>1524</v>
+        <v>1522</v>
       </c>
       <c r="F501" s="184" t="s">
-        <v>1525</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="502" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C502" s="183" t="s">
-        <v>1592</v>
+        <v>1590</v>
       </c>
       <c r="D502" s="183" t="s">
+        <v>2056</v>
+      </c>
+      <c r="E502" s="184" t="s">
+        <v>2057</v>
+      </c>
+      <c r="F502" s="184" t="s">
         <v>2058</v>
-      </c>
-[...4 lines deleted...]
-        <v>2060</v>
       </c>
     </row>
     <row r="503" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C503" s="183" t="s">
+        <v>2059</v>
+      </c>
+      <c r="D503" s="183" t="s">
+        <v>2060</v>
+      </c>
+      <c r="E503" s="184" t="s">
         <v>2061</v>
       </c>
-      <c r="D503" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F503" s="184" t="s">
-        <v>2060</v>
+        <v>2058</v>
       </c>
     </row>
     <row r="504" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C504" s="183" t="s">
+        <v>2062</v>
+      </c>
+      <c r="D504" s="183" t="s">
+        <v>1854</v>
+      </c>
+      <c r="E504" s="184" t="s">
+        <v>2063</v>
+      </c>
+      <c r="F504" s="184" t="s">
         <v>2064</v>
-      </c>
-[...7 lines deleted...]
-        <v>2066</v>
       </c>
     </row>
     <row r="505" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C505" s="183" t="s">
+        <v>2065</v>
+      </c>
+      <c r="D505" s="183" t="s">
+        <v>2066</v>
+      </c>
+      <c r="E505" s="184" t="s">
         <v>2067</v>
       </c>
-      <c r="D505" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F505" s="184" t="s">
-        <v>1941</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="506" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C506" s="183" t="s">
+        <v>2068</v>
+      </c>
+      <c r="D506" s="183" t="s">
+        <v>2069</v>
+      </c>
+      <c r="E506" s="184" t="s">
         <v>2070</v>
       </c>
-      <c r="D506" s="183" t="s">
+      <c r="F506" s="184" t="s">
         <v>2071</v>
-      </c>
-[...4 lines deleted...]
-        <v>2073</v>
       </c>
     </row>
     <row r="507" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C507" s="183" t="s">
-        <v>2074</v>
+        <v>2072</v>
       </c>
       <c r="D507" s="183" t="s">
-        <v>1952</v>
+        <v>1950</v>
       </c>
       <c r="E507" s="184" t="s">
-        <v>1389</v>
+        <v>1387</v>
       </c>
       <c r="F507" s="184" t="s">
-        <v>1390</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="508" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C508" s="183" t="s">
-        <v>1596</v>
+        <v>1594</v>
       </c>
       <c r="D508" s="183" t="s">
-        <v>1597</v>
+        <v>1595</v>
       </c>
       <c r="E508" s="184" t="s">
-        <v>2075</v>
+        <v>2073</v>
       </c>
       <c r="F508" s="184" t="s">
-        <v>2076</v>
+        <v>2074</v>
       </c>
     </row>
     <row r="509" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C509" s="183" t="s">
-        <v>1583</v>
+        <v>1581</v>
       </c>
       <c r="D509" s="183" t="s">
-        <v>2077</v>
+        <v>2075</v>
       </c>
       <c r="E509" s="184" t="s">
-        <v>1350</v>
+        <v>1348</v>
       </c>
       <c r="F509" s="184" t="s">
-        <v>1351</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="510" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C510" s="183" t="s">
+        <v>2076</v>
+      </c>
+      <c r="D510" s="183" t="s">
+        <v>2077</v>
+      </c>
+      <c r="E510" s="184" t="s">
         <v>2078</v>
       </c>
-      <c r="D510" s="183" t="s">
+      <c r="F510" s="184" t="s">
         <v>2079</v>
-      </c>
-[...4 lines deleted...]
-        <v>2081</v>
       </c>
     </row>
     <row r="511" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C511" s="183" t="s">
-        <v>1957</v>
+        <v>1955</v>
       </c>
       <c r="D511" s="183" t="s">
-        <v>1958</v>
+        <v>1956</v>
       </c>
       <c r="E511" s="184" t="s">
-        <v>1343</v>
+        <v>1341</v>
       </c>
       <c r="F511" s="184" t="s">
-        <v>1344</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="512" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C512" s="183" t="s">
-        <v>2082</v>
+        <v>2080</v>
       </c>
       <c r="D512" s="183" t="s">
-        <v>1958</v>
+        <v>1956</v>
       </c>
       <c r="E512" s="184" t="s">
-        <v>2083</v>
+        <v>2081</v>
       </c>
       <c r="F512" s="184" t="s">
-        <v>1880</v>
+        <v>1878</v>
       </c>
     </row>
     <row r="513" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C513" s="183" t="s">
+        <v>2082</v>
+      </c>
+      <c r="D513" s="183" t="s">
+        <v>2083</v>
+      </c>
+      <c r="E513" s="184" t="s">
         <v>2084</v>
       </c>
-      <c r="D513" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F513" s="184" t="s">
-        <v>1497</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="514" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C514" s="183" t="s">
-        <v>2087</v>
+        <v>2085</v>
       </c>
       <c r="D514" s="183" t="s">
-        <v>1595</v>
+        <v>1593</v>
       </c>
       <c r="E514" s="184" t="s">
-        <v>1482</v>
+        <v>1480</v>
       </c>
       <c r="F514" s="184" t="s">
-        <v>1483</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="515" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C515" s="183" t="s">
+        <v>2086</v>
+      </c>
+      <c r="D515" s="183" t="s">
+        <v>2087</v>
+      </c>
+      <c r="E515" s="184" t="s">
         <v>2088</v>
       </c>
-      <c r="D515" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F515" s="184" t="s">
-        <v>2488</v>
+        <v>2486</v>
       </c>
     </row>
     <row r="516" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C516" s="183" t="s">
+        <v>2089</v>
+      </c>
+      <c r="D516" s="183" t="s">
+        <v>2090</v>
+      </c>
+      <c r="E516" s="184" t="s">
         <v>2091</v>
       </c>
-      <c r="D516" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F516" s="184" t="s">
-        <v>1142</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="517" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C517" s="183" t="s">
-        <v>1605</v>
+        <v>1603</v>
       </c>
       <c r="D517" s="183" t="s">
-        <v>858</v>
+        <v>856</v>
       </c>
       <c r="E517" s="184" t="s">
-        <v>1471</v>
+        <v>1469</v>
       </c>
       <c r="F517" s="184" t="s">
-        <v>1848</v>
+        <v>1846</v>
       </c>
     </row>
     <row r="518" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C518" s="183" t="s">
+        <v>2092</v>
+      </c>
+      <c r="D518" s="183" t="s">
+        <v>2093</v>
+      </c>
+      <c r="E518" s="184" t="s">
         <v>2094</v>
       </c>
-      <c r="D518" s="183" t="s">
+      <c r="F518" s="184" t="s">
         <v>2095</v>
-      </c>
-[...4 lines deleted...]
-        <v>2097</v>
       </c>
     </row>
     <row r="519" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C519" s="183" t="s">
+        <v>2096</v>
+      </c>
+      <c r="D519" s="183" t="s">
+        <v>2097</v>
+      </c>
+      <c r="E519" s="184" t="s">
         <v>2098</v>
       </c>
-      <c r="D519" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F519" s="184" t="s">
-        <v>2001</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="520" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C520" s="183" t="s">
-        <v>1624</v>
+        <v>1622</v>
       </c>
       <c r="D520" s="183" t="s">
-        <v>1625</v>
+        <v>1623</v>
       </c>
       <c r="E520" s="184" t="s">
-        <v>2101</v>
+        <v>2099</v>
       </c>
       <c r="F520" s="184" t="s">
-        <v>2102</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="521" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C521" s="183" t="s">
+        <v>2101</v>
+      </c>
+      <c r="D521" s="183" t="s">
+        <v>2102</v>
+      </c>
+      <c r="E521" s="184" t="s">
         <v>2103</v>
       </c>
-      <c r="D521" s="183" t="s">
+      <c r="F521" s="184" t="s">
         <v>2104</v>
-      </c>
-[...4 lines deleted...]
-        <v>2106</v>
       </c>
     </row>
     <row r="522" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C522" s="183" t="s">
+        <v>2105</v>
+      </c>
+      <c r="D522" s="183" t="s">
+        <v>2106</v>
+      </c>
+      <c r="E522" s="184" t="s">
+        <v>1681</v>
+      </c>
+      <c r="F522" s="184" t="s">
         <v>2107</v>
-      </c>
-[...7 lines deleted...]
-        <v>2109</v>
       </c>
     </row>
     <row r="523" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C523" s="183" t="s">
+        <v>2108</v>
+      </c>
+      <c r="D523" s="183" t="s">
+        <v>1140</v>
+      </c>
+      <c r="E523" s="184" t="s">
+        <v>2109</v>
+      </c>
+      <c r="F523" s="184" t="s">
         <v>2110</v>
-      </c>
-[...7 lines deleted...]
-        <v>2112</v>
       </c>
     </row>
     <row r="524" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C524" s="183" t="s">
-        <v>1601</v>
+        <v>1599</v>
       </c>
       <c r="D524" s="183" t="s">
-        <v>2113</v>
+        <v>2111</v>
       </c>
       <c r="E524" s="184" t="s">
-        <v>2114</v>
+        <v>2112</v>
       </c>
       <c r="F524" s="184" t="s">
-        <v>1202</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="525" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C525" s="183" t="s">
+        <v>2113</v>
+      </c>
+      <c r="D525" s="183" t="s">
+        <v>460</v>
+      </c>
+      <c r="E525" s="184" t="s">
+        <v>2114</v>
+      </c>
+      <c r="F525" s="184" t="s">
         <v>2115</v>
-      </c>
-[...7 lines deleted...]
-        <v>2117</v>
       </c>
     </row>
     <row r="526" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C526" s="183" t="s">
-        <v>1622</v>
+        <v>1620</v>
       </c>
       <c r="D526" s="183" t="s">
-        <v>858</v>
+        <v>856</v>
       </c>
       <c r="E526" s="184" t="s">
-        <v>1596</v>
+        <v>1594</v>
       </c>
       <c r="F526" s="184" t="s">
-        <v>1597</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="527" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C527" s="183" t="s">
+        <v>2116</v>
+      </c>
+      <c r="D527" s="183" t="s">
+        <v>2117</v>
+      </c>
+      <c r="E527" s="184" t="s">
+        <v>2092</v>
+      </c>
+      <c r="F527" s="184" t="s">
         <v>2118</v>
-      </c>
-[...7 lines deleted...]
-        <v>2120</v>
       </c>
     </row>
     <row r="528" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C528" s="183" t="s">
+        <v>2119</v>
+      </c>
+      <c r="D528" s="183" t="s">
+        <v>1450</v>
+      </c>
+      <c r="E528" s="184" t="s">
+        <v>2120</v>
+      </c>
+      <c r="F528" s="184" t="s">
         <v>2121</v>
-      </c>
-[...7 lines deleted...]
-        <v>2123</v>
       </c>
     </row>
     <row r="529" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C529" s="183" t="s">
-        <v>1617</v>
+        <v>1615</v>
       </c>
       <c r="D529" s="183" t="s">
-        <v>1618</v>
+        <v>1616</v>
       </c>
       <c r="E529" s="184" t="s">
-        <v>2124</v>
+        <v>2122</v>
       </c>
       <c r="F529" s="184" t="s">
-        <v>2489</v>
+        <v>2487</v>
       </c>
     </row>
     <row r="530" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C530" s="183" t="s">
-        <v>2125</v>
+        <v>2123</v>
       </c>
       <c r="D530" s="183" t="s">
-        <v>2456</v>
+        <v>2454</v>
       </c>
       <c r="E530" s="184" t="s">
-        <v>2126</v>
+        <v>2124</v>
       </c>
       <c r="F530" s="184" t="s">
-        <v>2354</v>
+        <v>2352</v>
       </c>
     </row>
     <row r="531" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C531" s="183" t="s">
+        <v>2125</v>
+      </c>
+      <c r="D531" s="183" t="s">
+        <v>2126</v>
+      </c>
+      <c r="E531" s="184" t="s">
         <v>2127</v>
       </c>
-      <c r="D531" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F531" s="184" t="s">
-        <v>2490</v>
+        <v>2488</v>
       </c>
     </row>
     <row r="532" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C532" s="183" t="s">
-        <v>1632</v>
+        <v>1630</v>
       </c>
       <c r="D532" s="183" t="s">
+        <v>2128</v>
+      </c>
+      <c r="E532" s="184" t="s">
+        <v>2129</v>
+      </c>
+      <c r="F532" s="184" t="s">
         <v>2130</v>
-      </c>
-[...4 lines deleted...]
-        <v>2132</v>
       </c>
     </row>
     <row r="533" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C533" s="183" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="D533" s="183" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="E533" s="184" t="s">
-        <v>2087</v>
+        <v>2085</v>
       </c>
       <c r="F533" s="184" t="s">
-        <v>2133</v>
+        <v>2131</v>
       </c>
     </row>
     <row r="534" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C534" s="183" t="s">
+        <v>2132</v>
+      </c>
+      <c r="D534" s="183" t="s">
+        <v>2133</v>
+      </c>
+      <c r="E534" s="184" t="s">
         <v>2134</v>
       </c>
-      <c r="D534" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F534" s="184" t="s">
-        <v>2085</v>
+        <v>2083</v>
       </c>
     </row>
     <row r="535" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C535" s="183" t="s">
+        <v>2135</v>
+      </c>
+      <c r="D535" s="183" t="s">
+        <v>2136</v>
+      </c>
+      <c r="E535" s="184" t="s">
         <v>2137</v>
       </c>
-      <c r="D535" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F535" s="184" t="s">
-        <v>2491</v>
+        <v>2489</v>
       </c>
     </row>
     <row r="536" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C536" s="183" t="s">
+        <v>2138</v>
+      </c>
+      <c r="D536" s="183" t="s">
+        <v>658</v>
+      </c>
+      <c r="E536" s="184" t="s">
+        <v>2139</v>
+      </c>
+      <c r="F536" s="184" t="s">
         <v>2140</v>
-      </c>
-[...7 lines deleted...]
-        <v>2142</v>
       </c>
     </row>
     <row r="537" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C537" s="183" t="s">
+        <v>2141</v>
+      </c>
+      <c r="D537" s="183" t="s">
+        <v>2142</v>
+      </c>
+      <c r="E537" s="184" t="s">
         <v>2143</v>
       </c>
-      <c r="D537" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F537" s="184" t="s">
-        <v>2492</v>
+        <v>2490</v>
       </c>
     </row>
     <row r="538" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C538" s="183" t="s">
-        <v>1674</v>
+        <v>1672</v>
       </c>
       <c r="D538" s="183" t="s">
-        <v>1675</v>
+        <v>1673</v>
       </c>
       <c r="E538" s="184" t="s">
-        <v>2146</v>
+        <v>2144</v>
       </c>
       <c r="F538" s="184" t="s">
-        <v>1565</v>
+        <v>1563</v>
       </c>
     </row>
     <row r="539" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C539" s="183" t="s">
+        <v>2145</v>
+      </c>
+      <c r="D539" s="183" t="s">
+        <v>2146</v>
+      </c>
+      <c r="E539" s="184" t="s">
         <v>2147</v>
       </c>
-      <c r="D539" s="183" t="s">
+      <c r="F539" s="184" t="s">
         <v>2148</v>
-      </c>
-[...4 lines deleted...]
-        <v>2150</v>
       </c>
     </row>
     <row r="540" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C540" s="183" t="s">
-        <v>2151</v>
+        <v>2149</v>
       </c>
       <c r="D540" s="183" t="s">
-        <v>1611</v>
+        <v>1609</v>
       </c>
       <c r="E540" s="184" t="s">
-        <v>1583</v>
+        <v>1581</v>
       </c>
       <c r="F540" s="184" t="s">
-        <v>1584</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="541" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C541" s="183" t="s">
-        <v>2152</v>
+        <v>2150</v>
       </c>
       <c r="D541" s="183" t="s">
-        <v>1687</v>
+        <v>1685</v>
       </c>
       <c r="E541" s="184" t="s">
-        <v>2061</v>
+        <v>2059</v>
       </c>
       <c r="F541" s="184" t="s">
-        <v>2153</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="542" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C542" s="183" t="s">
-        <v>2154</v>
+        <v>2152</v>
       </c>
       <c r="D542" s="183" t="s">
-        <v>2155</v>
+        <v>2153</v>
       </c>
       <c r="E542" s="184" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F542" s="184" t="s">
-        <v>1589</v>
+        <v>1587</v>
       </c>
     </row>
     <row r="543" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C543" s="183" t="s">
-        <v>774</v>
+        <v>772</v>
       </c>
       <c r="D543" s="183" t="s">
-        <v>775</v>
+        <v>773</v>
       </c>
       <c r="E543" s="184" t="s">
-        <v>1579</v>
+        <v>1577</v>
       </c>
       <c r="F543" s="184" t="s">
-        <v>1147</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="544" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C544" s="183" t="s">
+        <v>2154</v>
+      </c>
+      <c r="D544" s="183" t="s">
+        <v>2155</v>
+      </c>
+      <c r="E544" s="184" t="s">
         <v>2156</v>
       </c>
-      <c r="D544" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F544" s="184" t="s">
-        <v>2153</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="545" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C545" s="183" t="s">
+        <v>2157</v>
+      </c>
+      <c r="D545" s="183" t="s">
+        <v>2158</v>
+      </c>
+      <c r="E545" s="184" t="s">
         <v>2159</v>
       </c>
-      <c r="D545" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F545" s="184" t="s">
-        <v>1142</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="546" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C546" s="183" t="s">
+        <v>2160</v>
+      </c>
+      <c r="D546" s="183" t="s">
+        <v>2161</v>
+      </c>
+      <c r="E546" s="184" t="s">
         <v>2162</v>
       </c>
-      <c r="D546" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F546" s="184" t="s">
-        <v>2493</v>
+        <v>2491</v>
       </c>
     </row>
     <row r="547" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C547" s="183" t="s">
+        <v>2163</v>
+      </c>
+      <c r="D547" s="183" t="s">
+        <v>2164</v>
+      </c>
+      <c r="E547" s="184" t="s">
         <v>2165</v>
       </c>
-      <c r="D547" s="183" t="s">
+      <c r="F547" s="184" t="s">
         <v>2166</v>
-      </c>
-[...4 lines deleted...]
-        <v>2168</v>
       </c>
     </row>
     <row r="548" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C548" s="183" t="s">
+        <v>2167</v>
+      </c>
+      <c r="D548" s="183" t="s">
+        <v>2455</v>
+      </c>
+      <c r="E548" s="184" t="s">
+        <v>2168</v>
+      </c>
+      <c r="F548" s="184" t="s">
         <v>2169</v>
-      </c>
-[...7 lines deleted...]
-        <v>2171</v>
       </c>
     </row>
     <row r="549" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C549" s="183" t="s">
+        <v>2170</v>
+      </c>
+      <c r="D549" s="183" t="s">
+        <v>2171</v>
+      </c>
+      <c r="E549" s="184" t="s">
         <v>2172</v>
       </c>
-      <c r="D549" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F549" s="184" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
     </row>
     <row r="550" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C550" s="183" t="s">
-        <v>2034</v>
+        <v>2032</v>
       </c>
       <c r="D550" s="183" t="s">
-        <v>1656</v>
+        <v>1654</v>
       </c>
       <c r="E550" s="184" t="s">
-        <v>2064</v>
+        <v>2062</v>
       </c>
       <c r="F550" s="184" t="s">
-        <v>2175</v>
+        <v>2173</v>
       </c>
     </row>
     <row r="551" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C551" s="183" t="s">
-        <v>2176</v>
+        <v>2174</v>
       </c>
       <c r="D551" s="183" t="s">
-        <v>1640</v>
+        <v>1638</v>
       </c>
       <c r="E551" s="184" t="s">
-        <v>2177</v>
+        <v>2175</v>
       </c>
       <c r="F551" s="184" t="s">
-        <v>2494</v>
+        <v>2492</v>
       </c>
     </row>
     <row r="552" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C552" s="183" t="s">
+        <v>2176</v>
+      </c>
+      <c r="D552" s="183" t="s">
+        <v>1635</v>
+      </c>
+      <c r="E552" s="184" t="s">
+        <v>2177</v>
+      </c>
+      <c r="F552" s="184" t="s">
         <v>2178</v>
-      </c>
-[...7 lines deleted...]
-        <v>2180</v>
       </c>
     </row>
     <row r="553" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C553" s="183" t="s">
+        <v>2179</v>
+      </c>
+      <c r="D553" s="183" t="s">
+        <v>2180</v>
+      </c>
+      <c r="E553" s="184" t="s">
         <v>2181</v>
       </c>
-      <c r="D553" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F553" s="184" t="s">
-        <v>2495</v>
+        <v>2493</v>
       </c>
     </row>
     <row r="554" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C554" s="183" t="s">
+        <v>2182</v>
+      </c>
+      <c r="D554" s="183" t="s">
+        <v>2183</v>
+      </c>
+      <c r="E554" s="184" t="s">
         <v>2184</v>
       </c>
-      <c r="D554" s="183" t="s">
+      <c r="F554" s="184" t="s">
         <v>2185</v>
-      </c>
-[...4 lines deleted...]
-        <v>2187</v>
       </c>
     </row>
     <row r="555" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C555" s="183" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="D555" s="183" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="E555" s="184" t="s">
-        <v>2110</v>
+        <v>2108</v>
       </c>
       <c r="F555" s="184" t="s">
-        <v>1142</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="556" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C556" s="183" t="s">
-        <v>1663</v>
+        <v>1661</v>
       </c>
       <c r="D556" s="183" t="s">
-        <v>2188</v>
+        <v>2186</v>
       </c>
       <c r="E556" s="184" t="s">
-        <v>2189</v>
+        <v>2187</v>
       </c>
       <c r="F556" s="184" t="s">
-        <v>2496</v>
+        <v>2494</v>
       </c>
     </row>
     <row r="557" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C557" s="183" t="s">
-        <v>1659</v>
+        <v>1657</v>
       </c>
       <c r="D557" s="183" t="s">
-        <v>1700</v>
+        <v>1698</v>
       </c>
       <c r="E557" s="184" t="s">
-        <v>2190</v>
+        <v>2188</v>
       </c>
       <c r="F557" s="184" t="s">
-        <v>2191</v>
+        <v>2189</v>
       </c>
     </row>
     <row r="558" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C558" s="183" t="s">
+        <v>2190</v>
+      </c>
+      <c r="D558" s="183" t="s">
+        <v>2191</v>
+      </c>
+      <c r="E558" s="184" t="s">
         <v>2192</v>
       </c>
-      <c r="D558" s="183" t="s">
+      <c r="F558" s="184" t="s">
         <v>2193</v>
-      </c>
-[...4 lines deleted...]
-        <v>2195</v>
       </c>
     </row>
     <row r="559" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C559" s="183" t="s">
+        <v>2194</v>
+      </c>
+      <c r="D559" s="183" t="s">
+        <v>2195</v>
+      </c>
+      <c r="E559" s="184" t="s">
         <v>2196</v>
       </c>
-      <c r="D559" s="183" t="s">
+      <c r="F559" s="184" t="s">
         <v>2197</v>
-      </c>
-[...4 lines deleted...]
-        <v>2199</v>
       </c>
     </row>
     <row r="560" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C560" s="183" t="s">
-        <v>1698</v>
+        <v>1696</v>
       </c>
       <c r="D560" s="183" t="s">
-        <v>1040</v>
+        <v>1038</v>
       </c>
       <c r="E560" s="184" t="s">
-        <v>2200</v>
+        <v>2198</v>
       </c>
       <c r="F560" s="184" t="s">
-        <v>2201</v>
+        <v>2199</v>
       </c>
     </row>
     <row r="561" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C561" s="183" t="s">
+        <v>2200</v>
+      </c>
+      <c r="D561" s="183" t="s">
+        <v>2201</v>
+      </c>
+      <c r="E561" s="184" t="s">
+        <v>2089</v>
+      </c>
+      <c r="F561" s="184" t="s">
         <v>2202</v>
-      </c>
-[...7 lines deleted...]
-        <v>2204</v>
       </c>
     </row>
     <row r="562" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C562" s="183" t="s">
+        <v>2203</v>
+      </c>
+      <c r="D562" s="183" t="s">
+        <v>1677</v>
+      </c>
+      <c r="E562" s="184" t="s">
+        <v>2204</v>
+      </c>
+      <c r="F562" s="184" t="s">
         <v>2205</v>
-      </c>
-[...7 lines deleted...]
-        <v>2207</v>
       </c>
     </row>
     <row r="563" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C563" s="183" t="s">
-        <v>1696</v>
+        <v>1694</v>
       </c>
       <c r="D563" s="183" t="s">
-        <v>1697</v>
+        <v>1695</v>
       </c>
       <c r="E563" s="184" t="s">
-        <v>2208</v>
+        <v>2206</v>
       </c>
       <c r="F563" s="184" t="s">
-        <v>2497</v>
+        <v>2495</v>
       </c>
     </row>
     <row r="564" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C564" s="183" t="s">
-        <v>2209</v>
+        <v>2207</v>
       </c>
       <c r="D564" s="183" t="s">
-        <v>2210</v>
+        <v>2208</v>
       </c>
       <c r="E564" s="184" t="s">
-        <v>1605</v>
+        <v>1603</v>
       </c>
       <c r="F564" s="184" t="s">
-        <v>858</v>
+        <v>856</v>
       </c>
     </row>
     <row r="565" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C565" s="183" t="s">
-        <v>2211</v>
+        <v>2209</v>
       </c>
       <c r="D565" s="183" t="s">
-        <v>1700</v>
+        <v>1698</v>
       </c>
       <c r="E565" s="184" t="s">
-        <v>2212</v>
+        <v>2210</v>
       </c>
       <c r="F565" s="184" t="s">
-        <v>1383</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="566" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C566" s="183" t="s">
-        <v>2213</v>
+        <v>2211</v>
       </c>
       <c r="D566" s="183" t="s">
-        <v>2214</v>
+        <v>2212</v>
       </c>
       <c r="E566" s="184" t="s">
-        <v>1624</v>
+        <v>1622</v>
       </c>
       <c r="F566" s="184" t="s">
-        <v>1744</v>
+        <v>1742</v>
       </c>
     </row>
     <row r="567" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C567" s="183" t="s">
+        <v>2213</v>
+      </c>
+      <c r="D567" s="183" t="s">
+        <v>1698</v>
+      </c>
+      <c r="E567" s="184" t="s">
+        <v>2214</v>
+      </c>
+      <c r="F567" s="184" t="s">
         <v>2215</v>
-      </c>
-[...7 lines deleted...]
-        <v>2217</v>
       </c>
     </row>
     <row r="568" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C568" s="183" t="s">
+        <v>2216</v>
+      </c>
+      <c r="D568" s="183" t="s">
+        <v>2217</v>
+      </c>
+      <c r="E568" s="184" t="s">
         <v>2218</v>
       </c>
-      <c r="D568" s="183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F568" s="184" t="s">
-        <v>338</v>
+        <v>336</v>
       </c>
     </row>
     <row r="569" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C569" s="183" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="D569" s="183" t="s">
-        <v>2221</v>
+        <v>2219</v>
       </c>
       <c r="E569" s="184" t="s">
-        <v>2125</v>
+        <v>2123</v>
       </c>
       <c r="F569" s="184" t="s">
-        <v>2498</v>
+        <v>2496</v>
       </c>
     </row>
     <row r="570" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C570" s="183" t="s">
-        <v>2222</v>
+        <v>2220</v>
       </c>
       <c r="D570" s="183" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="E570" s="184" t="s">
-        <v>1622</v>
+        <v>1620</v>
       </c>
       <c r="F570" s="184" t="s">
-        <v>858</v>
+        <v>856</v>
       </c>
     </row>
     <row r="571" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C571" s="183" t="s">
+        <v>2221</v>
+      </c>
+      <c r="D571" s="183" t="s">
+        <v>2222</v>
+      </c>
+      <c r="E571" s="184" t="s">
         <v>2223</v>
       </c>
-      <c r="D571" s="183" t="s">
+      <c r="F571" s="184" t="s">
         <v>2224</v>
-      </c>
-[...4 lines deleted...]
-        <v>2226</v>
       </c>
     </row>
     <row r="572" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C572" s="183" t="s">
-        <v>1620</v>
+        <v>1618</v>
       </c>
       <c r="D572" s="183" t="s">
-        <v>1706</v>
+        <v>1704</v>
       </c>
       <c r="E572" s="184" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
       <c r="F572" s="184" t="s">
-        <v>1611</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="573" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C573" s="183" t="s">
-        <v>1715</v>
+        <v>1713</v>
       </c>
       <c r="D573" s="183" t="s">
-        <v>1716</v>
+        <v>1714</v>
       </c>
       <c r="E573" s="184" t="s">
-        <v>2169</v>
+        <v>2167</v>
       </c>
       <c r="F573" s="184" t="s">
-        <v>2227</v>
+        <v>2225</v>
       </c>
     </row>
     <row r="574" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C574" s="183" t="s">
-        <v>2228</v>
+        <v>2226</v>
       </c>
       <c r="D574" s="183" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="E574" s="184" t="s">
-        <v>2156</v>
+        <v>2154</v>
       </c>
       <c r="F574" s="184" t="s">
-        <v>2229</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="575" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C575" s="183" t="s">
-        <v>1720</v>
+        <v>1718</v>
       </c>
       <c r="D575" s="183" t="s">
-        <v>1721</v>
+        <v>1719</v>
       </c>
       <c r="E575" s="184" t="s">
-        <v>1190</v>
+        <v>1188</v>
       </c>
       <c r="F575" s="184" t="s">
-        <v>2230</v>
+        <v>2228</v>
       </c>
     </row>
     <row r="576" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C576" s="183" t="s">
+        <v>2229</v>
+      </c>
+      <c r="D576" s="183" t="s">
+        <v>2230</v>
+      </c>
+      <c r="E576" s="184" t="s">
+        <v>2176</v>
+      </c>
+      <c r="F576" s="184" t="s">
         <v>2231</v>
-      </c>
-[...7 lines deleted...]
-        <v>2233</v>
       </c>
     </row>
     <row r="577" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C577" s="183" t="s">
+        <v>2232</v>
+      </c>
+      <c r="D577" s="183" t="s">
+        <v>2233</v>
+      </c>
+      <c r="E577" s="184" t="s">
         <v>2234</v>
       </c>
-      <c r="D577" s="183" t="s">
+      <c r="F577" s="184" t="s">
         <v>2235</v>
-      </c>
-[...4 lines deleted...]
-        <v>2237</v>
       </c>
     </row>
     <row r="578" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C578" s="183" t="s">
-        <v>1919</v>
+        <v>1917</v>
       </c>
       <c r="D578" s="183" t="s">
+        <v>2236</v>
+      </c>
+      <c r="E578" s="184" t="s">
+        <v>2237</v>
+      </c>
+      <c r="F578" s="184" t="s">
         <v>2238</v>
-      </c>
-[...4 lines deleted...]
-        <v>2240</v>
       </c>
     </row>
     <row r="579" spans="3:6" x14ac:dyDescent="0.15">
       <c r="C579" s="183" t="s">
-        <v>2139</v>
+        <v>2137</v>
       </c>
       <c r="D579" s="183" t="s">
-        <v>1147</v>
+        <v>1145</v>
       </c>
       <c r="E579" s="184" t="s">
-        <v>2241</v>
+        <v>2239</v>
       </c>
       <c r="F579" s="184" t="s">
-        <v>2242</v>
+        <v>2240</v>
       </c>
     </row>
     <row r="580" spans="3:6" x14ac:dyDescent="0.15">
       <c r="E580" s="184" t="s">
-        <v>2243</v>
+        <v>2241</v>
       </c>
       <c r="F580" s="184" t="s">
-        <v>2338</v>
+        <v>2336</v>
       </c>
     </row>
     <row r="581" spans="3:6" x14ac:dyDescent="0.15">
       <c r="E581" s="184" t="s">
-        <v>2244</v>
+        <v>2242</v>
       </c>
       <c r="F581" s="184" t="s">
-        <v>2499</v>
+        <v>2497</v>
       </c>
     </row>
     <row r="582" spans="3:6" x14ac:dyDescent="0.15">
       <c r="E582" s="184" t="s">
-        <v>2245</v>
+        <v>2243</v>
       </c>
       <c r="F582" s="184" t="s">
-        <v>2246</v>
+        <v>2244</v>
       </c>
     </row>
     <row r="583" spans="3:6" x14ac:dyDescent="0.15">
       <c r="E583" s="184" t="s">
-        <v>2247</v>
+        <v>2245</v>
       </c>
       <c r="F583" s="184" t="s">
-        <v>2500</v>
+        <v>2498</v>
       </c>
     </row>
     <row r="584" spans="3:6" x14ac:dyDescent="0.15">
       <c r="E584" s="184" t="s">
-        <v>2248</v>
+        <v>2246</v>
       </c>
       <c r="F584" s="184" t="s">
-        <v>2249</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="585" spans="3:6" x14ac:dyDescent="0.15">
       <c r="E585" s="184" t="s">
-        <v>2250</v>
+        <v>2248</v>
       </c>
       <c r="F585" s="184" t="s">
-        <v>2251</v>
+        <v>2249</v>
       </c>
     </row>
     <row r="586" spans="3:6" x14ac:dyDescent="0.15">
       <c r="E586" s="184" t="s">
-        <v>2252</v>
+        <v>2250</v>
       </c>
       <c r="F586" s="184" t="s">
-        <v>1625</v>
+        <v>1623</v>
       </c>
     </row>
     <row r="587" spans="3:6" x14ac:dyDescent="0.15">
       <c r="E587" s="184" t="s">
-        <v>2253</v>
+        <v>2251</v>
       </c>
       <c r="F587" s="184" t="s">
-        <v>2226</v>
+        <v>2224</v>
       </c>
     </row>
     <row r="588" spans="3:6" x14ac:dyDescent="0.15">
       <c r="E588" s="184" t="s">
-        <v>2254</v>
+        <v>2252</v>
       </c>
       <c r="F588" s="184" t="s">
-        <v>858</v>
+        <v>856</v>
       </c>
     </row>
     <row r="589" spans="3:6" x14ac:dyDescent="0.15">
       <c r="E589" s="184" t="s">
-        <v>2255</v>
+        <v>2253</v>
       </c>
       <c r="F589" s="184" t="s">
-        <v>2256</v>
+        <v>2254</v>
       </c>
     </row>
     <row r="590" spans="3:6" x14ac:dyDescent="0.15">
       <c r="E590" s="184" t="s">
-        <v>2151</v>
+        <v>2149</v>
       </c>
       <c r="F590" s="184" t="s">
-        <v>1611</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="591" spans="3:6" x14ac:dyDescent="0.15">
       <c r="E591" s="184" t="s">
-        <v>2257</v>
+        <v>2255</v>
       </c>
       <c r="F591" s="184" t="s">
-        <v>2258</v>
+        <v>2256</v>
       </c>
     </row>
     <row r="592" spans="3:6" x14ac:dyDescent="0.15">
       <c r="E592" s="184" t="s">
-        <v>2259</v>
+        <v>2257</v>
       </c>
       <c r="F592" s="184" t="s">
-        <v>2501</v>
+        <v>2499</v>
       </c>
     </row>
     <row r="593" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E593" s="184" t="s">
-        <v>2260</v>
+        <v>2258</v>
       </c>
       <c r="F593" s="184" t="s">
-        <v>2261</v>
+        <v>2259</v>
       </c>
     </row>
     <row r="594" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E594" s="184" t="s">
-        <v>2140</v>
+        <v>2138</v>
       </c>
       <c r="F594" s="184" t="s">
-        <v>2262</v>
+        <v>2260</v>
       </c>
     </row>
     <row r="595" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E595" s="184" t="s">
-        <v>1215</v>
+        <v>1213</v>
       </c>
       <c r="F595" s="184" t="s">
-        <v>2263</v>
+        <v>2261</v>
       </c>
     </row>
     <row r="596" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E596" s="184" t="s">
-        <v>513</v>
+        <v>511</v>
       </c>
       <c r="F596" s="184" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
     </row>
     <row r="597" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E597" s="184" t="s">
-        <v>2264</v>
+        <v>2262</v>
       </c>
       <c r="F597" s="184" t="s">
-        <v>2265</v>
+        <v>2263</v>
       </c>
     </row>
     <row r="598" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E598" s="184" t="s">
-        <v>2266</v>
+        <v>2264</v>
       </c>
       <c r="F598" s="184" t="s">
-        <v>2267</v>
+        <v>2265</v>
       </c>
     </row>
     <row r="599" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E599" s="184" t="s">
-        <v>2268</v>
+        <v>2266</v>
       </c>
       <c r="F599" s="184" t="s">
-        <v>2265</v>
+        <v>2263</v>
       </c>
     </row>
     <row r="600" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E600" s="184" t="s">
-        <v>2269</v>
+        <v>2267</v>
       </c>
       <c r="F600" s="184" t="s">
-        <v>2270</v>
+        <v>2268</v>
       </c>
     </row>
     <row r="601" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E601" s="184" t="s">
-        <v>2271</v>
+        <v>2269</v>
       </c>
       <c r="F601" s="184" t="s">
-        <v>2502</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="602" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E602" s="184" t="s">
-        <v>2272</v>
+        <v>2270</v>
       </c>
       <c r="F602" s="184" t="s">
-        <v>2503</v>
+        <v>2501</v>
       </c>
     </row>
     <row r="603" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E603" s="184" t="s">
-        <v>1916</v>
+        <v>1914</v>
       </c>
       <c r="F603" s="184" t="s">
-        <v>1917</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="604" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E604" s="184" t="s">
-        <v>708</v>
+        <v>706</v>
       </c>
       <c r="F604" s="184" t="s">
-        <v>581</v>
+        <v>579</v>
       </c>
     </row>
     <row r="605" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E605" s="184" t="s">
-        <v>1426</v>
+        <v>1424</v>
       </c>
       <c r="F605" s="184" t="s">
-        <v>1427</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="606" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E606" s="184" t="s">
-        <v>2273</v>
+        <v>2271</v>
       </c>
       <c r="F606" s="184" t="s">
-        <v>2274</v>
+        <v>2272</v>
       </c>
     </row>
     <row r="607" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E607" s="184" t="s">
-        <v>2275</v>
+        <v>2273</v>
       </c>
       <c r="F607" s="184" t="s">
-        <v>2276</v>
+        <v>2274</v>
       </c>
     </row>
     <row r="608" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E608" s="184" t="s">
-        <v>2277</v>
+        <v>2275</v>
       </c>
       <c r="F608" s="184" t="s">
-        <v>2278</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="609" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E609" s="184" t="s">
-        <v>2279</v>
+        <v>2277</v>
       </c>
       <c r="F609" s="184" t="s">
-        <v>858</v>
+        <v>856</v>
       </c>
     </row>
     <row r="610" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E610" s="184" t="s">
-        <v>2280</v>
+        <v>2278</v>
       </c>
       <c r="F610" s="184" t="s">
-        <v>2281</v>
+        <v>2279</v>
       </c>
     </row>
     <row r="611" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E611" s="184" t="s">
-        <v>2282</v>
+        <v>2280</v>
       </c>
       <c r="F611" s="184" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
     </row>
     <row r="612" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E612" s="184" t="s">
-        <v>2211</v>
+        <v>2209</v>
       </c>
       <c r="F612" s="184" t="s">
-        <v>2283</v>
+        <v>2281</v>
       </c>
     </row>
     <row r="613" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E613" s="184" t="s">
-        <v>2284</v>
+        <v>2282</v>
       </c>
       <c r="F613" s="184" t="s">
-        <v>2285</v>
+        <v>2283</v>
       </c>
     </row>
     <row r="614" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E614" s="184" t="s">
-        <v>2286</v>
+        <v>2284</v>
       </c>
       <c r="F614" s="184" t="s">
-        <v>2287</v>
+        <v>2285</v>
       </c>
     </row>
     <row r="615" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E615" s="184" t="s">
-        <v>2288</v>
+        <v>2286</v>
       </c>
       <c r="F615" s="184" t="s">
-        <v>2289</v>
+        <v>2287</v>
       </c>
     </row>
     <row r="616" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E616" s="184" t="s">
-        <v>2290</v>
+        <v>2288</v>
       </c>
       <c r="F616" s="184" t="s">
-        <v>335</v>
+        <v>333</v>
       </c>
     </row>
     <row r="617" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E617" s="184" t="s">
-        <v>2291</v>
+        <v>2289</v>
       </c>
       <c r="F617" s="184" t="s">
-        <v>2292</v>
+        <v>2290</v>
       </c>
     </row>
     <row r="618" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E618" s="184" t="s">
-        <v>1674</v>
+        <v>1672</v>
       </c>
       <c r="F618" s="184" t="s">
-        <v>1675</v>
+        <v>1673</v>
       </c>
     </row>
     <row r="619" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E619" s="184" t="s">
-        <v>2293</v>
+        <v>2291</v>
       </c>
       <c r="F619" s="184" t="s">
-        <v>2294</v>
+        <v>2292</v>
       </c>
     </row>
     <row r="620" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E620" s="184" t="s">
-        <v>2295</v>
+        <v>2293</v>
       </c>
       <c r="F620" s="184" t="s">
-        <v>2504</v>
+        <v>2502</v>
       </c>
     </row>
     <row r="621" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E621" s="184" t="s">
-        <v>2181</v>
+        <v>2179</v>
       </c>
       <c r="F621" s="184" t="s">
-        <v>2278</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="622" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E622" s="184" t="s">
-        <v>2296</v>
+        <v>2294</v>
       </c>
       <c r="F622" s="184" t="s">
-        <v>2226</v>
+        <v>2224</v>
       </c>
     </row>
     <row r="623" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E623" s="184" t="s">
-        <v>2297</v>
+        <v>2295</v>
       </c>
       <c r="F623" s="184" t="s">
-        <v>2298</v>
+        <v>2296</v>
       </c>
     </row>
     <row r="624" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E624" s="184" t="s">
-        <v>1659</v>
+        <v>1657</v>
       </c>
       <c r="F624" s="184" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
     </row>
     <row r="625" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E625" s="184" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="F625" s="184" t="s">
-        <v>1700</v>
+        <v>1698</v>
       </c>
     </row>
     <row r="626" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E626" s="184" t="s">
-        <v>2196</v>
+        <v>2194</v>
       </c>
       <c r="F626" s="184" t="s">
-        <v>2197</v>
+        <v>2195</v>
       </c>
     </row>
     <row r="627" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E627" s="184" t="s">
-        <v>1601</v>
+        <v>1599</v>
       </c>
       <c r="F627" s="184" t="s">
-        <v>2505</v>
+        <v>2503</v>
       </c>
     </row>
     <row r="628" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E628" s="184" t="s">
-        <v>2299</v>
+        <v>2297</v>
       </c>
       <c r="F628" s="184" t="s">
-        <v>2300</v>
+        <v>2298</v>
       </c>
     </row>
     <row r="629" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E629" s="184" t="s">
-        <v>2301</v>
+        <v>2299</v>
       </c>
       <c r="F629" s="184" t="s">
-        <v>2302</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="630" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E630" s="184" t="s">
-        <v>2303</v>
+        <v>2301</v>
       </c>
       <c r="F630" s="184" t="s">
-        <v>2304</v>
+        <v>2302</v>
       </c>
     </row>
     <row r="631" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E631" s="184" t="s">
-        <v>2305</v>
+        <v>2303</v>
       </c>
       <c r="F631" s="184" t="s">
-        <v>2306</v>
+        <v>2304</v>
       </c>
     </row>
     <row r="632" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E632" s="184" t="s">
-        <v>2307</v>
+        <v>2305</v>
       </c>
       <c r="F632" s="184" t="s">
-        <v>2308</v>
+        <v>2306</v>
       </c>
     </row>
     <row r="633" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E633" s="184" t="s">
-        <v>2309</v>
+        <v>2307</v>
       </c>
       <c r="F633" s="184" t="s">
-        <v>2310</v>
+        <v>2308</v>
       </c>
     </row>
     <row r="634" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E634" s="184" t="s">
-        <v>2213</v>
+        <v>2211</v>
       </c>
       <c r="F634" s="184" t="s">
-        <v>2311</v>
+        <v>2309</v>
       </c>
     </row>
     <row r="635" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E635" s="184" t="s">
-        <v>2215</v>
+        <v>2213</v>
       </c>
       <c r="F635" s="184" t="s">
-        <v>1700</v>
+        <v>1698</v>
       </c>
     </row>
     <row r="636" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E636" s="184" t="s">
-        <v>2312</v>
+        <v>2310</v>
       </c>
       <c r="F636" s="184" t="s">
-        <v>2506</v>
+        <v>2504</v>
       </c>
     </row>
     <row r="637" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E637" s="184" t="s">
-        <v>2313</v>
+        <v>2311</v>
       </c>
       <c r="F637" s="184" t="s">
-        <v>2507</v>
+        <v>2505</v>
       </c>
     </row>
     <row r="638" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E638" s="184" t="s">
-        <v>2314</v>
+        <v>2312</v>
       </c>
       <c r="F638" s="184" t="s">
-        <v>2315</v>
+        <v>2313</v>
       </c>
     </row>
     <row r="639" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E639" s="184" t="s">
-        <v>2316</v>
+        <v>2314</v>
       </c>
       <c r="F639" s="184" t="s">
-        <v>2317</v>
+        <v>2315</v>
       </c>
     </row>
     <row r="640" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E640" s="184" t="s">
-        <v>2318</v>
+        <v>2316</v>
       </c>
       <c r="F640" s="184" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
     </row>
     <row r="641" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E641" s="184" t="s">
-        <v>2319</v>
+        <v>2317</v>
       </c>
       <c r="F641" s="184" t="s">
-        <v>2320</v>
+        <v>2318</v>
       </c>
     </row>
     <row r="642" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E642" s="184" t="s">
-        <v>608</v>
+        <v>606</v>
       </c>
       <c r="F642" s="184" t="s">
-        <v>609</v>
+        <v>607</v>
       </c>
     </row>
     <row r="643" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E643" s="184" t="s">
-        <v>2321</v>
+        <v>2319</v>
       </c>
       <c r="F643" s="184" t="s">
-        <v>871</v>
+        <v>869</v>
       </c>
     </row>
     <row r="644" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E644" s="184" t="s">
-        <v>2322</v>
+        <v>2320</v>
       </c>
       <c r="F644" s="184" t="s">
-        <v>1473</v>
+        <v>1471</v>
       </c>
     </row>
     <row r="645" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E645" s="184" t="s">
-        <v>750</v>
+        <v>748</v>
       </c>
       <c r="F645" s="184" t="s">
-        <v>702</v>
+        <v>700</v>
       </c>
     </row>
     <row r="646" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E646" s="184" t="s">
-        <v>2323</v>
+        <v>2321</v>
       </c>
       <c r="F646" s="184" t="s">
-        <v>2324</v>
+        <v>2322</v>
       </c>
     </row>
     <row r="647" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E647" s="184" t="s">
-        <v>2325</v>
+        <v>2323</v>
       </c>
       <c r="F647" s="184" t="s">
-        <v>611</v>
+        <v>609</v>
       </c>
     </row>
     <row r="648" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E648" s="184" t="s">
-        <v>2326</v>
+        <v>2324</v>
       </c>
       <c r="F648" s="184" t="s">
-        <v>2327</v>
+        <v>2325</v>
       </c>
     </row>
     <row r="649" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E649" s="184" t="s">
-        <v>2328</v>
+        <v>2326</v>
       </c>
       <c r="F649" s="184" t="s">
-        <v>2329</v>
+        <v>2327</v>
       </c>
     </row>
     <row r="650" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E650" s="184" t="s">
-        <v>2330</v>
+        <v>2328</v>
       </c>
       <c r="F650" s="184" t="s">
-        <v>2331</v>
+        <v>2329</v>
       </c>
     </row>
     <row r="651" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E651" s="184" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="F651" s="184" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
     </row>
     <row r="652" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E652" s="184" t="s">
-        <v>1617</v>
+        <v>1615</v>
       </c>
       <c r="F652" s="184" t="s">
-        <v>1618</v>
+        <v>1616</v>
       </c>
     </row>
     <row r="653" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E653" s="184" t="s">
-        <v>2332</v>
+        <v>2330</v>
       </c>
       <c r="F653" s="184" t="s">
-        <v>2508</v>
+        <v>2506</v>
       </c>
     </row>
     <row r="654" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E654" s="184" t="s">
-        <v>2333</v>
+        <v>2331</v>
       </c>
       <c r="F654" s="184" t="s">
-        <v>2334</v>
+        <v>2332</v>
       </c>
     </row>
     <row r="655" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E655" s="184" t="s">
-        <v>2335</v>
+        <v>2333</v>
       </c>
       <c r="F655" s="184" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
     </row>
     <row r="656" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E656" s="184" t="s">
-        <v>2336</v>
+        <v>2334</v>
       </c>
       <c r="F656" s="184" t="s">
-        <v>1528</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="657" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E657" s="184" t="s">
-        <v>1228</v>
+        <v>1226</v>
       </c>
       <c r="F657" s="184" t="s">
-        <v>2337</v>
+        <v>2335</v>
       </c>
     </row>
     <row r="658" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E658" s="184" t="s">
-        <v>1746</v>
+        <v>1744</v>
       </c>
       <c r="F658" s="184" t="s">
-        <v>569</v>
+        <v>567</v>
       </c>
     </row>
     <row r="659" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E659" s="184" t="s">
-        <v>2172</v>
+        <v>2170</v>
       </c>
       <c r="F659" s="184" t="s">
-        <v>2338</v>
+        <v>2336</v>
       </c>
     </row>
     <row r="660" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E660" s="184" t="s">
-        <v>2339</v>
+        <v>2337</v>
       </c>
       <c r="F660" s="184" t="s">
-        <v>2340</v>
+        <v>2338</v>
       </c>
     </row>
     <row r="661" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E661" s="184" t="s">
-        <v>2341</v>
+        <v>2339</v>
       </c>
       <c r="F661" s="184" t="s">
-        <v>2342</v>
+        <v>2340</v>
       </c>
     </row>
     <row r="662" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E662" s="184" t="s">
-        <v>1445</v>
+        <v>1443</v>
       </c>
       <c r="F662" s="184" t="s">
-        <v>1965</v>
+        <v>1963</v>
       </c>
     </row>
     <row r="663" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E663" s="184" t="s">
-        <v>2343</v>
+        <v>2341</v>
       </c>
       <c r="F663" s="184" t="s">
-        <v>2344</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="664" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E664" s="184" t="s">
-        <v>1843</v>
+        <v>1841</v>
       </c>
       <c r="F664" s="184" t="s">
-        <v>510</v>
+        <v>508</v>
       </c>
     </row>
     <row r="665" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E665" s="184" t="s">
-        <v>904</v>
+        <v>902</v>
       </c>
       <c r="F665" s="184" t="s">
-        <v>905</v>
+        <v>903</v>
       </c>
     </row>
     <row r="666" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E666" s="184" t="s">
-        <v>2345</v>
+        <v>2343</v>
       </c>
       <c r="F666" s="184" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
     </row>
     <row r="667" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E667" s="184" t="s">
-        <v>2346</v>
+        <v>2344</v>
       </c>
       <c r="F667" s="184" t="s">
-        <v>1600</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="668" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E668" s="184" t="s">
-        <v>2347</v>
+        <v>2345</v>
       </c>
       <c r="F668" s="184" t="s">
-        <v>2028</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="669" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E669" s="184" t="s">
-        <v>2348</v>
+        <v>2346</v>
       </c>
       <c r="F669" s="184" t="s">
-        <v>723</v>
+        <v>721</v>
       </c>
     </row>
     <row r="670" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E670" s="184" t="s">
-        <v>2349</v>
+        <v>2347</v>
       </c>
       <c r="F670" s="184" t="s">
-        <v>2350</v>
+        <v>2348</v>
       </c>
     </row>
     <row r="671" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E671" s="184" t="s">
-        <v>2351</v>
+        <v>2349</v>
       </c>
       <c r="F671" s="184" t="s">
-        <v>2352</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="672" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E672" s="184" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="F672" s="184" t="s">
-        <v>883</v>
+        <v>881</v>
       </c>
     </row>
     <row r="673" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E673" s="184" t="s">
-        <v>2353</v>
+        <v>2351</v>
       </c>
       <c r="F673" s="184" t="s">
-        <v>2354</v>
+        <v>2352</v>
       </c>
     </row>
     <row r="674" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E674" s="184" t="s">
-        <v>2355</v>
+        <v>2353</v>
       </c>
       <c r="F674" s="184" t="s">
-        <v>2356</v>
+        <v>2354</v>
       </c>
     </row>
     <row r="675" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E675" s="184" t="s">
-        <v>2357</v>
+        <v>2355</v>
       </c>
       <c r="F675" s="184" t="s">
-        <v>2358</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="676" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E676" s="184" t="s">
-        <v>2359</v>
+        <v>2357</v>
       </c>
       <c r="F676" s="184" t="s">
-        <v>2360</v>
+        <v>2358</v>
       </c>
     </row>
     <row r="677" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E677" s="184" t="s">
-        <v>2361</v>
+        <v>2359</v>
       </c>
       <c r="F677" s="184" t="s">
-        <v>2362</v>
+        <v>2360</v>
       </c>
     </row>
     <row r="678" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E678" s="184" t="s">
-        <v>2363</v>
+        <v>2361</v>
       </c>
       <c r="F678" s="184" t="s">
-        <v>1052</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="679" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E679" s="184" t="s">
-        <v>2364</v>
+        <v>2362</v>
       </c>
       <c r="F679" s="184" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
     </row>
     <row r="680" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E680" s="184" t="s">
-        <v>868</v>
+        <v>866</v>
       </c>
       <c r="F680" s="184" t="s">
-        <v>869</v>
+        <v>867</v>
       </c>
     </row>
     <row r="681" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E681" s="184" t="s">
-        <v>2365</v>
+        <v>2363</v>
       </c>
       <c r="F681" s="184" t="s">
-        <v>2509</v>
+        <v>2507</v>
       </c>
     </row>
     <row r="682" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E682" s="184" t="s">
-        <v>2366</v>
+        <v>2364</v>
       </c>
       <c r="F682" s="184" t="s">
-        <v>2510</v>
+        <v>2508</v>
       </c>
     </row>
     <row r="683" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E683" s="184" t="s">
-        <v>2367</v>
+        <v>2365</v>
       </c>
       <c r="F683" s="184" t="s">
-        <v>2368</v>
+        <v>2366</v>
       </c>
     </row>
     <row r="684" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E684" s="184" t="s">
-        <v>2369</v>
+        <v>2367</v>
       </c>
       <c r="F684" s="184" t="s">
-        <v>2370</v>
+        <v>2368</v>
       </c>
     </row>
     <row r="685" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E685" s="184" t="s">
-        <v>859</v>
+        <v>857</v>
       </c>
       <c r="F685" s="184" t="s">
-        <v>2371</v>
+        <v>2369</v>
       </c>
     </row>
     <row r="686" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E686" s="184" t="s">
-        <v>2372</v>
+        <v>2370</v>
       </c>
       <c r="F686" s="184" t="s">
-        <v>2373</v>
+        <v>2371</v>
       </c>
     </row>
     <row r="687" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E687" s="184" t="s">
-        <v>2374</v>
+        <v>2372</v>
       </c>
       <c r="F687" s="184" t="s">
-        <v>1115</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="688" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E688" s="184" t="s">
-        <v>2375</v>
+        <v>2373</v>
       </c>
       <c r="F688" s="184" t="s">
-        <v>1597</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="689" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E689" s="184" t="s">
-        <v>2376</v>
+        <v>2374</v>
       </c>
       <c r="F689" s="184" t="s">
-        <v>2377</v>
+        <v>2375</v>
       </c>
     </row>
     <row r="690" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E690" s="184" t="s">
-        <v>2378</v>
+        <v>2376</v>
       </c>
       <c r="F690" s="184" t="s">
-        <v>2379</v>
+        <v>2377</v>
       </c>
     </row>
     <row r="691" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E691" s="184" t="s">
-        <v>1550</v>
+        <v>1548</v>
       </c>
       <c r="F691" s="184" t="s">
-        <v>1551</v>
+        <v>1549</v>
       </c>
     </row>
     <row r="692" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E692" s="184" t="s">
-        <v>2380</v>
+        <v>2378</v>
       </c>
       <c r="F692" s="184" t="s">
-        <v>2511</v>
+        <v>2509</v>
       </c>
     </row>
     <row r="693" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E693" s="184" t="s">
-        <v>487</v>
+        <v>485</v>
       </c>
       <c r="F693" s="184" t="s">
-        <v>533</v>
+        <v>531</v>
       </c>
     </row>
     <row r="694" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E694" s="184" t="s">
-        <v>2381</v>
+        <v>2379</v>
       </c>
       <c r="F694" s="184" t="s">
-        <v>2382</v>
+        <v>2380</v>
       </c>
     </row>
     <row r="695" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E695" s="184" t="s">
-        <v>2383</v>
+        <v>2381</v>
       </c>
       <c r="F695" s="184" t="s">
-        <v>2384</v>
+        <v>2382</v>
       </c>
     </row>
     <row r="696" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E696" s="184" t="s">
-        <v>2385</v>
+        <v>2383</v>
       </c>
       <c r="F696" s="184" t="s">
-        <v>2386</v>
+        <v>2384</v>
       </c>
     </row>
     <row r="697" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E697" s="184" t="s">
-        <v>1447</v>
+        <v>1445</v>
       </c>
       <c r="F697" s="184" t="s">
-        <v>1448</v>
+        <v>1446</v>
       </c>
     </row>
     <row r="698" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E698" s="184" t="s">
-        <v>2387</v>
+        <v>2385</v>
       </c>
       <c r="F698" s="184" t="s">
-        <v>2388</v>
+        <v>2386</v>
       </c>
     </row>
     <row r="699" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E699" s="184" t="s">
-        <v>2389</v>
+        <v>2387</v>
       </c>
       <c r="F699" s="184" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
     </row>
     <row r="700" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E700" s="184" t="s">
-        <v>2390</v>
+        <v>2388</v>
       </c>
       <c r="F700" s="184" t="s">
-        <v>1839</v>
+        <v>1837</v>
       </c>
     </row>
     <row r="701" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E701" s="184" t="s">
-        <v>2391</v>
+        <v>2389</v>
       </c>
       <c r="F701" s="184" t="s">
-        <v>2392</v>
+        <v>2390</v>
       </c>
     </row>
     <row r="702" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E702" s="184" t="s">
-        <v>2393</v>
+        <v>2391</v>
       </c>
       <c r="F702" s="184" t="s">
-        <v>1088</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="703" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E703" s="184" t="s">
-        <v>2394</v>
+        <v>2392</v>
       </c>
       <c r="F703" s="184" t="s">
-        <v>2395</v>
+        <v>2393</v>
       </c>
     </row>
     <row r="704" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E704" s="184" t="s">
-        <v>2396</v>
+        <v>2394</v>
       </c>
       <c r="F704" s="184" t="s">
-        <v>2397</v>
+        <v>2395</v>
       </c>
     </row>
     <row r="705" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E705" s="184" t="s">
-        <v>2398</v>
+        <v>2396</v>
       </c>
       <c r="F705" s="184" t="s">
-        <v>2399</v>
+        <v>2397</v>
       </c>
     </row>
     <row r="706" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E706" s="184" t="s">
-        <v>2400</v>
+        <v>2398</v>
       </c>
       <c r="F706" s="184" t="s">
-        <v>2512</v>
+        <v>2510</v>
       </c>
     </row>
     <row r="707" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E707" s="184" t="s">
-        <v>2401</v>
+        <v>2399</v>
       </c>
       <c r="F707" s="184" t="s">
-        <v>2513</v>
+        <v>2511</v>
       </c>
     </row>
     <row r="708" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E708" s="184" t="s">
-        <v>2402</v>
+        <v>2400</v>
       </c>
       <c r="F708" s="184" t="s">
-        <v>2403</v>
+        <v>2401</v>
       </c>
     </row>
     <row r="709" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E709" s="184" t="s">
-        <v>2404</v>
+        <v>2402</v>
       </c>
       <c r="F709" s="184" t="s">
-        <v>2405</v>
+        <v>2403</v>
       </c>
     </row>
     <row r="710" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E710" s="184" t="s">
-        <v>2406</v>
+        <v>2404</v>
       </c>
       <c r="F710" s="184" t="s">
-        <v>1923</v>
+        <v>1921</v>
       </c>
     </row>
     <row r="711" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E711" s="184" t="s">
-        <v>2407</v>
+        <v>2405</v>
       </c>
       <c r="F711" s="184" t="s">
-        <v>2408</v>
+        <v>2406</v>
       </c>
     </row>
     <row r="712" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E712" s="184" t="s">
-        <v>2409</v>
+        <v>2407</v>
       </c>
       <c r="F712" s="184" t="s">
-        <v>2410</v>
+        <v>2408</v>
       </c>
     </row>
     <row r="713" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E713" s="184" t="s">
-        <v>2411</v>
+        <v>2409</v>
       </c>
       <c r="F713" s="184" t="s">
-        <v>2412</v>
+        <v>2410</v>
       </c>
     </row>
     <row r="714" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E714" s="184" t="s">
-        <v>2413</v>
+        <v>2411</v>
       </c>
       <c r="F714" s="184" t="s">
-        <v>2414</v>
+        <v>2412</v>
       </c>
     </row>
     <row r="715" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E715" s="184" t="s">
-        <v>2415</v>
+        <v>2413</v>
       </c>
       <c r="F715" s="184" t="s">
-        <v>2416</v>
+        <v>2414</v>
       </c>
     </row>
     <row r="716" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E716" s="184" t="s">
-        <v>2417</v>
+        <v>2415</v>
       </c>
       <c r="F716" s="184" t="s">
-        <v>1988</v>
+        <v>1986</v>
       </c>
     </row>
     <row r="717" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E717" s="184" t="s">
-        <v>2418</v>
+        <v>2416</v>
       </c>
       <c r="F717" s="184" t="s">
-        <v>1705</v>
+        <v>1703</v>
       </c>
     </row>
     <row r="718" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E718" s="184" t="s">
-        <v>2419</v>
+        <v>2417</v>
       </c>
       <c r="F718" s="184" t="s">
-        <v>2514</v>
+        <v>2512</v>
       </c>
     </row>
     <row r="719" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E719" s="184" t="s">
-        <v>2420</v>
+        <v>2418</v>
       </c>
       <c r="F719" s="184" t="s">
-        <v>2421</v>
+        <v>2419</v>
       </c>
     </row>
     <row r="720" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E720" s="184" t="s">
-        <v>2422</v>
+        <v>2420</v>
       </c>
       <c r="F720" s="184" t="s">
-        <v>2423</v>
+        <v>2421</v>
       </c>
     </row>
     <row r="721" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E721" s="184" t="s">
-        <v>2424</v>
+        <v>2422</v>
       </c>
       <c r="F721" s="184" t="s">
-        <v>2425</v>
+        <v>2423</v>
       </c>
     </row>
     <row r="722" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E722" s="184" t="s">
-        <v>1867</v>
+        <v>1865</v>
       </c>
       <c r="F722" s="184" t="s">
-        <v>1868</v>
+        <v>1866</v>
       </c>
     </row>
     <row r="723" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E723" s="184" t="s">
-        <v>2426</v>
+        <v>2424</v>
       </c>
       <c r="F723" s="184" t="s">
-        <v>2427</v>
+        <v>2425</v>
       </c>
     </row>
     <row r="724" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E724" s="184" t="s">
-        <v>2428</v>
+        <v>2426</v>
       </c>
       <c r="F724" s="184" t="s">
-        <v>2515</v>
+        <v>2513</v>
       </c>
     </row>
     <row r="725" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E725" s="184" t="s">
-        <v>2429</v>
+        <v>2427</v>
       </c>
       <c r="F725" s="184" t="s">
-        <v>2338</v>
+        <v>2336</v>
       </c>
     </row>
     <row r="726" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E726" s="184" t="s">
-        <v>2430</v>
+        <v>2428</v>
       </c>
       <c r="F726" s="184" t="s">
-        <v>2431</v>
+        <v>2429</v>
       </c>
     </row>
     <row r="727" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E727" s="184" t="s">
-        <v>2432</v>
+        <v>2430</v>
       </c>
       <c r="F727" s="184" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
     </row>
     <row r="728" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E728" s="184" t="s">
-        <v>2433</v>
+        <v>2431</v>
       </c>
       <c r="F728" s="184" t="s">
-        <v>2434</v>
+        <v>2432</v>
       </c>
     </row>
     <row r="729" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E729" s="184" t="s">
-        <v>2435</v>
+        <v>2433</v>
       </c>
       <c r="F729" s="184" t="s">
-        <v>2436</v>
+        <v>2434</v>
       </c>
     </row>
     <row r="730" spans="5:6" x14ac:dyDescent="0.15">
       <c r="E730" s="184" t="s">
-        <v>2437</v>
+        <v>2435</v>
       </c>
       <c r="F730" s="184" t="s">
-        <v>2438</v>
+        <v>2436</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="C1:D1"/>
     <mergeCell ref="E1:F1"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>