--- v0 (2025-10-12)
+++ v1 (2025-12-13)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp3.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp4.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20415"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="166925"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{A5890ED0-5FEC-43DF-BA81-872949DC587C}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0828FACE-3BEE-4895-82BC-6379980B71AD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="20490" windowHeight="8865" xr2:uid="{D5262B9A-C1F8-408D-AE4B-702A79568B5E}"/>
+    <workbookView xWindow="2910" yWindow="810" windowWidth="24660" windowHeight="13830" xr2:uid="{D5262B9A-C1F8-408D-AE4B-702A79568B5E}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="78">
   <si>
     <t>3-e-Rad</t>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>e-Radに関する退職・転出手続依頼書</t>
     <rPh sb="6" eb="7">
       <t>カン</t>
     </rPh>
     <rPh sb="9" eb="11">
@@ -724,63 +724,50 @@
   <si>
     <t>e-Rad担当</t>
     <rPh sb="5" eb="7">
       <t>タントウ</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>科研費担当</t>
     <rPh sb="0" eb="2">
       <t>カケン</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>ヒ</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>タントウ</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>o-apply@st.ritsumei.ac.jp</t>
     <phoneticPr fontId="4"/>
   </si>
   <si>
-    <t>e-Rad担当：宇佐美・加藤</t>
-[...11 lines deleted...]
-  <si>
     <t>TEL 075-465-8224　(内線 511-2398)</t>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>【対象の方】　本大学を所属機関としてe-Rad登録を行っている方で、
 ●2024年度に本大学を退職し、他機関に所属しない方
 ●2025年度より本務機関が本大学から他機関に変更になる方
 　 ※非常勤の講師等で、2025年度に本大学で任用されるが、本務機関を他機関に変更する場合、
 　　　「e-Radに関する退職・転出手続依頼書」の提出が必要です。
 ◆転出後は異動先機関にて、e-Radの登録手続きを別途行ってください。
 　 転出後もご利用中のログイン情報（ログインID、パスワード）は変更になりません。</t>
     <rPh sb="1" eb="3">
       <t>タイショウ</t>
     </rPh>
     <rPh sb="4" eb="5">
       <t>カタ</t>
     </rPh>
     <rPh sb="51" eb="52">
       <t>タ</t>
     </rPh>
     <rPh sb="52" eb="54">
       <t>キカン</t>
     </rPh>
     <rPh sb="55" eb="57">
       <t>ショゾク</t>
@@ -845,59 +832,51 @@
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>⑧2025年4月以降の本大学での職位</t>
     <rPh sb="16" eb="18">
       <t>ショクイ</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>科研費担当：研究費経理事務センター(TEL 077-561-5025)</t>
     <rPh sb="6" eb="9">
       <t>ケンキュウヒ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>内線：515-6002、515-6028、515-6555</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>BKCリサーチオフィス</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
-    <t>e-Rad担当：井上・齋藤</t>
-[...2 lines deleted...]
-  <si>
     <t>TEL 077-561-2631　(内線 515-6549)</t>
-    <phoneticPr fontId="3"/>
-[...2 lines deleted...]
-    <t>e-Rad担当：今井・人見</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="ＭＳ Ｐゴシック"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>2025年度科研費において、</t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="9"/>
         <color rgb="FFFF0000"/>
         <rFont val="ＭＳ Ｐゴシック"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>代表者としての</t>
     </r>
     <r>
@@ -965,55 +944,76 @@
     </rPh>
     <rPh sb="51" eb="53">
       <t>ケイゾク</t>
     </rPh>
     <rPh sb="53" eb="55">
       <t>カダイ</t>
     </rPh>
     <rPh sb="56" eb="58">
       <t>ホユウ</t>
     </rPh>
     <rPh sb="58" eb="60">
       <t>ウム</t>
     </rPh>
     <rPh sb="81" eb="82">
       <t>ウエ</t>
     </rPh>
     <rPh sb="92" eb="93">
       <t>ソ</t>
     </rPh>
     <rPh sb="100" eb="102">
       <t>カイトウ</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
+    <t>e-Rad担当：今井・尾崎</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>e-Rad担当：宇佐美・古瀬</t>
+    <rPh sb="5" eb="7">
+      <t>タントウ</t>
+    </rPh>
+    <rPh sb="8" eb="11">
+      <t>ウサミ</t>
+    </rPh>
+    <rPh sb="12" eb="14">
+      <t>コセ</t>
+    </rPh>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
     <t>TEL 072-665-2570　(内線 513-2998)</t>
     <rPh sb="18" eb="20">
       <t>ナイセン</t>
     </rPh>
     <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>e-Rad担当：谷本・片岡</t>
+    <phoneticPr fontId="3"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="176" formatCode="0000000"/>
   </numFmts>
   <fonts count="38" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="MS UI Gothic"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
@@ -1959,481 +1959,481 @@
     </xf>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="14" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="15" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="27" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="22" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="22" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="4" borderId="24" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="4" borderId="25" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="4" borderId="26" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="4" borderId="23" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="24" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="25" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="26" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="14" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="24" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="25" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="26" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="14" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="24" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="25" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="26" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="14" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="14" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="14" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="15" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="14" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="19" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="20" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="21" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="22" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="14" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="17" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="13" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="18" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="16" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="7" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="7" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="7" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...406 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
     <cellStyle name="標準_【帳票最終確認】e-Rad,登録申請書　転出・退職手続きに関するe-Rad・科研費状況確認書_研究部HP_" xfId="1" xr:uid="{38E6DF83-FD37-4114-8BA2-0FB5E13A541A}"/>
     <cellStyle name="標準_①新任・転入手続きに関するe-Rad・科研費状況確認書" xfId="2" xr:uid="{A6256EF2-DF14-45E6-8AF8-43FFBBC7BD0D}"/>
     <cellStyle name="標準_科研費状況確認書" xfId="3" xr:uid="{F78EE27E-2373-4D33-8ADA-CBB1A73BC50E}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
@@ -3030,51 +3030,50 @@
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="10" name="Rectangle 10">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00000A000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="4678432" y="5847106"/>
           <a:ext cx="2598668" cy="1036984"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
-        <a:extLst/>
       </xdr:spPr>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="18288" rIns="0" bIns="0" anchor="t" upright="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="l" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="ja-JP" altLang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:latin typeface="ＭＳ Ｐゴシック"/>
               <a:ea typeface="ＭＳ Ｐゴシック"/>
             </a:rPr>
             <a:t>【新規課題の採否連絡および交付申請について】</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr algn="l" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="ja-JP" altLang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
@@ -3269,95 +3268,315 @@
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:latin typeface="ＭＳ Ｐゴシック"/>
             <a:ea typeface="ＭＳ Ｐゴシック"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr algn="l" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="ja-JP" altLang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:latin typeface="ＭＳ Ｐゴシック"/>
               <a:ea typeface="ＭＳ Ｐゴシック"/>
             </a:rPr>
             <a:t>  （基金種目の継続課題を除く）が必要になります。</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>28</xdr:col>
+      <xdr:colOff>10702</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>117723</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>37</xdr:col>
+      <xdr:colOff>1177</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>866882</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="12" name="テキスト ボックス 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00000C000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="5533062" y="684942"/>
+          <a:ext cx="1981093" cy="749159"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:sysClr val="window" lastClr="FFFFFF"/>
+        </a:solidFill>
+        <a:ln w="28575" cmpd="sng">
+          <a:solidFill>
+            <a:srgbClr val="FF0000"/>
+          </a:solidFill>
+        </a:ln>
+        <a:effectLst/>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr/>
+          </a:pPr>
+          <a:r>
+            <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1400" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="+mn-ea"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>提出締切</a:t>
+          </a:r>
+          <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1400" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="FF0000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uLnTx/>
+            <a:uFillTx/>
+            <a:latin typeface="+mn-ea"/>
+            <a:ea typeface="+mn-ea"/>
+            <a:cs typeface="+mn-cs"/>
+          </a:endParaRPr>
+        </a:p>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr/>
+          </a:pPr>
+          <a:r>
+            <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1400" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="+mn-ea"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>2025</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1400" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="+mn-ea"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>年 </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1400" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="+mn-ea"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>3</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1400" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="+mn-ea"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>月 </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1400" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="+mn-ea"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>4</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1400" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="+mn-ea"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>日（火）</a:t>
+          </a:r>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 テーマ">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -3419,51 +3638,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -3561,1237 +3780,1237 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A6575B41-BA6F-4285-A951-1385D927AC9E}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:BY56"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="140" zoomScaleNormal="100" zoomScaleSheetLayoutView="140" workbookViewId="0">
-      <selection activeCell="C43" sqref="C43:AK43"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" topLeftCell="A42" zoomScale="140" zoomScaleNormal="100" zoomScaleSheetLayoutView="140" workbookViewId="0">
+      <selection activeCell="P49" sqref="P49"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="2.5" defaultRowHeight="13.5" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="1.25" style="1" customWidth="1"/>
     <col min="2" max="2" width="1.625" style="3" customWidth="1"/>
     <col min="3" max="3" width="3.125" style="3" customWidth="1"/>
     <col min="4" max="12" width="2.5" style="3"/>
     <col min="13" max="13" width="1.75" style="3" customWidth="1"/>
     <col min="14" max="14" width="6" style="3" customWidth="1"/>
     <col min="15" max="15" width="3.125" style="3" customWidth="1"/>
     <col min="16" max="16" width="2.5" style="3"/>
     <col min="17" max="17" width="2.25" style="3" customWidth="1"/>
     <col min="18" max="26" width="2.5" style="3"/>
     <col min="27" max="27" width="2.875" style="3" customWidth="1"/>
     <col min="28" max="29" width="2.5" style="3"/>
     <col min="30" max="36" width="3" style="3" customWidth="1"/>
     <col min="37" max="37" width="3" style="1" customWidth="1"/>
     <col min="38" max="39" width="2.5" style="1"/>
     <col min="40" max="16384" width="2.5" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:39" ht="18.75" x14ac:dyDescent="0.4">
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:39" ht="12.75" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B2" s="118" t="s">
+      <c r="B2" s="254" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="118"/>
-[...33 lines deleted...]
-      <c r="AK2" s="118"/>
+      <c r="C2" s="254"/>
+      <c r="D2" s="254"/>
+      <c r="E2" s="254"/>
+      <c r="F2" s="254"/>
+      <c r="G2" s="254"/>
+      <c r="H2" s="254"/>
+      <c r="I2" s="254"/>
+      <c r="J2" s="254"/>
+      <c r="K2" s="254"/>
+      <c r="L2" s="254"/>
+      <c r="M2" s="254"/>
+      <c r="N2" s="254"/>
+      <c r="O2" s="254"/>
+      <c r="P2" s="254"/>
+      <c r="Q2" s="254"/>
+      <c r="R2" s="254"/>
+      <c r="S2" s="254"/>
+      <c r="T2" s="254"/>
+      <c r="U2" s="254"/>
+      <c r="V2" s="254"/>
+      <c r="W2" s="254"/>
+      <c r="X2" s="254"/>
+      <c r="Y2" s="254"/>
+      <c r="Z2" s="254"/>
+      <c r="AA2" s="254"/>
+      <c r="AB2" s="254"/>
+      <c r="AC2" s="254"/>
+      <c r="AD2" s="254"/>
+      <c r="AE2" s="254"/>
+      <c r="AF2" s="254"/>
+      <c r="AG2" s="254"/>
+      <c r="AH2" s="254"/>
+      <c r="AI2" s="254"/>
+      <c r="AJ2" s="254"/>
+      <c r="AK2" s="254"/>
       <c r="AL2" s="4"/>
       <c r="AM2" s="4"/>
     </row>
     <row r="3" spans="1:39" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A3" s="5"/>
-      <c r="B3" s="118"/>
-[...34 lines deleted...]
-      <c r="AK3" s="118"/>
+      <c r="B3" s="254"/>
+      <c r="C3" s="254"/>
+      <c r="D3" s="254"/>
+      <c r="E3" s="254"/>
+      <c r="F3" s="254"/>
+      <c r="G3" s="254"/>
+      <c r="H3" s="254"/>
+      <c r="I3" s="254"/>
+      <c r="J3" s="254"/>
+      <c r="K3" s="254"/>
+      <c r="L3" s="254"/>
+      <c r="M3" s="254"/>
+      <c r="N3" s="254"/>
+      <c r="O3" s="254"/>
+      <c r="P3" s="254"/>
+      <c r="Q3" s="254"/>
+      <c r="R3" s="254"/>
+      <c r="S3" s="254"/>
+      <c r="T3" s="254"/>
+      <c r="U3" s="254"/>
+      <c r="V3" s="254"/>
+      <c r="W3" s="254"/>
+      <c r="X3" s="254"/>
+      <c r="Y3" s="254"/>
+      <c r="Z3" s="254"/>
+      <c r="AA3" s="254"/>
+      <c r="AB3" s="254"/>
+      <c r="AC3" s="254"/>
+      <c r="AD3" s="254"/>
+      <c r="AE3" s="254"/>
+      <c r="AF3" s="254"/>
+      <c r="AG3" s="254"/>
+      <c r="AH3" s="254"/>
+      <c r="AI3" s="254"/>
+      <c r="AJ3" s="254"/>
+      <c r="AK3" s="254"/>
       <c r="AL3" s="4"/>
       <c r="AM3" s="4"/>
     </row>
     <row r="4" spans="1:39" ht="81" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A4" s="6"/>
-      <c r="B4" s="119" t="s">
-[...36 lines deleted...]
-      <c r="AK4" s="119"/>
+      <c r="B4" s="255" t="s">
+        <v>65</v>
+      </c>
+      <c r="C4" s="255"/>
+      <c r="D4" s="255"/>
+      <c r="E4" s="255"/>
+      <c r="F4" s="255"/>
+      <c r="G4" s="255"/>
+      <c r="H4" s="255"/>
+      <c r="I4" s="255"/>
+      <c r="J4" s="255"/>
+      <c r="K4" s="255"/>
+      <c r="L4" s="255"/>
+      <c r="M4" s="255"/>
+      <c r="N4" s="255"/>
+      <c r="O4" s="255"/>
+      <c r="P4" s="255"/>
+      <c r="Q4" s="255"/>
+      <c r="R4" s="255"/>
+      <c r="S4" s="255"/>
+      <c r="T4" s="255"/>
+      <c r="U4" s="255"/>
+      <c r="V4" s="255"/>
+      <c r="W4" s="255"/>
+      <c r="X4" s="255"/>
+      <c r="Y4" s="255"/>
+      <c r="Z4" s="255"/>
+      <c r="AA4" s="255"/>
+      <c r="AB4" s="255"/>
+      <c r="AC4" s="255"/>
+      <c r="AD4" s="255"/>
+      <c r="AE4" s="255"/>
+      <c r="AF4" s="255"/>
+      <c r="AG4" s="255"/>
+      <c r="AH4" s="255"/>
+      <c r="AI4" s="255"/>
+      <c r="AJ4" s="255"/>
+      <c r="AK4" s="255"/>
       <c r="AL4" s="7"/>
       <c r="AM4" s="7"/>
     </row>
     <row r="5" spans="1:39" ht="3.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A5" s="8"/>
       <c r="B5" s="8"/>
       <c r="C5" s="8"/>
       <c r="D5" s="8"/>
       <c r="E5" s="8"/>
       <c r="F5" s="8"/>
       <c r="G5" s="8"/>
       <c r="H5" s="8"/>
       <c r="I5" s="8"/>
       <c r="J5" s="8"/>
       <c r="K5" s="8"/>
       <c r="L5" s="8"/>
       <c r="M5" s="8"/>
       <c r="N5" s="8"/>
       <c r="O5" s="8"/>
       <c r="P5" s="8"/>
       <c r="Q5" s="8"/>
       <c r="R5" s="8"/>
-      <c r="S5" s="120"/>
-[...16 lines deleted...]
-      <c r="AJ5" s="120"/>
+      <c r="S5" s="256"/>
+      <c r="T5" s="256"/>
+      <c r="U5" s="256"/>
+      <c r="V5" s="256"/>
+      <c r="W5" s="256"/>
+      <c r="X5" s="256"/>
+      <c r="Y5" s="256"/>
+      <c r="Z5" s="256"/>
+      <c r="AA5" s="256"/>
+      <c r="AB5" s="256"/>
+      <c r="AC5" s="256"/>
+      <c r="AD5" s="256"/>
+      <c r="AE5" s="256"/>
+      <c r="AF5" s="256"/>
+      <c r="AG5" s="256"/>
+      <c r="AH5" s="256"/>
+      <c r="AI5" s="256"/>
+      <c r="AJ5" s="256"/>
       <c r="AK5" s="8"/>
     </row>
     <row r="6" spans="1:39" ht="14.25" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A6" s="8"/>
-      <c r="B6" s="121" t="s">
+      <c r="B6" s="257" t="s">
         <v>2</v>
       </c>
-      <c r="C6" s="121"/>
-[...33 lines deleted...]
-      <c r="AK6" s="121"/>
+      <c r="C6" s="257"/>
+      <c r="D6" s="257"/>
+      <c r="E6" s="257"/>
+      <c r="F6" s="257"/>
+      <c r="G6" s="257"/>
+      <c r="H6" s="257"/>
+      <c r="I6" s="257"/>
+      <c r="J6" s="257"/>
+      <c r="K6" s="257"/>
+      <c r="L6" s="257"/>
+      <c r="M6" s="257"/>
+      <c r="N6" s="257"/>
+      <c r="O6" s="257"/>
+      <c r="P6" s="257"/>
+      <c r="Q6" s="257"/>
+      <c r="R6" s="257"/>
+      <c r="S6" s="257"/>
+      <c r="T6" s="257"/>
+      <c r="U6" s="257"/>
+      <c r="V6" s="257"/>
+      <c r="W6" s="257"/>
+      <c r="X6" s="257"/>
+      <c r="Y6" s="257"/>
+      <c r="Z6" s="257"/>
+      <c r="AA6" s="257"/>
+      <c r="AB6" s="257"/>
+      <c r="AC6" s="257"/>
+      <c r="AD6" s="257"/>
+      <c r="AE6" s="257"/>
+      <c r="AF6" s="257"/>
+      <c r="AG6" s="257"/>
+      <c r="AH6" s="257"/>
+      <c r="AI6" s="257"/>
+      <c r="AJ6" s="257"/>
+      <c r="AK6" s="257"/>
     </row>
     <row r="7" spans="1:39" ht="27" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A7" s="8"/>
       <c r="B7" s="9"/>
-      <c r="C7" s="122" t="s">
-[...35 lines deleted...]
-      <c r="AK7" s="122"/>
+      <c r="C7" s="258" t="s">
+        <v>66</v>
+      </c>
+      <c r="D7" s="258"/>
+      <c r="E7" s="258"/>
+      <c r="F7" s="258"/>
+      <c r="G7" s="258"/>
+      <c r="H7" s="258"/>
+      <c r="I7" s="258"/>
+      <c r="J7" s="258"/>
+      <c r="K7" s="258"/>
+      <c r="L7" s="258"/>
+      <c r="M7" s="258"/>
+      <c r="N7" s="258"/>
+      <c r="O7" s="258"/>
+      <c r="P7" s="258"/>
+      <c r="Q7" s="258"/>
+      <c r="R7" s="258"/>
+      <c r="S7" s="258"/>
+      <c r="T7" s="258"/>
+      <c r="U7" s="258"/>
+      <c r="V7" s="258"/>
+      <c r="W7" s="258"/>
+      <c r="X7" s="258"/>
+      <c r="Y7" s="258"/>
+      <c r="Z7" s="258"/>
+      <c r="AA7" s="258"/>
+      <c r="AB7" s="258"/>
+      <c r="AC7" s="258"/>
+      <c r="AD7" s="258"/>
+      <c r="AE7" s="258"/>
+      <c r="AF7" s="258"/>
+      <c r="AG7" s="258"/>
+      <c r="AH7" s="258"/>
+      <c r="AI7" s="258"/>
+      <c r="AJ7" s="258"/>
+      <c r="AK7" s="258"/>
       <c r="AL7" s="10"/>
       <c r="AM7" s="10"/>
     </row>
     <row r="8" spans="1:39" x14ac:dyDescent="0.4">
       <c r="B8" s="1"/>
       <c r="C8" s="11" t="s">
         <v>3</v>
       </c>
       <c r="D8" s="12"/>
       <c r="E8" s="12"/>
-      <c r="F8" s="115" t="s">
+      <c r="F8" s="216" t="s">
         <v>4</v>
       </c>
-      <c r="G8" s="115"/>
-[...22 lines deleted...]
-      <c r="AD8" s="117" t="s">
+      <c r="G8" s="216"/>
+      <c r="H8" s="216"/>
+      <c r="I8" s="216"/>
+      <c r="J8" s="216"/>
+      <c r="K8" s="216"/>
+      <c r="L8" s="216"/>
+      <c r="M8" s="216"/>
+      <c r="N8" s="216"/>
+      <c r="O8" s="216"/>
+      <c r="P8" s="216"/>
+      <c r="Q8" s="216"/>
+      <c r="R8" s="216"/>
+      <c r="S8" s="216"/>
+      <c r="T8" s="216"/>
+      <c r="U8" s="216"/>
+      <c r="V8" s="216"/>
+      <c r="W8" s="216"/>
+      <c r="X8" s="216"/>
+      <c r="Y8" s="216"/>
+      <c r="Z8" s="216"/>
+      <c r="AA8" s="216"/>
+      <c r="AB8" s="216"/>
+      <c r="AC8" s="217"/>
+      <c r="AD8" s="215" t="s">
         <v>5</v>
       </c>
-      <c r="AE8" s="115"/>
-[...5 lines deleted...]
-      <c r="AK8" s="116"/>
+      <c r="AE8" s="216"/>
+      <c r="AF8" s="216"/>
+      <c r="AG8" s="216"/>
+      <c r="AH8" s="216"/>
+      <c r="AI8" s="216"/>
+      <c r="AJ8" s="216"/>
+      <c r="AK8" s="217"/>
       <c r="AL8" s="3"/>
     </row>
     <row r="9" spans="1:39" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B9" s="1"/>
       <c r="C9" s="13"/>
       <c r="D9" s="14"/>
       <c r="E9" s="14"/>
-      <c r="F9" s="123" t="s">
+      <c r="F9" s="244" t="s">
         <v>6</v>
       </c>
-      <c r="G9" s="123"/>
-[...10 lines deleted...]
-      <c r="R9" s="125" t="s">
+      <c r="G9" s="244"/>
+      <c r="H9" s="248"/>
+      <c r="I9" s="248"/>
+      <c r="J9" s="248"/>
+      <c r="K9" s="248"/>
+      <c r="L9" s="248"/>
+      <c r="M9" s="248"/>
+      <c r="N9" s="248"/>
+      <c r="O9" s="248"/>
+      <c r="P9" s="248"/>
+      <c r="Q9" s="248"/>
+      <c r="R9" s="249" t="s">
         <v>7</v>
       </c>
-      <c r="S9" s="125"/>
-[...17 lines deleted...]
-      <c r="AK9" s="129"/>
+      <c r="S9" s="249"/>
+      <c r="T9" s="248"/>
+      <c r="U9" s="248"/>
+      <c r="V9" s="248"/>
+      <c r="W9" s="248"/>
+      <c r="X9" s="248"/>
+      <c r="Y9" s="248"/>
+      <c r="Z9" s="248"/>
+      <c r="AA9" s="248"/>
+      <c r="AB9" s="248"/>
+      <c r="AC9" s="250"/>
+      <c r="AD9" s="251"/>
+      <c r="AE9" s="252"/>
+      <c r="AF9" s="252"/>
+      <c r="AG9" s="252"/>
+      <c r="AH9" s="252"/>
+      <c r="AI9" s="252"/>
+      <c r="AJ9" s="252"/>
+      <c r="AK9" s="253"/>
     </row>
     <row r="10" spans="1:39" s="16" customFormat="1" x14ac:dyDescent="0.4">
       <c r="A10" s="15"/>
       <c r="C10" s="17"/>
       <c r="D10" s="18"/>
       <c r="E10" s="18"/>
-      <c r="F10" s="130" t="s">
+      <c r="F10" s="240" t="s">
         <v>8</v>
       </c>
-      <c r="G10" s="130"/>
-[...29 lines deleted...]
-      <c r="AK10" s="129"/>
+      <c r="G10" s="240"/>
+      <c r="H10" s="240"/>
+      <c r="I10" s="240"/>
+      <c r="J10" s="240"/>
+      <c r="K10" s="240"/>
+      <c r="L10" s="240"/>
+      <c r="M10" s="240"/>
+      <c r="N10" s="240"/>
+      <c r="O10" s="240"/>
+      <c r="P10" s="240"/>
+      <c r="Q10" s="240"/>
+      <c r="R10" s="240"/>
+      <c r="S10" s="240"/>
+      <c r="T10" s="240"/>
+      <c r="U10" s="240"/>
+      <c r="V10" s="240"/>
+      <c r="W10" s="240"/>
+      <c r="X10" s="240"/>
+      <c r="Y10" s="240"/>
+      <c r="Z10" s="240"/>
+      <c r="AA10" s="240"/>
+      <c r="AB10" s="240"/>
+      <c r="AC10" s="241"/>
+      <c r="AD10" s="251"/>
+      <c r="AE10" s="252"/>
+      <c r="AF10" s="252"/>
+      <c r="AG10" s="252"/>
+      <c r="AH10" s="252"/>
+      <c r="AI10" s="252"/>
+      <c r="AJ10" s="252"/>
+      <c r="AK10" s="253"/>
       <c r="AM10" s="15"/>
     </row>
     <row r="11" spans="1:39" s="20" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A11" s="19"/>
       <c r="C11" s="21"/>
       <c r="D11" s="22"/>
       <c r="E11" s="22"/>
-      <c r="F11" s="123" t="s">
+      <c r="F11" s="244" t="s">
         <v>9</v>
       </c>
-      <c r="G11" s="123"/>
-[...10 lines deleted...]
-      <c r="R11" s="123" t="s">
+      <c r="G11" s="244"/>
+      <c r="H11" s="245"/>
+      <c r="I11" s="245"/>
+      <c r="J11" s="245"/>
+      <c r="K11" s="245"/>
+      <c r="L11" s="245"/>
+      <c r="M11" s="245"/>
+      <c r="N11" s="245"/>
+      <c r="O11" s="245"/>
+      <c r="P11" s="245"/>
+      <c r="Q11" s="245"/>
+      <c r="R11" s="244" t="s">
         <v>10</v>
       </c>
-      <c r="S11" s="123"/>
-[...10 lines deleted...]
-      <c r="AD11" s="134" t="s">
+      <c r="S11" s="244"/>
+      <c r="T11" s="245"/>
+      <c r="U11" s="245"/>
+      <c r="V11" s="245"/>
+      <c r="W11" s="245"/>
+      <c r="X11" s="245"/>
+      <c r="Y11" s="245"/>
+      <c r="Z11" s="245"/>
+      <c r="AA11" s="245"/>
+      <c r="AB11" s="245"/>
+      <c r="AC11" s="246"/>
+      <c r="AD11" s="247" t="s">
         <v>11</v>
       </c>
-      <c r="AE11" s="135"/>
-[...5 lines deleted...]
-      <c r="AK11" s="136"/>
+      <c r="AE11" s="164"/>
+      <c r="AF11" s="164"/>
+      <c r="AG11" s="164"/>
+      <c r="AH11" s="164"/>
+      <c r="AI11" s="164"/>
+      <c r="AJ11" s="164"/>
+      <c r="AK11" s="166"/>
       <c r="AM11" s="19"/>
     </row>
     <row r="12" spans="1:39" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B12" s="1"/>
       <c r="C12" s="13"/>
       <c r="D12" s="14"/>
       <c r="E12" s="14"/>
-      <c r="F12" s="130" t="s">
+      <c r="F12" s="240" t="s">
         <v>12</v>
       </c>
-      <c r="G12" s="130"/>
-[...29 lines deleted...]
-      <c r="AK12" s="139"/>
+      <c r="G12" s="240"/>
+      <c r="H12" s="240"/>
+      <c r="I12" s="240"/>
+      <c r="J12" s="240"/>
+      <c r="K12" s="240"/>
+      <c r="L12" s="240"/>
+      <c r="M12" s="240"/>
+      <c r="N12" s="240"/>
+      <c r="O12" s="240"/>
+      <c r="P12" s="240"/>
+      <c r="Q12" s="240"/>
+      <c r="R12" s="240"/>
+      <c r="S12" s="240"/>
+      <c r="T12" s="240"/>
+      <c r="U12" s="240"/>
+      <c r="V12" s="240"/>
+      <c r="W12" s="240"/>
+      <c r="X12" s="240"/>
+      <c r="Y12" s="240"/>
+      <c r="Z12" s="240"/>
+      <c r="AA12" s="240"/>
+      <c r="AB12" s="240"/>
+      <c r="AC12" s="241"/>
+      <c r="AD12" s="242"/>
+      <c r="AE12" s="235"/>
+      <c r="AF12" s="235"/>
+      <c r="AG12" s="235"/>
+      <c r="AH12" s="235"/>
+      <c r="AI12" s="235"/>
+      <c r="AJ12" s="235"/>
+      <c r="AK12" s="237"/>
       <c r="AL12" s="3"/>
     </row>
     <row r="13" spans="1:39" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B13" s="1"/>
       <c r="C13" s="23"/>
       <c r="D13" s="24"/>
       <c r="E13" s="24"/>
-      <c r="F13" s="141" t="s">
+      <c r="F13" s="239" t="s">
         <v>13</v>
       </c>
-      <c r="G13" s="141"/>
-[...10 lines deleted...]
-      <c r="R13" s="141" t="s">
+      <c r="G13" s="239"/>
+      <c r="H13" s="225"/>
+      <c r="I13" s="225"/>
+      <c r="J13" s="225"/>
+      <c r="K13" s="225"/>
+      <c r="L13" s="225"/>
+      <c r="M13" s="225"/>
+      <c r="N13" s="225"/>
+      <c r="O13" s="225"/>
+      <c r="P13" s="225"/>
+      <c r="Q13" s="225"/>
+      <c r="R13" s="239" t="s">
         <v>14</v>
       </c>
-      <c r="S13" s="141"/>
-[...17 lines deleted...]
-      <c r="AK13" s="140"/>
+      <c r="S13" s="239"/>
+      <c r="T13" s="225"/>
+      <c r="U13" s="225"/>
+      <c r="V13" s="225"/>
+      <c r="W13" s="225"/>
+      <c r="X13" s="225"/>
+      <c r="Y13" s="225"/>
+      <c r="Z13" s="225"/>
+      <c r="AA13" s="225"/>
+      <c r="AB13" s="225"/>
+      <c r="AC13" s="226"/>
+      <c r="AD13" s="243"/>
+      <c r="AE13" s="236"/>
+      <c r="AF13" s="236"/>
+      <c r="AG13" s="236"/>
+      <c r="AH13" s="236"/>
+      <c r="AI13" s="236"/>
+      <c r="AJ13" s="236"/>
+      <c r="AK13" s="238"/>
       <c r="AL13" s="3"/>
     </row>
     <row r="14" spans="1:39" ht="13.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B14" s="1"/>
       <c r="C14" s="25" t="s">
         <v>15</v>
       </c>
       <c r="D14" s="26"/>
       <c r="E14" s="26"/>
       <c r="F14" s="27"/>
       <c r="G14" s="27"/>
       <c r="H14" s="28"/>
       <c r="I14" s="28"/>
-      <c r="J14" s="165"/>
-[...4 lines deleted...]
-      <c r="O14" s="165" t="s">
+      <c r="J14" s="233"/>
+      <c r="K14" s="233"/>
+      <c r="L14" s="233"/>
+      <c r="M14" s="233"/>
+      <c r="N14" s="233"/>
+      <c r="O14" s="233" t="s">
         <v>16</v>
       </c>
-      <c r="P14" s="165"/>
-[...2 lines deleted...]
-      <c r="S14" s="165" t="s">
+      <c r="P14" s="233"/>
+      <c r="Q14" s="233"/>
+      <c r="R14" s="233"/>
+      <c r="S14" s="233" t="s">
         <v>17</v>
       </c>
       <c r="T14" s="29"/>
-      <c r="U14" s="165"/>
-[...2 lines deleted...]
-      <c r="X14" s="165" t="s">
+      <c r="U14" s="233"/>
+      <c r="V14" s="233"/>
+      <c r="W14" s="233"/>
+      <c r="X14" s="233" t="s">
         <v>18</v>
       </c>
       <c r="Y14" s="30"/>
-      <c r="Z14" s="146" t="s">
+      <c r="Z14" s="209" t="s">
         <v>19</v>
       </c>
-      <c r="AA14" s="147"/>
-[...9 lines deleted...]
-      <c r="AK14" s="148"/>
+      <c r="AA14" s="210"/>
+      <c r="AB14" s="210"/>
+      <c r="AC14" s="210"/>
+      <c r="AD14" s="210"/>
+      <c r="AE14" s="210"/>
+      <c r="AF14" s="210"/>
+      <c r="AG14" s="210"/>
+      <c r="AH14" s="210"/>
+      <c r="AI14" s="210"/>
+      <c r="AJ14" s="210"/>
+      <c r="AK14" s="211"/>
       <c r="AL14" s="3"/>
     </row>
     <row r="15" spans="1:39" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B15" s="1"/>
       <c r="C15" s="13"/>
       <c r="D15" s="26"/>
       <c r="E15" s="26"/>
       <c r="F15" s="27"/>
       <c r="G15" s="27"/>
       <c r="H15" s="28"/>
       <c r="I15" s="28"/>
-      <c r="J15" s="166"/>
-[...8 lines deleted...]
-      <c r="S15" s="166"/>
+      <c r="J15" s="234"/>
+      <c r="K15" s="234"/>
+      <c r="L15" s="234"/>
+      <c r="M15" s="234"/>
+      <c r="N15" s="234"/>
+      <c r="O15" s="234"/>
+      <c r="P15" s="234"/>
+      <c r="Q15" s="234"/>
+      <c r="R15" s="234"/>
+      <c r="S15" s="234"/>
       <c r="T15" s="31"/>
-      <c r="U15" s="166"/>
-[...2 lines deleted...]
-      <c r="X15" s="166"/>
+      <c r="U15" s="234"/>
+      <c r="V15" s="234"/>
+      <c r="W15" s="234"/>
+      <c r="X15" s="234"/>
       <c r="Y15" s="32"/>
-      <c r="Z15" s="149" t="s">
+      <c r="Z15" s="212" t="s">
         <v>20</v>
       </c>
-      <c r="AA15" s="150"/>
-[...9 lines deleted...]
-      <c r="AK15" s="151"/>
+      <c r="AA15" s="213"/>
+      <c r="AB15" s="213"/>
+      <c r="AC15" s="213"/>
+      <c r="AD15" s="213"/>
+      <c r="AE15" s="213"/>
+      <c r="AF15" s="213"/>
+      <c r="AG15" s="213"/>
+      <c r="AH15" s="213"/>
+      <c r="AI15" s="213"/>
+      <c r="AJ15" s="213"/>
+      <c r="AK15" s="214"/>
       <c r="AL15" s="3"/>
     </row>
     <row r="16" spans="1:39" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B16" s="1"/>
-      <c r="C16" s="117" t="s">
+      <c r="C16" s="215" t="s">
         <v>21</v>
       </c>
-      <c r="D16" s="115"/>
-[...11 lines deleted...]
-      <c r="P16" s="152" t="s">
+      <c r="D16" s="216"/>
+      <c r="E16" s="216"/>
+      <c r="F16" s="216"/>
+      <c r="G16" s="216"/>
+      <c r="H16" s="216"/>
+      <c r="I16" s="216"/>
+      <c r="J16" s="216"/>
+      <c r="K16" s="216"/>
+      <c r="L16" s="216"/>
+      <c r="M16" s="216"/>
+      <c r="N16" s="216"/>
+      <c r="O16" s="217"/>
+      <c r="P16" s="218" t="s">
         <v>22</v>
       </c>
-      <c r="Q16" s="153"/>
-[...19 lines deleted...]
-      <c r="AK16" s="151"/>
+      <c r="Q16" s="219"/>
+      <c r="R16" s="219"/>
+      <c r="S16" s="219"/>
+      <c r="T16" s="219"/>
+      <c r="U16" s="219"/>
+      <c r="V16" s="219"/>
+      <c r="W16" s="219"/>
+      <c r="X16" s="219"/>
+      <c r="Y16" s="220"/>
+      <c r="Z16" s="212"/>
+      <c r="AA16" s="213"/>
+      <c r="AB16" s="213"/>
+      <c r="AC16" s="213"/>
+      <c r="AD16" s="213"/>
+      <c r="AE16" s="213"/>
+      <c r="AF16" s="213"/>
+      <c r="AG16" s="213"/>
+      <c r="AH16" s="213"/>
+      <c r="AI16" s="213"/>
+      <c r="AJ16" s="213"/>
+      <c r="AK16" s="214"/>
       <c r="AL16" s="3"/>
       <c r="AM16" s="3"/>
     </row>
     <row r="17" spans="2:51" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B17" s="1"/>
-      <c r="C17" s="155"/>
-[...22 lines deleted...]
-      <c r="Z17" s="159" t="s">
+      <c r="C17" s="221"/>
+      <c r="D17" s="222"/>
+      <c r="E17" s="222"/>
+      <c r="F17" s="222"/>
+      <c r="G17" s="222"/>
+      <c r="H17" s="222"/>
+      <c r="I17" s="222"/>
+      <c r="J17" s="222"/>
+      <c r="K17" s="222"/>
+      <c r="L17" s="222"/>
+      <c r="M17" s="222"/>
+      <c r="N17" s="222"/>
+      <c r="O17" s="223"/>
+      <c r="P17" s="221"/>
+      <c r="Q17" s="222"/>
+      <c r="R17" s="222"/>
+      <c r="S17" s="222"/>
+      <c r="T17" s="222"/>
+      <c r="U17" s="222"/>
+      <c r="V17" s="222"/>
+      <c r="W17" s="222"/>
+      <c r="X17" s="222"/>
+      <c r="Y17" s="223"/>
+      <c r="Z17" s="227" t="s">
         <v>23</v>
       </c>
-      <c r="AA17" s="160"/>
-[...9 lines deleted...]
-      <c r="AK17" s="161"/>
+      <c r="AA17" s="228"/>
+      <c r="AB17" s="228"/>
+      <c r="AC17" s="228"/>
+      <c r="AD17" s="228"/>
+      <c r="AE17" s="228"/>
+      <c r="AF17" s="228"/>
+      <c r="AG17" s="228"/>
+      <c r="AH17" s="228"/>
+      <c r="AI17" s="228"/>
+      <c r="AJ17" s="228"/>
+      <c r="AK17" s="229"/>
       <c r="AL17" s="3"/>
       <c r="AM17" s="3"/>
     </row>
     <row r="18" spans="2:51" ht="13.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B18" s="1"/>
-      <c r="C18" s="158"/>
-[...22 lines deleted...]
-      <c r="Z18" s="162" t="s">
+      <c r="C18" s="224"/>
+      <c r="D18" s="225"/>
+      <c r="E18" s="225"/>
+      <c r="F18" s="225"/>
+      <c r="G18" s="225"/>
+      <c r="H18" s="225"/>
+      <c r="I18" s="225"/>
+      <c r="J18" s="225"/>
+      <c r="K18" s="225"/>
+      <c r="L18" s="225"/>
+      <c r="M18" s="225"/>
+      <c r="N18" s="225"/>
+      <c r="O18" s="226"/>
+      <c r="P18" s="224"/>
+      <c r="Q18" s="225"/>
+      <c r="R18" s="225"/>
+      <c r="S18" s="225"/>
+      <c r="T18" s="225"/>
+      <c r="U18" s="225"/>
+      <c r="V18" s="225"/>
+      <c r="W18" s="225"/>
+      <c r="X18" s="225"/>
+      <c r="Y18" s="226"/>
+      <c r="Z18" s="230" t="s">
         <v>24</v>
       </c>
-      <c r="AA18" s="163"/>
-[...9 lines deleted...]
-      <c r="AK18" s="164"/>
+      <c r="AA18" s="231"/>
+      <c r="AB18" s="231"/>
+      <c r="AC18" s="231"/>
+      <c r="AD18" s="231"/>
+      <c r="AE18" s="231"/>
+      <c r="AF18" s="231"/>
+      <c r="AG18" s="231"/>
+      <c r="AH18" s="231"/>
+      <c r="AI18" s="231"/>
+      <c r="AJ18" s="231"/>
+      <c r="AK18" s="232"/>
       <c r="AL18" s="3"/>
       <c r="AM18" s="3"/>
     </row>
     <row r="19" spans="2:51" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B19" s="1"/>
-      <c r="C19" s="168" t="s">
+      <c r="C19" s="136" t="s">
+        <v>67</v>
+      </c>
+      <c r="D19" s="137"/>
+      <c r="E19" s="137"/>
+      <c r="F19" s="137"/>
+      <c r="G19" s="137"/>
+      <c r="H19" s="137"/>
+      <c r="I19" s="137"/>
+      <c r="J19" s="137"/>
+      <c r="K19" s="137"/>
+      <c r="L19" s="137"/>
+      <c r="M19" s="137"/>
+      <c r="N19" s="137"/>
+      <c r="O19" s="180"/>
+      <c r="P19" s="181" t="s">
         <v>68</v>
       </c>
-      <c r="D19" s="169"/>
-[...23 lines deleted...]
-      <c r="Z19" s="174" t="s">
+      <c r="Q19" s="182"/>
+      <c r="R19" s="182"/>
+      <c r="S19" s="182"/>
+      <c r="T19" s="182"/>
+      <c r="U19" s="182"/>
+      <c r="V19" s="182"/>
+      <c r="W19" s="182"/>
+      <c r="X19" s="182"/>
+      <c r="Y19" s="183"/>
+      <c r="Z19" s="184" t="s">
         <v>25</v>
       </c>
-      <c r="AA19" s="175"/>
-[...9 lines deleted...]
-      <c r="AK19" s="176"/>
+      <c r="AA19" s="133"/>
+      <c r="AB19" s="133"/>
+      <c r="AC19" s="133"/>
+      <c r="AD19" s="133"/>
+      <c r="AE19" s="133"/>
+      <c r="AF19" s="133"/>
+      <c r="AG19" s="133"/>
+      <c r="AH19" s="133"/>
+      <c r="AI19" s="133"/>
+      <c r="AJ19" s="133"/>
+      <c r="AK19" s="135"/>
       <c r="AL19" s="3"/>
       <c r="AM19" s="3"/>
     </row>
     <row r="20" spans="2:51" ht="6.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B20" s="1"/>
-      <c r="C20" s="177" t="s">
+      <c r="C20" s="185" t="s">
         <v>26</v>
       </c>
-      <c r="D20" s="178"/>
-[...32 lines deleted...]
-      <c r="AK20" s="176"/>
+      <c r="D20" s="186"/>
+      <c r="E20" s="186"/>
+      <c r="F20" s="186"/>
+      <c r="G20" s="186"/>
+      <c r="H20" s="187"/>
+      <c r="I20" s="187"/>
+      <c r="J20" s="187"/>
+      <c r="K20" s="187"/>
+      <c r="L20" s="187"/>
+      <c r="M20" s="187"/>
+      <c r="N20" s="187"/>
+      <c r="O20" s="188"/>
+      <c r="P20" s="191"/>
+      <c r="Q20" s="192"/>
+      <c r="R20" s="192"/>
+      <c r="S20" s="192"/>
+      <c r="T20" s="192"/>
+      <c r="U20" s="192"/>
+      <c r="V20" s="192"/>
+      <c r="W20" s="192"/>
+      <c r="X20" s="192"/>
+      <c r="Y20" s="193"/>
+      <c r="Z20" s="184"/>
+      <c r="AA20" s="133"/>
+      <c r="AB20" s="133"/>
+      <c r="AC20" s="133"/>
+      <c r="AD20" s="133"/>
+      <c r="AE20" s="133"/>
+      <c r="AF20" s="133"/>
+      <c r="AG20" s="133"/>
+      <c r="AH20" s="133"/>
+      <c r="AI20" s="133"/>
+      <c r="AJ20" s="133"/>
+      <c r="AK20" s="135"/>
       <c r="AL20" s="3"/>
       <c r="AM20" s="3"/>
     </row>
     <row r="21" spans="2:51" ht="6.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B21" s="1"/>
-      <c r="C21" s="177"/>
-[...22 lines deleted...]
-      <c r="Z21" s="174" t="s">
+      <c r="C21" s="185"/>
+      <c r="D21" s="186"/>
+      <c r="E21" s="186"/>
+      <c r="F21" s="186"/>
+      <c r="G21" s="186"/>
+      <c r="H21" s="187"/>
+      <c r="I21" s="187"/>
+      <c r="J21" s="187"/>
+      <c r="K21" s="187"/>
+      <c r="L21" s="187"/>
+      <c r="M21" s="187"/>
+      <c r="N21" s="187"/>
+      <c r="O21" s="188"/>
+      <c r="P21" s="191"/>
+      <c r="Q21" s="192"/>
+      <c r="R21" s="192"/>
+      <c r="S21" s="192"/>
+      <c r="T21" s="192"/>
+      <c r="U21" s="192"/>
+      <c r="V21" s="192"/>
+      <c r="W21" s="192"/>
+      <c r="X21" s="192"/>
+      <c r="Y21" s="193"/>
+      <c r="Z21" s="184" t="s">
         <v>27</v>
       </c>
-      <c r="AA21" s="175"/>
-[...9 lines deleted...]
-      <c r="AK21" s="176"/>
+      <c r="AA21" s="133"/>
+      <c r="AB21" s="133"/>
+      <c r="AC21" s="133"/>
+      <c r="AD21" s="133"/>
+      <c r="AE21" s="133"/>
+      <c r="AF21" s="133"/>
+      <c r="AG21" s="133"/>
+      <c r="AH21" s="133"/>
+      <c r="AI21" s="133"/>
+      <c r="AJ21" s="133"/>
+      <c r="AK21" s="135"/>
       <c r="AL21" s="3"/>
       <c r="AM21" s="3"/>
     </row>
     <row r="22" spans="2:51" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B22" s="1"/>
-      <c r="C22" s="192" t="s">
+      <c r="C22" s="200" t="s">
         <v>28</v>
       </c>
-      <c r="D22" s="193"/>
-[...32 lines deleted...]
-      <c r="AK22" s="191"/>
+      <c r="D22" s="201"/>
+      <c r="E22" s="201"/>
+      <c r="F22" s="201"/>
+      <c r="G22" s="201"/>
+      <c r="H22" s="189"/>
+      <c r="I22" s="189"/>
+      <c r="J22" s="189"/>
+      <c r="K22" s="189"/>
+      <c r="L22" s="189"/>
+      <c r="M22" s="189"/>
+      <c r="N22" s="189"/>
+      <c r="O22" s="190"/>
+      <c r="P22" s="194"/>
+      <c r="Q22" s="195"/>
+      <c r="R22" s="195"/>
+      <c r="S22" s="195"/>
+      <c r="T22" s="195"/>
+      <c r="U22" s="195"/>
+      <c r="V22" s="195"/>
+      <c r="W22" s="195"/>
+      <c r="X22" s="195"/>
+      <c r="Y22" s="196"/>
+      <c r="Z22" s="197"/>
+      <c r="AA22" s="198"/>
+      <c r="AB22" s="198"/>
+      <c r="AC22" s="198"/>
+      <c r="AD22" s="198"/>
+      <c r="AE22" s="198"/>
+      <c r="AF22" s="198"/>
+      <c r="AG22" s="198"/>
+      <c r="AH22" s="198"/>
+      <c r="AI22" s="198"/>
+      <c r="AJ22" s="198"/>
+      <c r="AK22" s="199"/>
       <c r="AL22" s="3"/>
       <c r="AM22" s="3"/>
     </row>
     <row r="23" spans="2:51" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B23" s="1"/>
-      <c r="C23" s="194" t="s">
+      <c r="C23" s="202" t="s">
         <v>29</v>
       </c>
-      <c r="D23" s="195"/>
-[...32 lines deleted...]
-      <c r="AK23" s="196"/>
+      <c r="D23" s="203"/>
+      <c r="E23" s="203"/>
+      <c r="F23" s="203"/>
+      <c r="G23" s="203"/>
+      <c r="H23" s="203"/>
+      <c r="I23" s="203"/>
+      <c r="J23" s="203"/>
+      <c r="K23" s="203"/>
+      <c r="L23" s="203"/>
+      <c r="M23" s="203"/>
+      <c r="N23" s="203"/>
+      <c r="O23" s="203"/>
+      <c r="P23" s="203"/>
+      <c r="Q23" s="203"/>
+      <c r="R23" s="203"/>
+      <c r="S23" s="203"/>
+      <c r="T23" s="203"/>
+      <c r="U23" s="203"/>
+      <c r="V23" s="203"/>
+      <c r="W23" s="203"/>
+      <c r="X23" s="203"/>
+      <c r="Y23" s="203"/>
+      <c r="Z23" s="203"/>
+      <c r="AA23" s="203"/>
+      <c r="AB23" s="203"/>
+      <c r="AC23" s="203"/>
+      <c r="AD23" s="203"/>
+      <c r="AE23" s="203"/>
+      <c r="AF23" s="203"/>
+      <c r="AG23" s="203"/>
+      <c r="AH23" s="203"/>
+      <c r="AI23" s="203"/>
+      <c r="AJ23" s="203"/>
+      <c r="AK23" s="204"/>
     </row>
     <row r="24" spans="2:51" ht="18" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B24" s="1"/>
-      <c r="C24" s="177" t="s">
+      <c r="C24" s="185" t="s">
         <v>30</v>
       </c>
-      <c r="D24" s="197"/>
-[...16 lines deleted...]
-      <c r="U24" s="177" t="s">
+      <c r="D24" s="205"/>
+      <c r="E24" s="205"/>
+      <c r="F24" s="205"/>
+      <c r="G24" s="205"/>
+      <c r="H24" s="205"/>
+      <c r="I24" s="205"/>
+      <c r="J24" s="205"/>
+      <c r="K24" s="205"/>
+      <c r="L24" s="205"/>
+      <c r="M24" s="205"/>
+      <c r="N24" s="205"/>
+      <c r="O24" s="205"/>
+      <c r="P24" s="205"/>
+      <c r="Q24" s="205"/>
+      <c r="R24" s="205"/>
+      <c r="S24" s="205"/>
+      <c r="T24" s="206"/>
+      <c r="U24" s="185" t="s">
         <v>31</v>
       </c>
-      <c r="V24" s="197"/>
-[...14 lines deleted...]
-      <c r="AK24" s="198"/>
+      <c r="V24" s="205"/>
+      <c r="W24" s="205"/>
+      <c r="X24" s="205"/>
+      <c r="Y24" s="205"/>
+      <c r="Z24" s="205"/>
+      <c r="AA24" s="205"/>
+      <c r="AB24" s="205"/>
+      <c r="AC24" s="205"/>
+      <c r="AD24" s="205"/>
+      <c r="AE24" s="205"/>
+      <c r="AF24" s="205"/>
+      <c r="AG24" s="205"/>
+      <c r="AH24" s="205"/>
+      <c r="AI24" s="205"/>
+      <c r="AJ24" s="205"/>
+      <c r="AK24" s="206"/>
     </row>
     <row r="25" spans="2:51" ht="18" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B25" s="1"/>
-      <c r="C25" s="199"/>
-[...33 lines deleted...]
-      <c r="AK25" s="200"/>
+      <c r="C25" s="207"/>
+      <c r="D25" s="207"/>
+      <c r="E25" s="207"/>
+      <c r="F25" s="207"/>
+      <c r="G25" s="207"/>
+      <c r="H25" s="207"/>
+      <c r="I25" s="207"/>
+      <c r="J25" s="207"/>
+      <c r="K25" s="207"/>
+      <c r="L25" s="207"/>
+      <c r="M25" s="207"/>
+      <c r="N25" s="207"/>
+      <c r="O25" s="207"/>
+      <c r="P25" s="207"/>
+      <c r="Q25" s="207"/>
+      <c r="R25" s="207"/>
+      <c r="S25" s="207"/>
+      <c r="T25" s="207"/>
+      <c r="U25" s="200"/>
+      <c r="V25" s="201"/>
+      <c r="W25" s="201"/>
+      <c r="X25" s="201"/>
+      <c r="Y25" s="201"/>
+      <c r="Z25" s="201"/>
+      <c r="AA25" s="201"/>
+      <c r="AB25" s="201"/>
+      <c r="AC25" s="201"/>
+      <c r="AD25" s="201"/>
+      <c r="AE25" s="201"/>
+      <c r="AF25" s="201"/>
+      <c r="AG25" s="201"/>
+      <c r="AH25" s="201"/>
+      <c r="AI25" s="201"/>
+      <c r="AJ25" s="201"/>
+      <c r="AK25" s="208"/>
     </row>
     <row r="26" spans="2:51" ht="3.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B26" s="1"/>
       <c r="C26" s="33"/>
       <c r="D26" s="33"/>
       <c r="E26" s="33"/>
       <c r="F26" s="33"/>
       <c r="G26" s="33"/>
       <c r="H26" s="33"/>
       <c r="I26" s="33"/>
       <c r="J26" s="33"/>
       <c r="K26" s="34"/>
       <c r="L26" s="34"/>
       <c r="M26" s="34"/>
       <c r="N26" s="34"/>
       <c r="O26" s="34"/>
       <c r="P26" s="34"/>
       <c r="Q26" s="34"/>
       <c r="R26" s="34"/>
       <c r="S26" s="34"/>
       <c r="T26" s="34"/>
       <c r="U26" s="34"/>
       <c r="V26" s="34"/>
       <c r="W26" s="34"/>
       <c r="X26" s="34"/>
       <c r="Y26" s="34"/>
       <c r="Z26" s="34"/>
       <c r="AA26" s="34"/>
       <c r="AB26" s="35"/>
       <c r="AC26" s="35"/>
       <c r="AD26" s="35"/>
       <c r="AE26" s="35"/>
       <c r="AF26" s="35"/>
       <c r="AG26" s="35"/>
       <c r="AH26" s="35"/>
       <c r="AI26" s="35"/>
       <c r="AK26" s="3"/>
     </row>
     <row r="27" spans="2:51" s="36" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B27" s="167" t="s">
+      <c r="B27" s="179" t="s">
         <v>32</v>
       </c>
-      <c r="C27" s="167"/>
-[...31 lines deleted...]
-      <c r="AI27" s="167"/>
+      <c r="C27" s="179"/>
+      <c r="D27" s="179"/>
+      <c r="E27" s="179"/>
+      <c r="F27" s="179"/>
+      <c r="G27" s="179"/>
+      <c r="H27" s="179"/>
+      <c r="I27" s="179"/>
+      <c r="J27" s="179"/>
+      <c r="K27" s="179"/>
+      <c r="L27" s="179"/>
+      <c r="M27" s="179"/>
+      <c r="N27" s="179"/>
+      <c r="O27" s="179"/>
+      <c r="P27" s="179"/>
+      <c r="Q27" s="179"/>
+      <c r="R27" s="179"/>
+      <c r="S27" s="179"/>
+      <c r="T27" s="179"/>
+      <c r="U27" s="179"/>
+      <c r="V27" s="179"/>
+      <c r="W27" s="179"/>
+      <c r="X27" s="179"/>
+      <c r="Y27" s="179"/>
+      <c r="Z27" s="179"/>
+      <c r="AA27" s="179"/>
+      <c r="AB27" s="179"/>
+      <c r="AC27" s="179"/>
+      <c r="AD27" s="179"/>
+      <c r="AE27" s="179"/>
+      <c r="AF27" s="179"/>
+      <c r="AG27" s="179"/>
+      <c r="AH27" s="179"/>
+      <c r="AI27" s="179"/>
       <c r="AN27" s="3"/>
       <c r="AO27" s="3"/>
       <c r="AP27" s="3"/>
       <c r="AQ27" s="3"/>
       <c r="AR27" s="3"/>
       <c r="AS27" s="3"/>
       <c r="AT27" s="3"/>
       <c r="AU27" s="3"/>
       <c r="AV27" s="3"/>
       <c r="AW27" s="3"/>
     </row>
     <row r="28" spans="2:51" s="36" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B28" s="37"/>
-      <c r="C28" s="201" t="s">
-[...36 lines deleted...]
-      <c r="AL28" s="202"/>
+      <c r="C28" s="169" t="s">
+        <v>73</v>
+      </c>
+      <c r="D28" s="170"/>
+      <c r="E28" s="170"/>
+      <c r="F28" s="170"/>
+      <c r="G28" s="170"/>
+      <c r="H28" s="170"/>
+      <c r="I28" s="170"/>
+      <c r="J28" s="170"/>
+      <c r="K28" s="170"/>
+      <c r="L28" s="170"/>
+      <c r="M28" s="170"/>
+      <c r="N28" s="170"/>
+      <c r="O28" s="170"/>
+      <c r="P28" s="170"/>
+      <c r="Q28" s="170"/>
+      <c r="R28" s="170"/>
+      <c r="S28" s="170"/>
+      <c r="T28" s="170"/>
+      <c r="U28" s="170"/>
+      <c r="V28" s="170"/>
+      <c r="W28" s="170"/>
+      <c r="X28" s="170"/>
+      <c r="Y28" s="170"/>
+      <c r="Z28" s="170"/>
+      <c r="AA28" s="170"/>
+      <c r="AB28" s="170"/>
+      <c r="AC28" s="170"/>
+      <c r="AD28" s="170"/>
+      <c r="AE28" s="170"/>
+      <c r="AF28" s="170"/>
+      <c r="AG28" s="170"/>
+      <c r="AH28" s="170"/>
+      <c r="AI28" s="170"/>
+      <c r="AJ28" s="170"/>
+      <c r="AK28" s="170"/>
+      <c r="AL28" s="170"/>
       <c r="AN28" s="3"/>
       <c r="AO28" s="3"/>
       <c r="AP28" s="3"/>
       <c r="AQ28" s="3"/>
       <c r="AR28" s="3"/>
       <c r="AS28" s="3"/>
       <c r="AT28" s="3"/>
       <c r="AU28" s="3"/>
       <c r="AV28" s="3"/>
       <c r="AW28" s="3"/>
     </row>
     <row r="29" spans="2:51" s="36" customFormat="1" ht="60.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B29" s="38"/>
       <c r="C29" s="39" t="s">
         <v>33</v>
       </c>
       <c r="D29" s="40"/>
       <c r="E29" s="40"/>
       <c r="F29" s="40"/>
       <c r="G29" s="40"/>
       <c r="H29" s="40"/>
       <c r="I29" s="40"/>
       <c r="J29" s="40"/>
       <c r="K29" s="40"/>
       <c r="L29" s="40"/>
@@ -5155,615 +5374,615 @@
       <c r="AA36" s="65"/>
       <c r="AB36" s="65"/>
       <c r="AC36" s="65"/>
       <c r="AD36" s="65"/>
       <c r="AE36" s="65"/>
       <c r="AF36" s="65"/>
       <c r="AG36" s="65"/>
       <c r="AH36" s="65"/>
       <c r="AI36" s="65"/>
       <c r="AJ36" s="65"/>
       <c r="AK36" s="66"/>
       <c r="AN36" s="58"/>
       <c r="AO36" s="58"/>
       <c r="AP36" s="58"/>
       <c r="AQ36" s="58"/>
       <c r="AR36" s="58"/>
       <c r="AS36" s="58"/>
       <c r="AT36" s="58"/>
       <c r="AU36" s="58"/>
       <c r="AV36" s="58"/>
       <c r="AW36" s="58"/>
       <c r="AX36" s="58"/>
     </row>
     <row r="37" spans="1:76" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B37" s="1"/>
-      <c r="C37" s="203" t="s">
+      <c r="C37" s="171" t="s">
         <v>40</v>
       </c>
-      <c r="D37" s="204"/>
-[...14 lines deleted...]
-      <c r="S37" s="206" t="s">
+      <c r="D37" s="172"/>
+      <c r="E37" s="172"/>
+      <c r="F37" s="172"/>
+      <c r="G37" s="172"/>
+      <c r="H37" s="172"/>
+      <c r="I37" s="172"/>
+      <c r="J37" s="172"/>
+      <c r="K37" s="172"/>
+      <c r="L37" s="172"/>
+      <c r="M37" s="172"/>
+      <c r="N37" s="172"/>
+      <c r="O37" s="172"/>
+      <c r="P37" s="172"/>
+      <c r="Q37" s="172"/>
+      <c r="R37" s="173"/>
+      <c r="S37" s="174" t="s">
         <v>41</v>
       </c>
-      <c r="T37" s="207"/>
-[...7 lines deleted...]
-      <c r="AB37" s="206" t="s">
+      <c r="T37" s="163"/>
+      <c r="U37" s="163"/>
+      <c r="V37" s="163"/>
+      <c r="W37" s="163"/>
+      <c r="X37" s="163"/>
+      <c r="Y37" s="163"/>
+      <c r="Z37" s="163"/>
+      <c r="AA37" s="175"/>
+      <c r="AB37" s="174" t="s">
         <v>42</v>
       </c>
-      <c r="AC37" s="207"/>
-[...7 lines deleted...]
-      <c r="AK37" s="208"/>
+      <c r="AC37" s="163"/>
+      <c r="AD37" s="163"/>
+      <c r="AE37" s="163"/>
+      <c r="AF37" s="163"/>
+      <c r="AG37" s="163"/>
+      <c r="AH37" s="163"/>
+      <c r="AI37" s="163"/>
+      <c r="AJ37" s="163"/>
+      <c r="AK37" s="175"/>
       <c r="AL37" s="67"/>
       <c r="AM37" s="67"/>
       <c r="AN37" s="68"/>
       <c r="AO37" s="68"/>
       <c r="AP37" s="68"/>
       <c r="AQ37" s="68"/>
       <c r="AR37" s="68"/>
       <c r="AS37" s="68"/>
       <c r="AT37" s="68"/>
       <c r="AU37" s="68"/>
       <c r="AV37" s="68"/>
     </row>
     <row r="38" spans="1:76" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B38" s="1"/>
-      <c r="C38" s="209"/>
-[...33 lines deleted...]
-      <c r="AK38" s="211"/>
+      <c r="C38" s="176"/>
+      <c r="D38" s="177"/>
+      <c r="E38" s="177"/>
+      <c r="F38" s="177"/>
+      <c r="G38" s="177"/>
+      <c r="H38" s="177"/>
+      <c r="I38" s="177"/>
+      <c r="J38" s="177"/>
+      <c r="K38" s="177"/>
+      <c r="L38" s="177"/>
+      <c r="M38" s="177"/>
+      <c r="N38" s="177"/>
+      <c r="O38" s="177"/>
+      <c r="P38" s="177"/>
+      <c r="Q38" s="177"/>
+      <c r="R38" s="178"/>
+      <c r="S38" s="176"/>
+      <c r="T38" s="177"/>
+      <c r="U38" s="177"/>
+      <c r="V38" s="177"/>
+      <c r="W38" s="177"/>
+      <c r="X38" s="177"/>
+      <c r="Y38" s="177"/>
+      <c r="Z38" s="177"/>
+      <c r="AA38" s="178"/>
+      <c r="AB38" s="176"/>
+      <c r="AC38" s="177"/>
+      <c r="AD38" s="177"/>
+      <c r="AE38" s="177"/>
+      <c r="AF38" s="177"/>
+      <c r="AG38" s="177"/>
+      <c r="AH38" s="177"/>
+      <c r="AI38" s="177"/>
+      <c r="AJ38" s="177"/>
+      <c r="AK38" s="178"/>
       <c r="AL38" s="67"/>
       <c r="AM38" s="67"/>
       <c r="AN38" s="68"/>
       <c r="AO38" s="68"/>
       <c r="AP38" s="68"/>
       <c r="AQ38" s="68"/>
       <c r="AR38" s="68"/>
       <c r="AS38" s="68"/>
       <c r="AT38" s="68"/>
       <c r="AU38" s="68"/>
       <c r="AV38" s="68"/>
     </row>
     <row r="39" spans="1:76" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B39" s="1"/>
-      <c r="C39" s="212" t="s">
+      <c r="C39" s="157" t="s">
         <v>43</v>
       </c>
-      <c r="D39" s="213"/>
-[...32 lines deleted...]
-      <c r="AK39" s="215"/>
+      <c r="D39" s="158"/>
+      <c r="E39" s="158"/>
+      <c r="F39" s="158"/>
+      <c r="G39" s="158"/>
+      <c r="H39" s="159"/>
+      <c r="I39" s="159"/>
+      <c r="J39" s="159"/>
+      <c r="K39" s="159"/>
+      <c r="L39" s="159"/>
+      <c r="M39" s="159"/>
+      <c r="N39" s="159"/>
+      <c r="O39" s="159"/>
+      <c r="P39" s="159"/>
+      <c r="Q39" s="159"/>
+      <c r="R39" s="159"/>
+      <c r="S39" s="159"/>
+      <c r="T39" s="159"/>
+      <c r="U39" s="159"/>
+      <c r="V39" s="159"/>
+      <c r="W39" s="159"/>
+      <c r="X39" s="159"/>
+      <c r="Y39" s="159"/>
+      <c r="Z39" s="159"/>
+      <c r="AA39" s="159"/>
+      <c r="AB39" s="159"/>
+      <c r="AC39" s="159"/>
+      <c r="AD39" s="159"/>
+      <c r="AE39" s="159"/>
+      <c r="AF39" s="159"/>
+      <c r="AG39" s="159"/>
+      <c r="AH39" s="159"/>
+      <c r="AI39" s="159"/>
+      <c r="AJ39" s="159"/>
+      <c r="AK39" s="160"/>
       <c r="AL39" s="67"/>
       <c r="AM39" s="67"/>
       <c r="AN39" s="68"/>
       <c r="AO39" s="68"/>
       <c r="AP39" s="68"/>
       <c r="AQ39" s="68"/>
       <c r="AR39" s="68"/>
       <c r="AS39" s="68"/>
       <c r="AT39" s="68"/>
       <c r="AU39" s="68"/>
       <c r="AV39" s="68"/>
     </row>
     <row r="40" spans="1:76" ht="13.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B40" s="1"/>
-      <c r="C40" s="168" t="s">
+      <c r="C40" s="136" t="s">
         <v>44</v>
       </c>
-      <c r="D40" s="169"/>
-[...3 lines deleted...]
-      <c r="H40" s="207" t="s">
+      <c r="D40" s="137"/>
+      <c r="E40" s="137"/>
+      <c r="F40" s="137"/>
+      <c r="G40" s="137"/>
+      <c r="H40" s="163" t="s">
         <v>45</v>
       </c>
-      <c r="I40" s="207"/>
-[...9 lines deleted...]
-      <c r="S40" s="218" t="s">
+      <c r="I40" s="163"/>
+      <c r="J40" s="163"/>
+      <c r="K40" s="164"/>
+      <c r="L40" s="164"/>
+      <c r="M40" s="164"/>
+      <c r="N40" s="164"/>
+      <c r="O40" s="164"/>
+      <c r="P40" s="164"/>
+      <c r="Q40" s="164"/>
+      <c r="R40" s="164"/>
+      <c r="S40" s="165" t="s">
         <v>30</v>
       </c>
-      <c r="T40" s="218"/>
-[...16 lines deleted...]
-      <c r="AK40" s="136"/>
+      <c r="T40" s="165"/>
+      <c r="U40" s="165"/>
+      <c r="V40" s="164"/>
+      <c r="W40" s="164"/>
+      <c r="X40" s="164"/>
+      <c r="Y40" s="164"/>
+      <c r="Z40" s="164"/>
+      <c r="AA40" s="164"/>
+      <c r="AB40" s="164"/>
+      <c r="AC40" s="164"/>
+      <c r="AD40" s="164"/>
+      <c r="AE40" s="164"/>
+      <c r="AF40" s="164"/>
+      <c r="AG40" s="164"/>
+      <c r="AH40" s="164"/>
+      <c r="AI40" s="164"/>
+      <c r="AJ40" s="164"/>
+      <c r="AK40" s="166"/>
       <c r="AL40" s="67"/>
       <c r="AM40" s="67"/>
       <c r="AN40" s="68"/>
       <c r="AO40" s="68"/>
       <c r="AP40" s="68"/>
       <c r="AQ40" s="68"/>
       <c r="AR40" s="68"/>
       <c r="AS40" s="68"/>
       <c r="AT40" s="68"/>
       <c r="AU40" s="68"/>
       <c r="AV40" s="68"/>
     </row>
     <row r="41" spans="1:76" ht="13.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B41" s="1"/>
-      <c r="C41" s="216"/>
-[...4 lines deleted...]
-      <c r="H41" s="219" t="s">
+      <c r="C41" s="161"/>
+      <c r="D41" s="162"/>
+      <c r="E41" s="162"/>
+      <c r="F41" s="162"/>
+      <c r="G41" s="162"/>
+      <c r="H41" s="167" t="s">
         <v>46</v>
       </c>
-      <c r="I41" s="219"/>
-[...9 lines deleted...]
-      <c r="S41" s="220" t="s">
+      <c r="I41" s="167"/>
+      <c r="J41" s="167"/>
+      <c r="K41" s="133"/>
+      <c r="L41" s="133"/>
+      <c r="M41" s="133"/>
+      <c r="N41" s="133"/>
+      <c r="O41" s="133"/>
+      <c r="P41" s="133"/>
+      <c r="Q41" s="133"/>
+      <c r="R41" s="133"/>
+      <c r="S41" s="168" t="s">
         <v>31</v>
       </c>
-      <c r="T41" s="220"/>
-[...7 lines deleted...]
-      <c r="AB41" s="230" t="s">
+      <c r="T41" s="168"/>
+      <c r="U41" s="168"/>
+      <c r="V41" s="133"/>
+      <c r="W41" s="133"/>
+      <c r="X41" s="133"/>
+      <c r="Y41" s="133"/>
+      <c r="Z41" s="133"/>
+      <c r="AA41" s="133"/>
+      <c r="AB41" s="134" t="s">
         <v>47</v>
       </c>
-      <c r="AC41" s="230"/>
-[...7 lines deleted...]
-      <c r="AK41" s="176"/>
+      <c r="AC41" s="134"/>
+      <c r="AD41" s="134"/>
+      <c r="AE41" s="133"/>
+      <c r="AF41" s="133"/>
+      <c r="AG41" s="133"/>
+      <c r="AH41" s="133"/>
+      <c r="AI41" s="133"/>
+      <c r="AJ41" s="133"/>
+      <c r="AK41" s="135"/>
       <c r="AL41" s="67"/>
       <c r="AM41" s="67"/>
       <c r="AN41" s="68"/>
       <c r="AO41" s="68"/>
       <c r="AP41" s="68"/>
       <c r="AQ41" s="68"/>
       <c r="AR41" s="68"/>
       <c r="AS41" s="68"/>
       <c r="AT41" s="68"/>
       <c r="AU41" s="68"/>
       <c r="AV41" s="68"/>
     </row>
     <row r="42" spans="1:76" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B42" s="1"/>
-      <c r="C42" s="168" t="s">
+      <c r="C42" s="136" t="s">
         <v>48</v>
       </c>
-      <c r="D42" s="169"/>
-[...4 lines deleted...]
-      <c r="I42" s="231" t="s">
+      <c r="D42" s="137"/>
+      <c r="E42" s="137"/>
+      <c r="F42" s="137"/>
+      <c r="G42" s="137"/>
+      <c r="H42" s="137"/>
+      <c r="I42" s="138" t="s">
         <v>49</v>
       </c>
-      <c r="J42" s="231"/>
-[...26 lines deleted...]
-      <c r="AK42" s="232"/>
+      <c r="J42" s="138"/>
+      <c r="K42" s="138"/>
+      <c r="L42" s="138"/>
+      <c r="M42" s="138"/>
+      <c r="N42" s="138"/>
+      <c r="O42" s="138"/>
+      <c r="P42" s="138"/>
+      <c r="Q42" s="138"/>
+      <c r="R42" s="138"/>
+      <c r="S42" s="138"/>
+      <c r="T42" s="138"/>
+      <c r="U42" s="138"/>
+      <c r="V42" s="138"/>
+      <c r="W42" s="138"/>
+      <c r="X42" s="138"/>
+      <c r="Y42" s="138"/>
+      <c r="Z42" s="138"/>
+      <c r="AA42" s="138"/>
+      <c r="AB42" s="138"/>
+      <c r="AC42" s="138"/>
+      <c r="AD42" s="138"/>
+      <c r="AE42" s="138"/>
+      <c r="AF42" s="138"/>
+      <c r="AG42" s="138"/>
+      <c r="AH42" s="138"/>
+      <c r="AI42" s="138"/>
+      <c r="AJ42" s="138"/>
+      <c r="AK42" s="139"/>
     </row>
     <row r="43" spans="1:76" ht="39" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B43" s="1"/>
-      <c r="C43" s="233"/>
-[...33 lines deleted...]
-      <c r="AK43" s="235"/>
+      <c r="C43" s="140"/>
+      <c r="D43" s="141"/>
+      <c r="E43" s="141"/>
+      <c r="F43" s="141"/>
+      <c r="G43" s="141"/>
+      <c r="H43" s="141"/>
+      <c r="I43" s="141"/>
+      <c r="J43" s="141"/>
+      <c r="K43" s="141"/>
+      <c r="L43" s="141"/>
+      <c r="M43" s="141"/>
+      <c r="N43" s="141"/>
+      <c r="O43" s="141"/>
+      <c r="P43" s="141"/>
+      <c r="Q43" s="141"/>
+      <c r="R43" s="141"/>
+      <c r="S43" s="141"/>
+      <c r="T43" s="141"/>
+      <c r="U43" s="141"/>
+      <c r="V43" s="141"/>
+      <c r="W43" s="141"/>
+      <c r="X43" s="141"/>
+      <c r="Y43" s="141"/>
+      <c r="Z43" s="141"/>
+      <c r="AA43" s="141"/>
+      <c r="AB43" s="141"/>
+      <c r="AC43" s="141"/>
+      <c r="AD43" s="141"/>
+      <c r="AE43" s="141"/>
+      <c r="AF43" s="141"/>
+      <c r="AG43" s="141"/>
+      <c r="AH43" s="141"/>
+      <c r="AI43" s="141"/>
+      <c r="AJ43" s="141"/>
+      <c r="AK43" s="142"/>
     </row>
     <row r="44" spans="1:76" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B44" s="1"/>
       <c r="C44" s="69"/>
       <c r="D44" s="70"/>
       <c r="E44" s="70"/>
       <c r="F44" s="71"/>
       <c r="G44" s="70"/>
       <c r="H44" s="70"/>
       <c r="I44" s="70"/>
       <c r="J44" s="70"/>
       <c r="K44" s="70"/>
       <c r="L44" s="70"/>
       <c r="M44" s="70"/>
       <c r="N44" s="70"/>
       <c r="O44" s="70"/>
       <c r="P44" s="70"/>
       <c r="Q44" s="72"/>
       <c r="R44" s="33"/>
       <c r="S44" s="70"/>
       <c r="T44" s="73"/>
       <c r="U44" s="73"/>
       <c r="V44" s="73"/>
       <c r="W44" s="73"/>
       <c r="X44" s="73"/>
       <c r="Y44" s="72"/>
       <c r="Z44" s="70"/>
       <c r="AA44" s="70"/>
       <c r="AB44" s="73"/>
       <c r="AC44" s="73"/>
       <c r="AD44" s="73"/>
       <c r="AE44" s="73"/>
       <c r="AF44" s="73"/>
       <c r="AG44" s="73"/>
       <c r="AH44" s="73"/>
       <c r="AI44" s="73"/>
     </row>
     <row r="45" spans="1:76" s="77" customFormat="1" ht="12" x14ac:dyDescent="0.4">
       <c r="A45" s="74"/>
-      <c r="B45" s="236" t="s">
+      <c r="B45" s="143" t="s">
         <v>50</v>
       </c>
-      <c r="C45" s="237"/>
-[...33 lines deleted...]
-      <c r="AK45" s="238"/>
+      <c r="C45" s="144"/>
+      <c r="D45" s="144"/>
+      <c r="E45" s="144"/>
+      <c r="F45" s="144"/>
+      <c r="G45" s="144"/>
+      <c r="H45" s="144"/>
+      <c r="I45" s="144"/>
+      <c r="J45" s="144"/>
+      <c r="K45" s="144"/>
+      <c r="L45" s="144"/>
+      <c r="M45" s="144"/>
+      <c r="N45" s="144"/>
+      <c r="O45" s="144"/>
+      <c r="P45" s="144"/>
+      <c r="Q45" s="144"/>
+      <c r="R45" s="144"/>
+      <c r="S45" s="144"/>
+      <c r="T45" s="144"/>
+      <c r="U45" s="144"/>
+      <c r="V45" s="144"/>
+      <c r="W45" s="144"/>
+      <c r="X45" s="144"/>
+      <c r="Y45" s="144"/>
+      <c r="Z45" s="144"/>
+      <c r="AA45" s="144"/>
+      <c r="AB45" s="144"/>
+      <c r="AC45" s="144"/>
+      <c r="AD45" s="144"/>
+      <c r="AE45" s="144"/>
+      <c r="AF45" s="144"/>
+      <c r="AG45" s="144"/>
+      <c r="AH45" s="144"/>
+      <c r="AI45" s="144"/>
+      <c r="AJ45" s="144"/>
+      <c r="AK45" s="145"/>
       <c r="AL45" s="74"/>
       <c r="AM45" s="75"/>
       <c r="AN45" s="76"/>
       <c r="AO45" s="76"/>
       <c r="AP45" s="76"/>
       <c r="AQ45" s="76"/>
       <c r="AR45" s="76"/>
       <c r="AS45" s="76"/>
       <c r="AT45" s="76"/>
       <c r="AU45" s="76"/>
       <c r="AV45" s="76"/>
       <c r="AW45" s="76"/>
       <c r="AX45" s="76"/>
       <c r="AY45" s="76"/>
       <c r="AZ45" s="76"/>
       <c r="BA45" s="76"/>
       <c r="BB45" s="76"/>
       <c r="BC45" s="76"/>
       <c r="BD45" s="76"/>
       <c r="BE45" s="76"/>
       <c r="BF45" s="76"/>
       <c r="BG45" s="76"/>
       <c r="BH45" s="76"/>
       <c r="BI45" s="76"/>
       <c r="BJ45" s="76"/>
       <c r="BK45" s="76"/>
       <c r="BL45" s="76"/>
       <c r="BM45" s="76"/>
       <c r="BN45" s="76"/>
       <c r="BO45" s="76"/>
       <c r="BP45" s="76"/>
       <c r="BQ45" s="76"/>
       <c r="BR45" s="76"/>
       <c r="BS45" s="76"/>
       <c r="BT45" s="76"/>
       <c r="BU45" s="76"/>
       <c r="BV45" s="76"/>
       <c r="BW45" s="76"/>
       <c r="BX45" s="76"/>
     </row>
     <row r="46" spans="1:76" s="77" customFormat="1" ht="18.75" x14ac:dyDescent="0.4">
       <c r="A46" s="78"/>
-      <c r="B46" s="221" t="s">
+      <c r="B46" s="124" t="s">
         <v>51</v>
       </c>
-      <c r="C46" s="239"/>
-[...12 lines deleted...]
-      <c r="P46" s="236" t="s">
+      <c r="C46" s="146"/>
+      <c r="D46" s="146"/>
+      <c r="E46" s="146"/>
+      <c r="F46" s="146"/>
+      <c r="G46" s="146"/>
+      <c r="H46" s="146"/>
+      <c r="I46" s="146"/>
+      <c r="J46" s="146"/>
+      <c r="K46" s="146"/>
+      <c r="L46" s="146"/>
+      <c r="M46" s="146"/>
+      <c r="N46" s="146"/>
+      <c r="O46" s="147"/>
+      <c r="P46" s="143" t="s">
         <v>52</v>
       </c>
-      <c r="Q46" s="239"/>
-[...10 lines deleted...]
-      <c r="AB46" s="236" t="s">
+      <c r="Q46" s="146"/>
+      <c r="R46" s="144"/>
+      <c r="S46" s="144"/>
+      <c r="T46" s="144"/>
+      <c r="U46" s="144"/>
+      <c r="V46" s="144"/>
+      <c r="W46" s="144"/>
+      <c r="X46" s="144"/>
+      <c r="Y46" s="144"/>
+      <c r="Z46" s="144"/>
+      <c r="AA46" s="145"/>
+      <c r="AB46" s="143" t="s">
         <v>53</v>
       </c>
-      <c r="AC46" s="241"/>
-[...7 lines deleted...]
-      <c r="AK46" s="242"/>
+      <c r="AC46" s="148"/>
+      <c r="AD46" s="148"/>
+      <c r="AE46" s="148"/>
+      <c r="AF46" s="148"/>
+      <c r="AG46" s="148"/>
+      <c r="AH46" s="148"/>
+      <c r="AI46" s="148"/>
+      <c r="AJ46" s="148"/>
+      <c r="AK46" s="149"/>
       <c r="AL46" s="78"/>
       <c r="AM46" s="75"/>
       <c r="AN46" s="76"/>
       <c r="AO46" s="76"/>
       <c r="AP46" s="76"/>
       <c r="AQ46" s="76"/>
       <c r="AR46" s="76"/>
       <c r="AS46" s="76"/>
       <c r="AT46" s="76"/>
       <c r="AU46" s="76"/>
       <c r="AV46" s="76"/>
       <c r="AW46" s="76"/>
       <c r="AX46" s="76"/>
       <c r="AY46" s="76"/>
       <c r="AZ46" s="76"/>
       <c r="BA46" s="76"/>
       <c r="BB46" s="76"/>
       <c r="BC46" s="76"/>
       <c r="BD46" s="76"/>
       <c r="BE46" s="76"/>
       <c r="BF46" s="76"/>
       <c r="BG46" s="76"/>
       <c r="BH46" s="76"/>
       <c r="BI46" s="76"/>
       <c r="BJ46" s="76"/>
       <c r="BK46" s="76"/>
       <c r="BL46" s="76"/>
       <c r="BM46" s="76"/>
       <c r="BN46" s="76"/>
       <c r="BO46" s="76"/>
       <c r="BP46" s="76"/>
       <c r="BQ46" s="76"/>
       <c r="BR46" s="76"/>
       <c r="BS46" s="76"/>
       <c r="BT46" s="76"/>
       <c r="BU46" s="76"/>
       <c r="BV46" s="76"/>
       <c r="BW46" s="76"/>
       <c r="BX46" s="76"/>
     </row>
     <row r="47" spans="1:76" s="77" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A47" s="78"/>
-      <c r="B47" s="221" t="s">
+      <c r="B47" s="124" t="s">
         <v>54</v>
       </c>
-      <c r="C47" s="222"/>
-      <c r="D47" s="223"/>
+      <c r="C47" s="125"/>
+      <c r="D47" s="126"/>
       <c r="E47" s="86" t="s">
         <v>55</v>
       </c>
       <c r="F47" s="86"/>
       <c r="G47" s="86"/>
       <c r="H47" s="86"/>
       <c r="I47" s="86"/>
       <c r="J47" s="86"/>
       <c r="K47" s="86"/>
       <c r="L47" s="87"/>
       <c r="M47" s="87"/>
       <c r="N47" s="87"/>
       <c r="O47" s="88"/>
       <c r="P47" s="111" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="Q47" s="89"/>
       <c r="R47" s="90"/>
       <c r="S47" s="90"/>
       <c r="T47" s="90"/>
       <c r="U47" s="90"/>
       <c r="V47" s="91"/>
       <c r="W47" s="89"/>
       <c r="X47" s="91"/>
       <c r="Y47" s="91"/>
       <c r="Z47" s="91"/>
       <c r="AA47" s="91"/>
       <c r="AB47" s="92" t="s">
         <v>56</v>
       </c>
       <c r="AC47" s="91"/>
       <c r="AD47" s="91"/>
       <c r="AE47" s="91"/>
       <c r="AF47" s="91"/>
       <c r="AG47" s="91"/>
       <c r="AH47" s="91"/>
       <c r="AI47" s="91"/>
       <c r="AJ47" s="91"/>
       <c r="AK47" s="93"/>
       <c r="AL47" s="78"/>
@@ -5786,53 +6005,53 @@
       <c r="BC47" s="76"/>
       <c r="BD47" s="76"/>
       <c r="BE47" s="76"/>
       <c r="BF47" s="76"/>
       <c r="BG47" s="76"/>
       <c r="BH47" s="76"/>
       <c r="BI47" s="76"/>
       <c r="BJ47" s="76"/>
       <c r="BK47" s="76"/>
       <c r="BL47" s="76"/>
       <c r="BM47" s="76"/>
       <c r="BN47" s="76"/>
       <c r="BO47" s="76"/>
       <c r="BP47" s="76"/>
       <c r="BQ47" s="76"/>
       <c r="BR47" s="76"/>
       <c r="BS47" s="76"/>
       <c r="BT47" s="76"/>
       <c r="BU47" s="76"/>
       <c r="BV47" s="76"/>
       <c r="BW47" s="76"/>
       <c r="BX47" s="76"/>
     </row>
     <row r="48" spans="1:76" s="77" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A48" s="80"/>
-      <c r="B48" s="227"/>
-[...1 lines deleted...]
-      <c r="D48" s="229"/>
+      <c r="B48" s="130"/>
+      <c r="C48" s="131"/>
+      <c r="D48" s="132"/>
       <c r="E48" s="94" t="s">
         <v>57</v>
       </c>
       <c r="F48" s="95"/>
       <c r="G48" s="96"/>
       <c r="H48" s="97"/>
       <c r="I48" s="97"/>
       <c r="J48" s="97"/>
       <c r="K48" s="97"/>
       <c r="L48" s="97"/>
       <c r="M48" s="97"/>
       <c r="N48" s="97"/>
       <c r="O48" s="98"/>
       <c r="P48" s="114" t="s">
         <v>58</v>
       </c>
       <c r="Q48" s="94"/>
       <c r="R48" s="99"/>
       <c r="S48" s="99"/>
       <c r="T48" s="99"/>
       <c r="U48" s="99"/>
       <c r="V48" s="86"/>
       <c r="W48" s="95"/>
       <c r="X48" s="96"/>
       <c r="Y48" s="96"/>
@@ -5870,84 +6089,84 @@
       <c r="BC48" s="76"/>
       <c r="BD48" s="76"/>
       <c r="BE48" s="76"/>
       <c r="BF48" s="76"/>
       <c r="BG48" s="76"/>
       <c r="BH48" s="76"/>
       <c r="BI48" s="76"/>
       <c r="BJ48" s="76"/>
       <c r="BK48" s="76"/>
       <c r="BL48" s="76"/>
       <c r="BM48" s="76"/>
       <c r="BN48" s="76"/>
       <c r="BO48" s="76"/>
       <c r="BP48" s="76"/>
       <c r="BQ48" s="76"/>
       <c r="BR48" s="76"/>
       <c r="BS48" s="76"/>
       <c r="BT48" s="76"/>
       <c r="BU48" s="76"/>
       <c r="BV48" s="76"/>
       <c r="BW48" s="76"/>
       <c r="BX48" s="76"/>
     </row>
     <row r="49" spans="1:77" s="77" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A49" s="80"/>
-      <c r="B49" s="221" t="s">
+      <c r="B49" s="124" t="s">
         <v>59</v>
       </c>
-      <c r="C49" s="222"/>
-      <c r="D49" s="223"/>
+      <c r="C49" s="125"/>
+      <c r="D49" s="126"/>
       <c r="E49" s="101" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="F49" s="101"/>
       <c r="G49" s="101"/>
       <c r="H49" s="101"/>
       <c r="I49" s="101"/>
       <c r="J49" s="89"/>
       <c r="K49" s="89"/>
       <c r="L49" s="89"/>
       <c r="M49" s="89"/>
       <c r="N49" s="89"/>
       <c r="O49" s="102"/>
       <c r="P49" s="112" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="Q49" s="86"/>
       <c r="R49" s="103"/>
       <c r="S49" s="103"/>
       <c r="T49" s="103"/>
       <c r="U49" s="103"/>
       <c r="V49" s="89"/>
       <c r="W49" s="101"/>
       <c r="X49" s="101"/>
       <c r="Y49" s="101"/>
       <c r="Z49" s="101"/>
       <c r="AA49" s="101"/>
       <c r="AB49" s="104" t="s">
-        <v>64</v>
+        <v>75</v>
       </c>
       <c r="AC49" s="101"/>
       <c r="AD49" s="101"/>
       <c r="AE49" s="101"/>
       <c r="AF49" s="101"/>
       <c r="AG49" s="101"/>
       <c r="AH49" s="101"/>
       <c r="AI49" s="101"/>
       <c r="AJ49" s="101"/>
       <c r="AK49" s="105"/>
       <c r="AL49" s="80"/>
       <c r="AM49" s="81"/>
       <c r="AN49" s="76"/>
       <c r="AO49" s="76"/>
       <c r="AP49" s="76"/>
       <c r="AQ49" s="76"/>
       <c r="AR49" s="76"/>
       <c r="AS49" s="76"/>
       <c r="AT49" s="76"/>
       <c r="AU49" s="76"/>
       <c r="AV49" s="76"/>
       <c r="AW49" s="76"/>
       <c r="AX49" s="76"/>
       <c r="AY49" s="76"/>
       <c r="AZ49" s="76"/>
@@ -5956,82 +6175,82 @@
       <c r="BC49" s="76"/>
       <c r="BD49" s="76"/>
       <c r="BE49" s="76"/>
       <c r="BF49" s="76"/>
       <c r="BG49" s="76"/>
       <c r="BH49" s="76"/>
       <c r="BI49" s="76"/>
       <c r="BJ49" s="76"/>
       <c r="BK49" s="76"/>
       <c r="BL49" s="76"/>
       <c r="BM49" s="76"/>
       <c r="BN49" s="76"/>
       <c r="BO49" s="76"/>
       <c r="BP49" s="76"/>
       <c r="BQ49" s="76"/>
       <c r="BR49" s="76"/>
       <c r="BS49" s="76"/>
       <c r="BT49" s="76"/>
       <c r="BU49" s="76"/>
       <c r="BV49" s="76"/>
       <c r="BW49" s="76"/>
       <c r="BX49" s="76"/>
     </row>
     <row r="50" spans="1:77" s="77" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A50" s="80"/>
-      <c r="B50" s="224"/>
-[...1 lines deleted...]
-      <c r="D50" s="226"/>
+      <c r="B50" s="127"/>
+      <c r="C50" s="128"/>
+      <c r="D50" s="129"/>
       <c r="E50" s="106" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="F50" s="106"/>
       <c r="G50" s="106"/>
       <c r="H50" s="106"/>
       <c r="I50" s="106"/>
       <c r="J50" s="86"/>
       <c r="K50" s="86"/>
       <c r="L50" s="86"/>
       <c r="M50" s="96"/>
       <c r="N50" s="96"/>
       <c r="O50" s="98"/>
       <c r="P50" s="113" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="Q50" s="106"/>
       <c r="R50" s="107"/>
       <c r="S50" s="107"/>
       <c r="T50" s="107"/>
       <c r="U50" s="107"/>
       <c r="V50" s="96"/>
       <c r="W50" s="108"/>
       <c r="X50" s="108"/>
       <c r="Y50" s="108"/>
       <c r="Z50" s="108"/>
       <c r="AA50" s="108"/>
       <c r="AB50" s="109" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="AC50" s="108"/>
       <c r="AD50" s="108"/>
       <c r="AE50" s="108"/>
       <c r="AF50" s="108"/>
       <c r="AG50" s="108"/>
       <c r="AH50" s="108"/>
       <c r="AI50" s="108"/>
       <c r="AJ50" s="108"/>
       <c r="AK50" s="110"/>
       <c r="AL50" s="80"/>
       <c r="AM50" s="81"/>
       <c r="AN50" s="76"/>
       <c r="AO50" s="76"/>
       <c r="AP50" s="76"/>
       <c r="AQ50" s="76"/>
       <c r="AR50" s="76"/>
       <c r="AS50" s="76"/>
       <c r="AT50" s="76"/>
       <c r="AU50" s="76"/>
       <c r="AV50" s="76"/>
       <c r="AW50" s="76"/>
       <c r="AX50" s="76"/>
       <c r="AY50" s="76"/>
       <c r="AZ50" s="76"/>
@@ -6040,168 +6259,168 @@
       <c r="BC50" s="76"/>
       <c r="BD50" s="76"/>
       <c r="BE50" s="76"/>
       <c r="BF50" s="76"/>
       <c r="BG50" s="76"/>
       <c r="BH50" s="76"/>
       <c r="BI50" s="76"/>
       <c r="BJ50" s="76"/>
       <c r="BK50" s="76"/>
       <c r="BL50" s="76"/>
       <c r="BM50" s="76"/>
       <c r="BN50" s="76"/>
       <c r="BO50" s="76"/>
       <c r="BP50" s="76"/>
       <c r="BQ50" s="76"/>
       <c r="BR50" s="76"/>
       <c r="BS50" s="76"/>
       <c r="BT50" s="76"/>
       <c r="BU50" s="76"/>
       <c r="BV50" s="76"/>
       <c r="BW50" s="76"/>
       <c r="BX50" s="76"/>
     </row>
     <row r="51" spans="1:77" s="77" customFormat="1" ht="12" x14ac:dyDescent="0.4">
       <c r="A51" s="80"/>
-      <c r="B51" s="224"/>
-[...36 lines deleted...]
-      <c r="AK51" s="246"/>
+      <c r="B51" s="127"/>
+      <c r="C51" s="128"/>
+      <c r="D51" s="129"/>
+      <c r="E51" s="150" t="s">
+        <v>69</v>
+      </c>
+      <c r="F51" s="151"/>
+      <c r="G51" s="151"/>
+      <c r="H51" s="151"/>
+      <c r="I51" s="151"/>
+      <c r="J51" s="151"/>
+      <c r="K51" s="151"/>
+      <c r="L51" s="151"/>
+      <c r="M51" s="151"/>
+      <c r="N51" s="151"/>
+      <c r="O51" s="151"/>
+      <c r="P51" s="151"/>
+      <c r="Q51" s="151"/>
+      <c r="R51" s="152"/>
+      <c r="S51" s="151"/>
+      <c r="T51" s="151"/>
+      <c r="U51" s="151"/>
+      <c r="V51" s="151"/>
+      <c r="W51" s="151"/>
+      <c r="X51" s="151"/>
+      <c r="Y51" s="151"/>
+      <c r="Z51" s="151"/>
+      <c r="AA51" s="151"/>
+      <c r="AB51" s="151"/>
+      <c r="AC51" s="151"/>
+      <c r="AD51" s="151"/>
+      <c r="AE51" s="151"/>
+      <c r="AF51" s="151"/>
+      <c r="AG51" s="151"/>
+      <c r="AH51" s="151"/>
+      <c r="AI51" s="151"/>
+      <c r="AJ51" s="151"/>
+      <c r="AK51" s="153"/>
       <c r="AL51" s="80"/>
       <c r="AM51" s="81"/>
       <c r="AN51" s="76"/>
       <c r="AO51" s="76"/>
       <c r="AP51" s="76"/>
       <c r="AQ51" s="76"/>
       <c r="AR51" s="76"/>
       <c r="AS51" s="76"/>
       <c r="AT51" s="76"/>
       <c r="AU51" s="76"/>
       <c r="AV51" s="76"/>
       <c r="AW51" s="76"/>
       <c r="AX51" s="76"/>
       <c r="AY51" s="76"/>
       <c r="AZ51" s="76"/>
       <c r="BA51" s="76"/>
       <c r="BB51" s="76"/>
       <c r="BC51" s="76"/>
       <c r="BD51" s="76"/>
       <c r="BE51" s="76"/>
       <c r="BF51" s="76"/>
       <c r="BG51" s="76"/>
       <c r="BH51" s="76"/>
       <c r="BI51" s="76"/>
       <c r="BJ51" s="76"/>
       <c r="BK51" s="76"/>
       <c r="BL51" s="76"/>
       <c r="BM51" s="76"/>
       <c r="BN51" s="76"/>
       <c r="BO51" s="76"/>
       <c r="BP51" s="76"/>
       <c r="BQ51" s="76"/>
       <c r="BR51" s="76"/>
       <c r="BS51" s="76"/>
       <c r="BT51" s="76"/>
       <c r="BU51" s="76"/>
       <c r="BV51" s="76"/>
       <c r="BW51" s="76"/>
       <c r="BX51" s="76"/>
     </row>
     <row r="52" spans="1:77" s="77" customFormat="1" ht="12" x14ac:dyDescent="0.4">
       <c r="A52" s="80"/>
-      <c r="B52" s="227"/>
-[...36 lines deleted...]
-      <c r="AK52" s="249"/>
+      <c r="B52" s="130"/>
+      <c r="C52" s="131"/>
+      <c r="D52" s="132"/>
+      <c r="E52" s="154" t="s">
+        <v>70</v>
+      </c>
+      <c r="F52" s="155"/>
+      <c r="G52" s="155"/>
+      <c r="H52" s="155"/>
+      <c r="I52" s="155"/>
+      <c r="J52" s="155"/>
+      <c r="K52" s="155"/>
+      <c r="L52" s="155"/>
+      <c r="M52" s="155"/>
+      <c r="N52" s="155"/>
+      <c r="O52" s="155"/>
+      <c r="P52" s="155"/>
+      <c r="Q52" s="155"/>
+      <c r="R52" s="155"/>
+      <c r="S52" s="155"/>
+      <c r="T52" s="155"/>
+      <c r="U52" s="155"/>
+      <c r="V52" s="155"/>
+      <c r="W52" s="155"/>
+      <c r="X52" s="155"/>
+      <c r="Y52" s="155"/>
+      <c r="Z52" s="155"/>
+      <c r="AA52" s="155"/>
+      <c r="AB52" s="155"/>
+      <c r="AC52" s="155"/>
+      <c r="AD52" s="155"/>
+      <c r="AE52" s="155"/>
+      <c r="AF52" s="155"/>
+      <c r="AG52" s="155"/>
+      <c r="AH52" s="155"/>
+      <c r="AI52" s="155"/>
+      <c r="AJ52" s="155"/>
+      <c r="AK52" s="156"/>
       <c r="AL52" s="76"/>
       <c r="AM52" s="76"/>
       <c r="AN52" s="76"/>
       <c r="AO52" s="76"/>
       <c r="AP52" s="76"/>
       <c r="AQ52" s="76"/>
       <c r="AR52" s="76"/>
       <c r="AS52" s="76"/>
       <c r="AT52" s="76"/>
       <c r="AU52" s="76"/>
       <c r="AV52" s="76"/>
       <c r="AW52" s="76"/>
       <c r="AX52" s="76"/>
       <c r="AY52" s="76"/>
       <c r="AZ52" s="76"/>
       <c r="BA52" s="76"/>
       <c r="BB52" s="76"/>
       <c r="BC52" s="76"/>
       <c r="BD52" s="76"/>
       <c r="BE52" s="76"/>
       <c r="BF52" s="76"/>
       <c r="BG52" s="76"/>
       <c r="BH52" s="76"/>
       <c r="BI52" s="76"/>
       <c r="BJ52" s="76"/>
@@ -6276,277 +6495,277 @@
       <c r="BC53" s="76"/>
       <c r="BD53" s="76"/>
       <c r="BE53" s="76"/>
       <c r="BF53" s="76"/>
       <c r="BG53" s="76"/>
       <c r="BH53" s="76"/>
       <c r="BI53" s="76"/>
       <c r="BJ53" s="76"/>
       <c r="BK53" s="76"/>
       <c r="BL53" s="76"/>
       <c r="BM53" s="76"/>
       <c r="BN53" s="76"/>
       <c r="BO53" s="76"/>
       <c r="BP53" s="76"/>
       <c r="BQ53" s="76"/>
       <c r="BR53" s="76"/>
       <c r="BS53" s="76"/>
       <c r="BT53" s="76"/>
       <c r="BU53" s="76"/>
       <c r="BV53" s="76"/>
       <c r="BW53" s="76"/>
       <c r="BX53" s="76"/>
     </row>
     <row r="54" spans="1:77" s="77" customFormat="1" ht="12" x14ac:dyDescent="0.4">
       <c r="A54" s="84"/>
-      <c r="B54" s="250" t="s">
+      <c r="B54" s="115" t="s">
         <v>60</v>
       </c>
-      <c r="C54" s="250"/>
-[...33 lines deleted...]
-      <c r="AK54" s="251"/>
+      <c r="C54" s="115"/>
+      <c r="D54" s="115"/>
+      <c r="E54" s="115"/>
+      <c r="F54" s="115"/>
+      <c r="G54" s="115"/>
+      <c r="H54" s="115"/>
+      <c r="I54" s="115"/>
+      <c r="J54" s="115"/>
+      <c r="K54" s="115"/>
+      <c r="L54" s="115"/>
+      <c r="M54" s="115"/>
+      <c r="N54" s="116"/>
+      <c r="O54" s="116"/>
+      <c r="P54" s="116"/>
+      <c r="Q54" s="116"/>
+      <c r="R54" s="116"/>
+      <c r="S54" s="116"/>
+      <c r="T54" s="116"/>
+      <c r="U54" s="116"/>
+      <c r="V54" s="116"/>
+      <c r="W54" s="116"/>
+      <c r="X54" s="116"/>
+      <c r="Y54" s="116"/>
+      <c r="Z54" s="116"/>
+      <c r="AA54" s="116"/>
+      <c r="AB54" s="116"/>
+      <c r="AC54" s="116"/>
+      <c r="AD54" s="116"/>
+      <c r="AE54" s="116"/>
+      <c r="AF54" s="116"/>
+      <c r="AG54" s="116"/>
+      <c r="AH54" s="116"/>
+      <c r="AI54" s="116"/>
+      <c r="AJ54" s="116"/>
+      <c r="AK54" s="116"/>
       <c r="AL54" s="84"/>
       <c r="AM54" s="6"/>
       <c r="AZ54" s="76"/>
       <c r="BA54" s="76"/>
       <c r="BB54" s="76"/>
       <c r="BC54" s="76"/>
       <c r="BD54" s="76"/>
       <c r="BE54" s="76"/>
       <c r="BF54" s="76"/>
       <c r="BG54" s="76"/>
       <c r="BH54" s="76"/>
       <c r="BI54" s="76"/>
       <c r="BJ54" s="76"/>
       <c r="BK54" s="76"/>
       <c r="BL54" s="76"/>
       <c r="BM54" s="76"/>
       <c r="BN54" s="76"/>
       <c r="BO54" s="76"/>
       <c r="BP54" s="76"/>
       <c r="BQ54" s="76"/>
       <c r="BR54" s="76"/>
       <c r="BS54" s="76"/>
       <c r="BT54" s="76"/>
       <c r="BU54" s="76"/>
       <c r="BV54" s="76"/>
       <c r="BW54" s="76"/>
       <c r="BX54" s="76"/>
       <c r="BY54" s="76"/>
     </row>
     <row r="55" spans="1:77" x14ac:dyDescent="0.4">
-      <c r="B55" s="252" t="s">
+      <c r="B55" s="117" t="s">
         <v>61</v>
       </c>
-      <c r="C55" s="253"/>
-[...4 lines deleted...]
-      <c r="H55" s="255" t="s">
+      <c r="C55" s="118"/>
+      <c r="D55" s="118"/>
+      <c r="E55" s="118"/>
+      <c r="F55" s="118"/>
+      <c r="G55" s="119"/>
+      <c r="H55" s="120" t="s">
         <v>62</v>
       </c>
-      <c r="I55" s="255"/>
-[...3 lines deleted...]
-      <c r="M55" s="255"/>
+      <c r="I55" s="120"/>
+      <c r="J55" s="120"/>
+      <c r="K55" s="120"/>
+      <c r="L55" s="120"/>
+      <c r="M55" s="120"/>
       <c r="N55" s="85"/>
       <c r="O55" s="70"/>
       <c r="P55" s="68"/>
       <c r="Q55" s="68"/>
       <c r="R55" s="68"/>
       <c r="S55" s="68"/>
       <c r="T55" s="68"/>
       <c r="U55" s="68"/>
       <c r="V55" s="68"/>
       <c r="W55" s="68"/>
       <c r="X55" s="68"/>
       <c r="Y55" s="68"/>
       <c r="Z55" s="68"/>
       <c r="AA55" s="68"/>
       <c r="AB55" s="68"/>
       <c r="AC55" s="68"/>
       <c r="AD55" s="68"/>
       <c r="AE55" s="68"/>
       <c r="AF55" s="68"/>
       <c r="AG55" s="68"/>
       <c r="AH55" s="68"/>
       <c r="AI55" s="68"/>
       <c r="AJ55" s="68"/>
       <c r="AK55" s="68"/>
       <c r="AL55" s="3"/>
       <c r="AM55" s="3"/>
     </row>
     <row r="56" spans="1:77" ht="37.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B56" s="256"/>
-[...10 lines deleted...]
-      <c r="M56" s="258"/>
+      <c r="B56" s="121"/>
+      <c r="C56" s="122"/>
+      <c r="D56" s="122"/>
+      <c r="E56" s="122"/>
+      <c r="F56" s="122"/>
+      <c r="G56" s="123"/>
+      <c r="H56" s="121"/>
+      <c r="I56" s="122"/>
+      <c r="J56" s="122"/>
+      <c r="K56" s="122"/>
+      <c r="L56" s="122"/>
+      <c r="M56" s="123"/>
       <c r="N56" s="1"/>
       <c r="O56" s="1"/>
       <c r="AK56" s="3"/>
       <c r="AL56" s="3"/>
       <c r="AM56" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="95">
-    <mergeCell ref="B54:AK54"/>
-[...3 lines deleted...]
-    <mergeCell ref="H56:M56"/>
+    <mergeCell ref="F8:AC8"/>
+    <mergeCell ref="AD8:AK8"/>
+    <mergeCell ref="B2:AK3"/>
+    <mergeCell ref="B4:AK4"/>
+    <mergeCell ref="S5:AJ5"/>
+    <mergeCell ref="B6:AK6"/>
+    <mergeCell ref="C7:AK7"/>
+    <mergeCell ref="F9:G9"/>
+    <mergeCell ref="H9:Q9"/>
+    <mergeCell ref="R9:S9"/>
+    <mergeCell ref="T9:AC9"/>
+    <mergeCell ref="AD9:AK10"/>
+    <mergeCell ref="F10:AC10"/>
+    <mergeCell ref="F11:G11"/>
+    <mergeCell ref="H11:Q11"/>
+    <mergeCell ref="R11:S11"/>
+    <mergeCell ref="T11:AC11"/>
+    <mergeCell ref="AD11:AK11"/>
+    <mergeCell ref="AH12:AH13"/>
+    <mergeCell ref="AI12:AI13"/>
+    <mergeCell ref="AJ12:AJ13"/>
+    <mergeCell ref="AK12:AK13"/>
+    <mergeCell ref="F13:G13"/>
+    <mergeCell ref="H13:Q13"/>
+    <mergeCell ref="R13:S13"/>
+    <mergeCell ref="T13:AC13"/>
+    <mergeCell ref="F12:AC12"/>
+    <mergeCell ref="AD12:AD13"/>
+    <mergeCell ref="AE12:AE13"/>
+    <mergeCell ref="AF12:AF13"/>
+    <mergeCell ref="AG12:AG13"/>
+    <mergeCell ref="Z14:AK14"/>
+    <mergeCell ref="Z15:AK16"/>
+    <mergeCell ref="C16:O16"/>
+    <mergeCell ref="P16:Y16"/>
+    <mergeCell ref="C17:O18"/>
+    <mergeCell ref="P17:Y18"/>
+    <mergeCell ref="Z17:AK17"/>
+    <mergeCell ref="Z18:AK18"/>
+    <mergeCell ref="J14:N15"/>
+    <mergeCell ref="O14:O15"/>
+    <mergeCell ref="P14:R15"/>
+    <mergeCell ref="S14:S15"/>
+    <mergeCell ref="U14:W15"/>
+    <mergeCell ref="X14:X15"/>
+    <mergeCell ref="B27:AI27"/>
+    <mergeCell ref="C19:O19"/>
+    <mergeCell ref="P19:Y19"/>
+    <mergeCell ref="Z19:AK20"/>
+    <mergeCell ref="C20:G21"/>
+    <mergeCell ref="H20:O22"/>
+    <mergeCell ref="P20:Y22"/>
+    <mergeCell ref="Z21:AK22"/>
+    <mergeCell ref="C22:G22"/>
+    <mergeCell ref="C23:AK23"/>
+    <mergeCell ref="C24:T24"/>
+    <mergeCell ref="U24:AK24"/>
+    <mergeCell ref="C25:T25"/>
+    <mergeCell ref="U25:AK25"/>
+    <mergeCell ref="C28:AL28"/>
+    <mergeCell ref="C37:R37"/>
+    <mergeCell ref="S37:AA37"/>
+    <mergeCell ref="AB37:AK37"/>
+    <mergeCell ref="C38:R38"/>
+    <mergeCell ref="S38:AA38"/>
+    <mergeCell ref="AB38:AK38"/>
+    <mergeCell ref="C39:G39"/>
+    <mergeCell ref="H39:AK39"/>
+    <mergeCell ref="C40:G41"/>
+    <mergeCell ref="H40:J40"/>
+    <mergeCell ref="K40:R40"/>
+    <mergeCell ref="S40:U40"/>
+    <mergeCell ref="V40:AK40"/>
+    <mergeCell ref="H41:J41"/>
+    <mergeCell ref="K41:R41"/>
+    <mergeCell ref="S41:U41"/>
     <mergeCell ref="B49:D52"/>
     <mergeCell ref="V41:AA41"/>
     <mergeCell ref="AB41:AD41"/>
     <mergeCell ref="AE41:AK41"/>
     <mergeCell ref="C42:H42"/>
     <mergeCell ref="I42:AK42"/>
     <mergeCell ref="C43:AK43"/>
     <mergeCell ref="B45:AK45"/>
     <mergeCell ref="B46:O46"/>
     <mergeCell ref="P46:AA46"/>
     <mergeCell ref="AB46:AK46"/>
     <mergeCell ref="B47:D48"/>
     <mergeCell ref="E51:AK51"/>
     <mergeCell ref="E52:AK52"/>
-    <mergeCell ref="C39:G39"/>
-[...74 lines deleted...]
-    <mergeCell ref="C7:AK7"/>
+    <mergeCell ref="B54:AK54"/>
+    <mergeCell ref="B55:G55"/>
+    <mergeCell ref="H55:M55"/>
+    <mergeCell ref="B56:G56"/>
+    <mergeCell ref="H56:M56"/>
   </mergeCells>
   <phoneticPr fontId="3"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="79" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1025" r:id="rId4" name="Check Box 1">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>3</xdr:col>
                     <xdr:colOff>9525</xdr:colOff>
                     <xdr:row>28</xdr:row>
                     <xdr:rowOff>9525</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>11</xdr:col>
                     <xdr:colOff>171450</xdr:colOff>
                     <xdr:row>28</xdr:row>
                     <xdr:rowOff>371475</xdr:rowOff>