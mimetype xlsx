--- v1 (2025-12-13)
+++ v2 (2026-01-31)
@@ -6,72 +6,82 @@
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp3.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp4.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="166925"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0828FACE-3BEE-4895-82BC-6379980B71AD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D7192A9D-210E-4FA5-926D-43404DFF1CA3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="2910" yWindow="810" windowWidth="24660" windowHeight="13830" xr2:uid="{D5262B9A-C1F8-408D-AE4B-702A79568B5E}"/>
+    <workbookView xWindow="4560" yWindow="510" windowWidth="23850" windowHeight="14760" xr2:uid="{D5262B9A-C1F8-408D-AE4B-702A79568B5E}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
+  <definedNames>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$A$1:$AL$62</definedName>
+  </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="78">
-[...3 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="86">
   <si>
     <t>e-Radに関する退職・転出手続依頼書</t>
     <rPh sb="6" eb="7">
       <t>カン</t>
     </rPh>
     <rPh sb="9" eb="11">
       <t>タイショク</t>
     </rPh>
     <rPh sb="12" eb="14">
       <t>テンシュツ</t>
     </rPh>
     <rPh sb="14" eb="16">
       <t>テツヅ</t>
     </rPh>
     <rPh sb="16" eb="19">
       <t>イライショ</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>Ⅰ：【e-Rad】研究者基本情報</t>
     <rPh sb="9" eb="12">
       <t>ケンキュウシャ</t>
     </rPh>
     <rPh sb="12" eb="14">
@@ -728,166 +738,157 @@
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>科研費担当</t>
     <rPh sb="0" eb="2">
       <t>カケン</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>ヒ</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>タントウ</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>o-apply@st.ritsumei.ac.jp</t>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>TEL 075-465-8224　(内線 511-2398)</t>
     <phoneticPr fontId="4"/>
   </si>
   <si>
+    <t>BKCリサーチオフィス</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>TEL 077-561-2631　(内線 515-6549)</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>e-Rad担当：今井・尾崎</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>e-Rad担当：宇佐美・古瀬</t>
+    <rPh sb="5" eb="7">
+      <t>タントウ</t>
+    </rPh>
+    <rPh sb="8" eb="11">
+      <t>ウサミ</t>
+    </rPh>
+    <rPh sb="12" eb="14">
+      <t>コセ</t>
+    </rPh>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>TEL 072-665-2570　(内線 513-2998)</t>
+    <rPh sb="18" eb="20">
+      <t>ナイセン</t>
+    </rPh>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>e-Rad担当：谷本・片岡</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
     <t>【対象の方】　本大学を所属機関としてe-Rad登録を行っている方で、
-●2024年度に本大学を退職し、他機関に所属しない方
-[...1 lines deleted...]
-　 ※非常勤の講師等で、2025年度に本大学で任用されるが、本務機関を他機関に変更する場合、
+●2025年度に本大学を退職し、他機関に所属しない方
+●2026年度より本務機関が本大学から他機関に変更になる方
+　 ※非常勤の講師等で、2026年度に本大学で任用されるが、本務機関を他機関に変更する場合、
 　　　「e-Radに関する退職・転出手続依頼書」の提出が必要です。
 ◆転出後は異動先機関にて、e-Radの登録手続きを別途行ってください。
 　 転出後もご利用中のログイン情報（ログインID、パスワード）は変更になりません。</t>
     <rPh sb="1" eb="3">
       <t>タイショウ</t>
     </rPh>
     <rPh sb="4" eb="5">
       <t>カタ</t>
     </rPh>
     <rPh sb="51" eb="52">
       <t>タ</t>
     </rPh>
     <rPh sb="52" eb="54">
       <t>キカン</t>
     </rPh>
     <rPh sb="55" eb="57">
       <t>ショゾク</t>
     </rPh>
     <rPh sb="90" eb="91">
       <t>カタ</t>
     </rPh>
     <rPh sb="101" eb="102">
       <t>トウ</t>
     </rPh>
     <rPh sb="167" eb="169">
       <t>ヒツヨウ</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>※ 基本情報は、e-Rad登録内容の修正作業に必要な情報となります。
-※ 2025年4月以降兼務機関として本大学に所属がある場合は　⑦⑧についてもご記入ください。</t>
+※ 2026年4月以降兼務機関として本大学に所属がある場合は　⑦⑧についてもご記入ください。</t>
     <rPh sb="2" eb="4">
       <t>キホン</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>ジョウホウ</t>
     </rPh>
     <rPh sb="13" eb="15">
       <t>トウロク</t>
     </rPh>
     <rPh sb="15" eb="17">
       <t>ナイヨウ</t>
     </rPh>
     <rPh sb="18" eb="20">
       <t>シュウセイ</t>
     </rPh>
     <rPh sb="20" eb="22">
       <t>サギョウ</t>
     </rPh>
     <rPh sb="23" eb="25">
       <t>ヒツヨウ</t>
     </rPh>
     <rPh sb="26" eb="28">
       <t>ジョウホウ</t>
     </rPh>
     <phoneticPr fontId="4"/>
-  </si>
-[...43 lines deleted...]
-    <phoneticPr fontId="3"/>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="ＭＳ Ｐゴシック"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
-      <t>2025年度科研費において、</t>
+      <t>2026年度科研費において、</t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="9"/>
         <color rgb="FFFF0000"/>
         <rFont val="ＭＳ Ｐゴシック"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>代表者としての</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="ＭＳ Ｐゴシック"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>『（A）新規課題の応募有無』、</t>
     </r>
     <r>
       <rPr>
         <b/>
@@ -944,86 +945,176 @@
     </rPh>
     <rPh sb="51" eb="53">
       <t>ケイゾク</t>
     </rPh>
     <rPh sb="53" eb="55">
       <t>カダイ</t>
     </rPh>
     <rPh sb="56" eb="58">
       <t>ホユウ</t>
     </rPh>
     <rPh sb="58" eb="60">
       <t>ウム</t>
     </rPh>
     <rPh sb="81" eb="82">
       <t>ウエ</t>
     </rPh>
     <rPh sb="92" eb="93">
       <t>ソ</t>
     </rPh>
     <rPh sb="100" eb="102">
       <t>カイトウ</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
-    <t>e-Rad担当：今井・尾崎</t>
+    <t>　（※購入価格が50万円以上の機器備品、科研費継続課題にて購入した10万円以上の物品および換金性の高い物品）</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
-    <t>e-Rad担当：宇佐美・古瀬</t>
+    <t>⑪本学より転出先機関へ移管手続きが必要な備品・設備等　　</t>
+    <rPh sb="1" eb="2">
+      <t>ホン</t>
+    </rPh>
+    <rPh sb="2" eb="3">
+      <t>ガク</t>
+    </rPh>
     <rPh sb="5" eb="7">
-      <t>タントウ</t>
-[...5 lines deleted...]
-      <t>コセ</t>
+      <t>テンシュツ</t>
+    </rPh>
+    <rPh sb="7" eb="8">
+      <t>サキ</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
-    <t>TEL 072-665-2570　(内線 513-2998)</t>
+    <t>無　・　有  ⇒有の場合は、下記へご連絡ください。</t>
+    <rPh sb="14" eb="16">
+      <t>カキ</t>
+    </rPh>
     <rPh sb="18" eb="20">
+      <t>レンラク</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>大阪いばらきキャンパス　：　OICリサーチオフィス　綾城・山崎　   E-mail:o-yoyaku@st.ritsumei.ac.jp        TEL:072-665-2570</t>
+    <rPh sb="26" eb="27">
+      <t>アヤ</t>
+    </rPh>
+    <rPh sb="27" eb="28">
+      <t>シロ</t>
+    </rPh>
+    <rPh sb="29" eb="31">
+      <t>ヤマサキ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t xml:space="preserve">衣笠、朱雀キャンパス　：　衣笠リサーチオフィス　平田・野村　  </t>
+    <rPh sb="13" eb="15">
+      <t>キヌガサ</t>
+    </rPh>
+    <rPh sb="24" eb="26">
+      <t>ヒラタ</t>
+    </rPh>
+    <rPh sb="27" eb="29">
+      <t>ノムラ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t xml:space="preserve"> E-mail：hirata33@st.ritsumei.ac.jp(平田)/nomura-a@st.ritsumei.ac.jp(野村)</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t xml:space="preserve">                                                                                         </t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>TEL：075-465-8163 内線：511-2386（平田）/511-2817（野村）</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>びわこ・くさつキャンパス　：　BKCリサーチオフィス 藤本(瑠)　　　  E-mail: sisan-ro@st.ritsumei.ac.jp TEL:077-561-3488　内線：515-6502</t>
+    <rPh sb="27" eb="29">
+      <t>フジモト</t>
+    </rPh>
+    <rPh sb="30" eb="31">
+      <t>リュウ</t>
+    </rPh>
+    <rPh sb="89" eb="91">
       <t>ナイセン</t>
     </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>⑦2026年4月以降の本大学での部局名</t>
+    <rPh sb="5" eb="6">
+      <t>ネン</t>
+    </rPh>
+    <rPh sb="7" eb="8">
+      <t>ガツ</t>
+    </rPh>
+    <rPh sb="8" eb="10">
+      <t>イコウ</t>
+    </rPh>
+    <rPh sb="16" eb="18">
+      <t>ブキョク</t>
+    </rPh>
+    <rPh sb="18" eb="19">
+      <t>メイ</t>
+    </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
-    <t>e-Rad担当：谷本・片岡</t>
+    <t>⑧2026年4月以降の本大学での職位</t>
+    <rPh sb="16" eb="18">
+      <t>ショクイ</t>
+    </rPh>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>科研費担当：研究費経理事務センター   TEL 077-561-5025（内線 515-6002、515-6028、515-6555）</t>
+    <rPh sb="6" eb="9">
+      <t>ケンキュウヒ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>r-kaken@st.ritsumei.ac.jp</t>
     <phoneticPr fontId="3"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="176" formatCode="0000000"/>
   </numFmts>
-  <fonts count="38" x14ac:knownFonts="1">
+  <fonts count="44">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="MS UI Gothic"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="游ゴシック"/>
       <family val="2"/>
@@ -1251,54 +1342,101 @@
       <b/>
       <sz val="11"/>
       <color indexed="12"/>
       <name val="游ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color indexed="12"/>
       <name val="游ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FFFF0000"/>
       <name val="ＭＳ ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
-      <sz val="9"/>
-      <name val="ＭＳ ゴシック"/>
+      <sz val="10"/>
+      <color rgb="FFFF0000"/>
+      <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="游ゴシック"/>
+      <family val="2"/>
+      <charset val="128"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="游ゴシック"/>
+      <family val="2"/>
+      <charset val="128"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="ＭＳ Ｐゴシック"/>
+      <family val="3"/>
+      <charset val="128"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="ＭＳ Ｐゴシック"/>
+      <family val="3"/>
+      <charset val="128"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color rgb="FFFF0000"/>
+      <name val="ＭＳ Ｐゴシック"/>
+      <family val="3"/>
+      <charset val="128"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color theme="10"/>
+      <name val="游ゴシック"/>
+      <family val="2"/>
+      <charset val="128"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="8"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="55"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="22"/>
         <bgColor indexed="64"/>
@@ -1599,72 +1737,72 @@
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="4">
+  <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
   </cellStyleXfs>
-  <cellXfs count="259">
+  <cellXfs count="273">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFill="1" applyAlignment="1">
-      <alignment vertical="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
@@ -1956,244 +2094,256 @@
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="14" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="15" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="27" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="22" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="0" borderId="22" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="4" borderId="24" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="4" borderId="25" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="4" borderId="26" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="4" borderId="23" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="24" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="25" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="26" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="14" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
     <xf numFmtId="0" fontId="24" fillId="3" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="14" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="3" borderId="24" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="3" borderId="25" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="3" borderId="26" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="3" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="3" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="37" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="36" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="36" fillId="0" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="37" fillId="0" borderId="14" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="36" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="36" fillId="0" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" shrinkToFit="1"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="24" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="25" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="26" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="14" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...6 lines deleted...]
-      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
-[...41 lines deleted...]
-      <alignment horizontal="left" vertical="top" shrinkToFit="1"/>
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
@@ -2241,253 +2391,287 @@
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="19" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="20" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="21" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="22" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="17" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="13" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="18" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="16" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="0" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="7" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="7" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="7" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="14" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...44 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="14" xfId="4" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...48 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="1" xfId="4" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="22" xfId="4" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
   </cellXfs>
-  <cellStyles count="4">
+  <cellStyles count="5">
+    <cellStyle name="ハイパーリンク" xfId="4" builtinId="8"/>
     <cellStyle name="標準" xfId="0" builtinId="0"/>
     <cellStyle name="標準_【帳票最終確認】e-Rad,登録申請書　転出・退職手続きに関するe-Rad・科研費状況確認書_研究部HP_" xfId="1" xr:uid="{38E6DF83-FD37-4114-8BA2-0FB5E13A541A}"/>
     <cellStyle name="標準_①新任・転入手続きに関するe-Rad・科研費状況確認書" xfId="2" xr:uid="{A6256EF2-DF14-45E6-8AF8-43FFBBC7BD0D}"/>
     <cellStyle name="標準_科研費状況確認書" xfId="3" xr:uid="{F78EE27E-2373-4D33-8ADA-CBB1A73BC50E}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp1.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp2.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp3.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp4.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>36</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>44</xdr:row>
+      <xdr:row>50</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>36</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>44</xdr:row>
+      <xdr:row>50</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="Line 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeShapeType="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="7277100" y="9467850"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
@@ -2496,57 +2680,57 @@
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:noFill/>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:round/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>38</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>31</xdr:row>
+      <xdr:row>37</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>38</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>31</xdr:row>
+      <xdr:row>37</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="3" name="Line 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000003000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeShapeType="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="7696200" y="7038975"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
@@ -2555,57 +2739,57 @@
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:noFill/>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:round/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>38</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>31</xdr:row>
+      <xdr:row>37</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>38</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>31</xdr:row>
+      <xdr:row>37</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="4" name="Line 4">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000004000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeShapeType="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="7696200" y="7038975"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
@@ -2614,51 +2798,51 @@
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:noFill/>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:round/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>24</xdr:col>
       <xdr:colOff>133350</xdr:colOff>
-      <xdr:row>4</xdr:row>
+      <xdr:row>3</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="27765" cy="456535"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="5" name="Text Box 5">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000005000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="4829175" y="1552575"/>
           <a:ext cx="27765" cy="456535"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
@@ -2702,57 +2886,57 @@
             <a:ea typeface="ＭＳ Ｐゴシック"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr algn="l" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1300" b="1" i="0" u="none" strike="noStrike" baseline="0">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:latin typeface="ＭＳ Ｐゴシック"/>
             <a:ea typeface="ＭＳ Ｐゴシック"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor>
         <xdr:from>
           <xdr:col>3</xdr:col>
           <xdr:colOff>9525</xdr:colOff>
-          <xdr:row>28</xdr:row>
+          <xdr:row>34</xdr:row>
           <xdr:rowOff>9525</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>11</xdr:col>
           <xdr:colOff>171450</xdr:colOff>
-          <xdr:row>28</xdr:row>
+          <xdr:row>34</xdr:row>
           <xdr:rowOff>371475</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1025" name="Check Box 1" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1025"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000001040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
@@ -2776,57 +2960,57 @@
               </a:pPr>
               <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="MS UI Gothic"/>
                   <a:ea typeface="MS UI Gothic"/>
                 </a:rPr>
                 <a:t> 新規課題を応募した</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor>
         <xdr:from>
           <xdr:col>3</xdr:col>
           <xdr:colOff>9525</xdr:colOff>
-          <xdr:row>28</xdr:row>
+          <xdr:row>34</xdr:row>
           <xdr:rowOff>400050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>11</xdr:col>
           <xdr:colOff>171450</xdr:colOff>
-          <xdr:row>28</xdr:row>
+          <xdr:row>34</xdr:row>
           <xdr:rowOff>762000</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1026" name="Check Box 2" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1026"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
@@ -2850,57 +3034,57 @@
               </a:pPr>
               <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="MS UI Gothic"/>
                   <a:ea typeface="MS UI Gothic"/>
                 </a:rPr>
                 <a:t> 新規課題を応募しなかった</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor>
         <xdr:from>
           <xdr:col>15</xdr:col>
           <xdr:colOff>9525</xdr:colOff>
-          <xdr:row>28</xdr:row>
+          <xdr:row>34</xdr:row>
           <xdr:rowOff>9525</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>23</xdr:col>
           <xdr:colOff>171450</xdr:colOff>
-          <xdr:row>28</xdr:row>
+          <xdr:row>34</xdr:row>
           <xdr:rowOff>371475</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1027" name="Check Box 3" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1027"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000003040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
@@ -2924,57 +3108,57 @@
               </a:pPr>
               <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="MS UI Gothic"/>
                   <a:ea typeface="MS UI Gothic"/>
                 </a:rPr>
                 <a:t> 継続課題を保有している</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor>
         <xdr:from>
           <xdr:col>15</xdr:col>
           <xdr:colOff>9525</xdr:colOff>
-          <xdr:row>28</xdr:row>
+          <xdr:row>34</xdr:row>
           <xdr:rowOff>400050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>23</xdr:col>
           <xdr:colOff>171450</xdr:colOff>
-          <xdr:row>28</xdr:row>
+          <xdr:row>34</xdr:row>
           <xdr:rowOff>762000</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1028" name="Check Box 4" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1028"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000004040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
@@ -2996,57 +3180,57 @@
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="MS UI Gothic"/>
                   <a:ea typeface="MS UI Gothic"/>
                 </a:rPr>
                 <a:t> 継続課題を保有していない</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>23</xdr:col>
       <xdr:colOff>173107</xdr:colOff>
-      <xdr:row>27</xdr:row>
+      <xdr:row>33</xdr:row>
       <xdr:rowOff>198781</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>36</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>30</xdr:row>
+      <xdr:row>36</xdr:row>
       <xdr:rowOff>16565</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="10" name="Rectangle 10">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00000A000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="4678432" y="5847106"/>
           <a:ext cx="2598668" cy="1036984"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
@@ -3071,51 +3255,51 @@
             <a:t>【新規課題の採否連絡および交付申請について】</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr algn="l" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="ja-JP" altLang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:latin typeface="ＭＳ Ｐゴシック"/>
               <a:ea typeface="ＭＳ Ｐゴシック"/>
             </a:rPr>
             <a:t>　</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" altLang="ja-JP" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:latin typeface="ＭＳ Ｐゴシック"/>
               <a:ea typeface="ＭＳ Ｐゴシック"/>
             </a:rPr>
-            <a:t>2024</a:t>
+            <a:t>2025</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="ja-JP" altLang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:latin typeface="ＭＳ Ｐゴシック"/>
               <a:ea typeface="ＭＳ Ｐゴシック"/>
             </a:rPr>
             <a:t>年</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" altLang="ja-JP" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:latin typeface="ＭＳ Ｐゴシック"/>
               <a:ea typeface="ＭＳ Ｐゴシック"/>
             </a:rPr>
             <a:t>6</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="ja-JP" altLang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
@@ -3130,51 +3314,51 @@
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:latin typeface="ＭＳ Ｐゴシック"/>
               <a:ea typeface="ＭＳ Ｐゴシック"/>
             </a:rPr>
           </a:br>
           <a:r>
             <a:rPr lang="ja-JP" altLang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:latin typeface="ＭＳ Ｐゴシック"/>
               <a:ea typeface="ＭＳ Ｐゴシック"/>
             </a:rPr>
             <a:t>　</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" altLang="ja-JP" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:latin typeface="ＭＳ Ｐゴシック"/>
               <a:ea typeface="ＭＳ Ｐゴシック"/>
             </a:rPr>
-            <a:t>2025</a:t>
+            <a:t>2026</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="ja-JP" altLang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:latin typeface="ＭＳ Ｐゴシック"/>
               <a:ea typeface="ＭＳ Ｐゴシック"/>
             </a:rPr>
             <a:t>年</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" altLang="ja-JP" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:latin typeface="ＭＳ Ｐゴシック"/>
               <a:ea typeface="ＭＳ Ｐゴシック"/>
             </a:rPr>
             <a:t>2</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="ja-JP" altLang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
@@ -3207,51 +3391,51 @@
             <a:t>  お知らせします。</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr algn="l" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="ja-JP" altLang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:latin typeface="ＭＳ Ｐゴシック"/>
               <a:ea typeface="ＭＳ Ｐゴシック"/>
             </a:rPr>
             <a:t>　なお、</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" altLang="ja-JP" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:latin typeface="ＭＳ Ｐゴシック"/>
               <a:ea typeface="ＭＳ Ｐゴシック"/>
             </a:rPr>
-            <a:t>2025</a:t>
+            <a:t>2026</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="ja-JP" altLang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:latin typeface="ＭＳ Ｐゴシック"/>
               <a:ea typeface="ＭＳ Ｐゴシック"/>
             </a:rPr>
             <a:t>年度に科研費の研究をおこなう場合は、</a:t>
           </a:r>
           <a:endParaRPr lang="en-US" altLang="ja-JP" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:latin typeface="ＭＳ Ｐゴシック"/>
             <a:ea typeface="ＭＳ Ｐゴシック"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr algn="l" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="ja-JP" altLang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
@@ -3272,57 +3456,57 @@
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr algn="l" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="ja-JP" altLang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:latin typeface="ＭＳ Ｐゴシック"/>
               <a:ea typeface="ＭＳ Ｐゴシック"/>
             </a:rPr>
             <a:t>  （基金種目の継続課題を除く）が必要になります。</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>28</xdr:col>
       <xdr:colOff>10702</xdr:colOff>
-      <xdr:row>3</xdr:row>
+      <xdr:row>2</xdr:row>
       <xdr:rowOff>117723</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>37</xdr:col>
       <xdr:colOff>1177</xdr:colOff>
-      <xdr:row>3</xdr:row>
+      <xdr:row>2</xdr:row>
       <xdr:rowOff>866882</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="12" name="テキスト ボックス 11">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00000C000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="5533062" y="684942"/>
           <a:ext cx="1981093" cy="749159"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:sysClr val="window" lastClr="FFFFFF"/>
         </a:solidFill>
         <a:ln w="28575" cmpd="sng">
@@ -3396,51 +3580,51 @@
             <a:spcAft>
               <a:spcPts val="0"/>
             </a:spcAft>
             <a:buClrTx/>
             <a:buSzTx/>
             <a:buFontTx/>
             <a:buNone/>
             <a:tabLst/>
             <a:defRPr/>
           </a:pPr>
           <a:r>
             <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1400" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="+mn-ea"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t>2025</a:t>
+            <a:t>2026</a:t>
           </a:r>
           <a:r>
             <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1400" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="+mn-ea"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>年 </a:t>
           </a:r>
           <a:r>
             <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1400" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
@@ -3464,51 +3648,51 @@
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="+mn-ea"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>月 </a:t>
           </a:r>
           <a:r>
             <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1400" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="+mn-ea"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t>4</a:t>
+            <a:t>3</a:t>
           </a:r>
           <a:r>
             <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1400" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="+mn-ea"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>日（火）</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
@@ -3787,3099 +3971,3400 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:b-kaken@st.ritsumei.ac.jp" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:db-krsc@st.ritsumei.ac.jp" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:r-kaken@st.ritsumei.ac.jp" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:o-apply@st.ritsumei.ac.jp" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A6575B41-BA6F-4285-A951-1385D927AC9E}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:BY56"/>
+  <dimension ref="A1:BY62"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" topLeftCell="A42" zoomScale="140" zoomScaleNormal="100" zoomScaleSheetLayoutView="140" workbookViewId="0">
-      <selection activeCell="P49" sqref="P49"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" topLeftCell="A47" zoomScale="130" zoomScaleNormal="100" zoomScaleSheetLayoutView="130" workbookViewId="0">
+      <selection activeCell="R62" sqref="R62"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="2.5" defaultRowHeight="13.5" x14ac:dyDescent="0.4"/>
+  <sheetFormatPr defaultColWidth="2.5" defaultRowHeight="13.5"/>
   <cols>
     <col min="1" max="1" width="1.25" style="1" customWidth="1"/>
-    <col min="2" max="2" width="1.625" style="3" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="30" max="36" width="3" style="3" customWidth="1"/>
+    <col min="2" max="2" width="1.625" style="2" customWidth="1"/>
+    <col min="3" max="3" width="3.125" style="2" customWidth="1"/>
+    <col min="4" max="12" width="2.5" style="2"/>
+    <col min="13" max="13" width="1.75" style="2" customWidth="1"/>
+    <col min="14" max="14" width="6" style="2" customWidth="1"/>
+    <col min="15" max="15" width="3.125" style="2" customWidth="1"/>
+    <col min="16" max="16" width="2.5" style="2"/>
+    <col min="17" max="17" width="2.25" style="2" customWidth="1"/>
+    <col min="18" max="26" width="2.5" style="2"/>
+    <col min="27" max="27" width="2.875" style="2" customWidth="1"/>
+    <col min="28" max="29" width="2.5" style="2"/>
+    <col min="30" max="36" width="3" style="2" customWidth="1"/>
     <col min="37" max="37" width="3" style="1" customWidth="1"/>
     <col min="38" max="39" width="2.5" style="1"/>
-    <col min="40" max="16384" width="2.5" style="3"/>
+    <col min="40" max="16384" width="2.5" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:39" ht="18.75" x14ac:dyDescent="0.4">
-      <c r="B1" s="2" t="s">
+    <row r="1" spans="1:39" ht="12.75" customHeight="1">
+      <c r="B1" s="223" t="s">
         <v>0</v>
       </c>
+      <c r="C1" s="223"/>
+      <c r="D1" s="223"/>
+      <c r="E1" s="223"/>
+      <c r="F1" s="223"/>
+      <c r="G1" s="223"/>
+      <c r="H1" s="223"/>
+      <c r="I1" s="223"/>
+      <c r="J1" s="223"/>
+      <c r="K1" s="223"/>
+      <c r="L1" s="223"/>
+      <c r="M1" s="223"/>
+      <c r="N1" s="223"/>
+      <c r="O1" s="223"/>
+      <c r="P1" s="223"/>
+      <c r="Q1" s="223"/>
+      <c r="R1" s="223"/>
+      <c r="S1" s="223"/>
+      <c r="T1" s="223"/>
+      <c r="U1" s="223"/>
+      <c r="V1" s="223"/>
+      <c r="W1" s="223"/>
+      <c r="X1" s="223"/>
+      <c r="Y1" s="223"/>
+      <c r="Z1" s="223"/>
+      <c r="AA1" s="223"/>
+      <c r="AB1" s="223"/>
+      <c r="AC1" s="223"/>
+      <c r="AD1" s="223"/>
+      <c r="AE1" s="223"/>
+      <c r="AF1" s="223"/>
+      <c r="AG1" s="223"/>
+      <c r="AH1" s="223"/>
+      <c r="AI1" s="223"/>
+      <c r="AJ1" s="223"/>
+      <c r="AK1" s="223"/>
+      <c r="AL1" s="3"/>
+      <c r="AM1" s="3"/>
     </row>
-    <row r="2" spans="1:39" ht="12.75" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B2" s="254" t="s">
+    <row r="2" spans="1:39" ht="13.5" customHeight="1">
+      <c r="A2" s="4"/>
+      <c r="B2" s="223"/>
+      <c r="C2" s="223"/>
+      <c r="D2" s="223"/>
+      <c r="E2" s="223"/>
+      <c r="F2" s="223"/>
+      <c r="G2" s="223"/>
+      <c r="H2" s="223"/>
+      <c r="I2" s="223"/>
+      <c r="J2" s="223"/>
+      <c r="K2" s="223"/>
+      <c r="L2" s="223"/>
+      <c r="M2" s="223"/>
+      <c r="N2" s="223"/>
+      <c r="O2" s="223"/>
+      <c r="P2" s="223"/>
+      <c r="Q2" s="223"/>
+      <c r="R2" s="223"/>
+      <c r="S2" s="223"/>
+      <c r="T2" s="223"/>
+      <c r="U2" s="223"/>
+      <c r="V2" s="223"/>
+      <c r="W2" s="223"/>
+      <c r="X2" s="223"/>
+      <c r="Y2" s="223"/>
+      <c r="Z2" s="223"/>
+      <c r="AA2" s="223"/>
+      <c r="AB2" s="223"/>
+      <c r="AC2" s="223"/>
+      <c r="AD2" s="223"/>
+      <c r="AE2" s="223"/>
+      <c r="AF2" s="223"/>
+      <c r="AG2" s="223"/>
+      <c r="AH2" s="223"/>
+      <c r="AI2" s="223"/>
+      <c r="AJ2" s="223"/>
+      <c r="AK2" s="223"/>
+      <c r="AL2" s="3"/>
+      <c r="AM2" s="3"/>
+    </row>
+    <row r="3" spans="1:39" ht="81" customHeight="1">
+      <c r="A3" s="5"/>
+      <c r="B3" s="224" t="s">
+        <v>70</v>
+      </c>
+      <c r="C3" s="224"/>
+      <c r="D3" s="224"/>
+      <c r="E3" s="224"/>
+      <c r="F3" s="224"/>
+      <c r="G3" s="224"/>
+      <c r="H3" s="224"/>
+      <c r="I3" s="224"/>
+      <c r="J3" s="224"/>
+      <c r="K3" s="224"/>
+      <c r="L3" s="224"/>
+      <c r="M3" s="224"/>
+      <c r="N3" s="224"/>
+      <c r="O3" s="224"/>
+      <c r="P3" s="224"/>
+      <c r="Q3" s="224"/>
+      <c r="R3" s="224"/>
+      <c r="S3" s="224"/>
+      <c r="T3" s="224"/>
+      <c r="U3" s="224"/>
+      <c r="V3" s="224"/>
+      <c r="W3" s="224"/>
+      <c r="X3" s="224"/>
+      <c r="Y3" s="224"/>
+      <c r="Z3" s="224"/>
+      <c r="AA3" s="224"/>
+      <c r="AB3" s="224"/>
+      <c r="AC3" s="224"/>
+      <c r="AD3" s="224"/>
+      <c r="AE3" s="224"/>
+      <c r="AF3" s="224"/>
+      <c r="AG3" s="224"/>
+      <c r="AH3" s="224"/>
+      <c r="AI3" s="224"/>
+      <c r="AJ3" s="224"/>
+      <c r="AK3" s="224"/>
+      <c r="AL3" s="6"/>
+      <c r="AM3" s="6"/>
+    </row>
+    <row r="4" spans="1:39" ht="3.95" customHeight="1">
+      <c r="A4" s="7"/>
+      <c r="B4" s="7"/>
+      <c r="C4" s="7"/>
+      <c r="D4" s="7"/>
+      <c r="E4" s="7"/>
+      <c r="F4" s="7"/>
+      <c r="G4" s="7"/>
+      <c r="H4" s="7"/>
+      <c r="I4" s="7"/>
+      <c r="J4" s="7"/>
+      <c r="K4" s="7"/>
+      <c r="L4" s="7"/>
+      <c r="M4" s="7"/>
+      <c r="N4" s="7"/>
+      <c r="O4" s="7"/>
+      <c r="P4" s="7"/>
+      <c r="Q4" s="7"/>
+      <c r="R4" s="7"/>
+      <c r="S4" s="225"/>
+      <c r="T4" s="225"/>
+      <c r="U4" s="225"/>
+      <c r="V4" s="225"/>
+      <c r="W4" s="225"/>
+      <c r="X4" s="225"/>
+      <c r="Y4" s="225"/>
+      <c r="Z4" s="225"/>
+      <c r="AA4" s="225"/>
+      <c r="AB4" s="225"/>
+      <c r="AC4" s="225"/>
+      <c r="AD4" s="225"/>
+      <c r="AE4" s="225"/>
+      <c r="AF4" s="225"/>
+      <c r="AG4" s="225"/>
+      <c r="AH4" s="225"/>
+      <c r="AI4" s="225"/>
+      <c r="AJ4" s="225"/>
+      <c r="AK4" s="7"/>
+    </row>
+    <row r="5" spans="1:39" ht="14.25" customHeight="1">
+      <c r="A5" s="7"/>
+      <c r="B5" s="226" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="254"/>
-[...35 lines deleted...]
-      <c r="AM2" s="4"/>
+      <c r="C5" s="226"/>
+      <c r="D5" s="226"/>
+      <c r="E5" s="226"/>
+      <c r="F5" s="226"/>
+      <c r="G5" s="226"/>
+      <c r="H5" s="226"/>
+      <c r="I5" s="226"/>
+      <c r="J5" s="226"/>
+      <c r="K5" s="226"/>
+      <c r="L5" s="226"/>
+      <c r="M5" s="226"/>
+      <c r="N5" s="226"/>
+      <c r="O5" s="226"/>
+      <c r="P5" s="226"/>
+      <c r="Q5" s="226"/>
+      <c r="R5" s="226"/>
+      <c r="S5" s="226"/>
+      <c r="T5" s="226"/>
+      <c r="U5" s="226"/>
+      <c r="V5" s="226"/>
+      <c r="W5" s="226"/>
+      <c r="X5" s="226"/>
+      <c r="Y5" s="226"/>
+      <c r="Z5" s="226"/>
+      <c r="AA5" s="226"/>
+      <c r="AB5" s="226"/>
+      <c r="AC5" s="226"/>
+      <c r="AD5" s="226"/>
+      <c r="AE5" s="226"/>
+      <c r="AF5" s="226"/>
+      <c r="AG5" s="226"/>
+      <c r="AH5" s="226"/>
+      <c r="AI5" s="226"/>
+      <c r="AJ5" s="226"/>
+      <c r="AK5" s="226"/>
     </row>
-    <row r="3" spans="1:39" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
-[...38 lines deleted...]
-      <c r="AM3" s="4"/>
+    <row r="6" spans="1:39" ht="27" customHeight="1">
+      <c r="A6" s="7"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="227" t="s">
+        <v>71</v>
+      </c>
+      <c r="D6" s="227"/>
+      <c r="E6" s="227"/>
+      <c r="F6" s="227"/>
+      <c r="G6" s="227"/>
+      <c r="H6" s="227"/>
+      <c r="I6" s="227"/>
+      <c r="J6" s="227"/>
+      <c r="K6" s="227"/>
+      <c r="L6" s="227"/>
+      <c r="M6" s="227"/>
+      <c r="N6" s="227"/>
+      <c r="O6" s="227"/>
+      <c r="P6" s="227"/>
+      <c r="Q6" s="227"/>
+      <c r="R6" s="227"/>
+      <c r="S6" s="227"/>
+      <c r="T6" s="227"/>
+      <c r="U6" s="227"/>
+      <c r="V6" s="227"/>
+      <c r="W6" s="227"/>
+      <c r="X6" s="227"/>
+      <c r="Y6" s="227"/>
+      <c r="Z6" s="227"/>
+      <c r="AA6" s="227"/>
+      <c r="AB6" s="227"/>
+      <c r="AC6" s="227"/>
+      <c r="AD6" s="227"/>
+      <c r="AE6" s="227"/>
+      <c r="AF6" s="227"/>
+      <c r="AG6" s="227"/>
+      <c r="AH6" s="227"/>
+      <c r="AI6" s="227"/>
+      <c r="AJ6" s="227"/>
+      <c r="AK6" s="227"/>
+      <c r="AL6" s="9"/>
+      <c r="AM6" s="9"/>
     </row>
-    <row r="4" spans="1:39" ht="81" customHeight="1" x14ac:dyDescent="0.4">
-[...40 lines deleted...]
-      <c r="AM4" s="7"/>
+    <row r="7" spans="1:39">
+      <c r="B7" s="1"/>
+      <c r="C7" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="D7" s="11"/>
+      <c r="E7" s="11"/>
+      <c r="F7" s="213" t="s">
+        <v>3</v>
+      </c>
+      <c r="G7" s="213"/>
+      <c r="H7" s="213"/>
+      <c r="I7" s="213"/>
+      <c r="J7" s="213"/>
+      <c r="K7" s="213"/>
+      <c r="L7" s="213"/>
+      <c r="M7" s="213"/>
+      <c r="N7" s="213"/>
+      <c r="O7" s="213"/>
+      <c r="P7" s="213"/>
+      <c r="Q7" s="213"/>
+      <c r="R7" s="213"/>
+      <c r="S7" s="213"/>
+      <c r="T7" s="213"/>
+      <c r="U7" s="213"/>
+      <c r="V7" s="213"/>
+      <c r="W7" s="213"/>
+      <c r="X7" s="213"/>
+      <c r="Y7" s="213"/>
+      <c r="Z7" s="213"/>
+      <c r="AA7" s="213"/>
+      <c r="AB7" s="213"/>
+      <c r="AC7" s="214"/>
+      <c r="AD7" s="212" t="s">
+        <v>4</v>
+      </c>
+      <c r="AE7" s="213"/>
+      <c r="AF7" s="213"/>
+      <c r="AG7" s="213"/>
+      <c r="AH7" s="213"/>
+      <c r="AI7" s="213"/>
+      <c r="AJ7" s="213"/>
+      <c r="AK7" s="214"/>
+      <c r="AL7" s="2"/>
     </row>
-    <row r="5" spans="1:39" ht="3.95" customHeight="1" x14ac:dyDescent="0.4">
-[...36 lines deleted...]
-      <c r="AK5" s="8"/>
+    <row r="8" spans="1:39" ht="18" customHeight="1">
+      <c r="B8" s="1"/>
+      <c r="C8" s="12"/>
+      <c r="D8" s="13"/>
+      <c r="E8" s="13"/>
+      <c r="F8" s="246" t="s">
+        <v>5</v>
+      </c>
+      <c r="G8" s="246"/>
+      <c r="H8" s="247"/>
+      <c r="I8" s="247"/>
+      <c r="J8" s="247"/>
+      <c r="K8" s="247"/>
+      <c r="L8" s="247"/>
+      <c r="M8" s="247"/>
+      <c r="N8" s="247"/>
+      <c r="O8" s="247"/>
+      <c r="P8" s="247"/>
+      <c r="Q8" s="247"/>
+      <c r="R8" s="248" t="s">
+        <v>6</v>
+      </c>
+      <c r="S8" s="248"/>
+      <c r="T8" s="247"/>
+      <c r="U8" s="247"/>
+      <c r="V8" s="247"/>
+      <c r="W8" s="247"/>
+      <c r="X8" s="247"/>
+      <c r="Y8" s="247"/>
+      <c r="Z8" s="247"/>
+      <c r="AA8" s="247"/>
+      <c r="AB8" s="247"/>
+      <c r="AC8" s="249"/>
+      <c r="AD8" s="250"/>
+      <c r="AE8" s="251"/>
+      <c r="AF8" s="251"/>
+      <c r="AG8" s="251"/>
+      <c r="AH8" s="251"/>
+      <c r="AI8" s="251"/>
+      <c r="AJ8" s="251"/>
+      <c r="AK8" s="252"/>
     </row>
-    <row r="6" spans="1:39" ht="14.25" customHeight="1" x14ac:dyDescent="0.4">
-[...38 lines deleted...]
-      <c r="AK6" s="257"/>
+    <row r="9" spans="1:39" s="15" customFormat="1">
+      <c r="A9" s="14"/>
+      <c r="C9" s="16"/>
+      <c r="D9" s="17"/>
+      <c r="E9" s="17"/>
+      <c r="F9" s="235" t="s">
+        <v>7</v>
+      </c>
+      <c r="G9" s="235"/>
+      <c r="H9" s="235"/>
+      <c r="I9" s="235"/>
+      <c r="J9" s="235"/>
+      <c r="K9" s="235"/>
+      <c r="L9" s="235"/>
+      <c r="M9" s="235"/>
+      <c r="N9" s="235"/>
+      <c r="O9" s="235"/>
+      <c r="P9" s="235"/>
+      <c r="Q9" s="235"/>
+      <c r="R9" s="235"/>
+      <c r="S9" s="235"/>
+      <c r="T9" s="235"/>
+      <c r="U9" s="235"/>
+      <c r="V9" s="235"/>
+      <c r="W9" s="235"/>
+      <c r="X9" s="235"/>
+      <c r="Y9" s="235"/>
+      <c r="Z9" s="235"/>
+      <c r="AA9" s="235"/>
+      <c r="AB9" s="235"/>
+      <c r="AC9" s="236"/>
+      <c r="AD9" s="250"/>
+      <c r="AE9" s="251"/>
+      <c r="AF9" s="251"/>
+      <c r="AG9" s="251"/>
+      <c r="AH9" s="251"/>
+      <c r="AI9" s="251"/>
+      <c r="AJ9" s="251"/>
+      <c r="AK9" s="252"/>
+      <c r="AM9" s="14"/>
     </row>
-    <row r="7" spans="1:39" ht="27" customHeight="1" x14ac:dyDescent="0.4">
-[...40 lines deleted...]
-      <c r="AM7" s="10"/>
+    <row r="10" spans="1:39" s="19" customFormat="1" ht="18" customHeight="1">
+      <c r="A10" s="18"/>
+      <c r="C10" s="20"/>
+      <c r="D10" s="21"/>
+      <c r="E10" s="21"/>
+      <c r="F10" s="246" t="s">
+        <v>8</v>
+      </c>
+      <c r="G10" s="246"/>
+      <c r="H10" s="253"/>
+      <c r="I10" s="253"/>
+      <c r="J10" s="253"/>
+      <c r="K10" s="253"/>
+      <c r="L10" s="253"/>
+      <c r="M10" s="253"/>
+      <c r="N10" s="253"/>
+      <c r="O10" s="253"/>
+      <c r="P10" s="253"/>
+      <c r="Q10" s="253"/>
+      <c r="R10" s="246" t="s">
+        <v>9</v>
+      </c>
+      <c r="S10" s="246"/>
+      <c r="T10" s="253"/>
+      <c r="U10" s="253"/>
+      <c r="V10" s="253"/>
+      <c r="W10" s="253"/>
+      <c r="X10" s="253"/>
+      <c r="Y10" s="253"/>
+      <c r="Z10" s="253"/>
+      <c r="AA10" s="253"/>
+      <c r="AB10" s="253"/>
+      <c r="AC10" s="254"/>
+      <c r="AD10" s="255" t="s">
+        <v>10</v>
+      </c>
+      <c r="AE10" s="129"/>
+      <c r="AF10" s="129"/>
+      <c r="AG10" s="129"/>
+      <c r="AH10" s="129"/>
+      <c r="AI10" s="129"/>
+      <c r="AJ10" s="129"/>
+      <c r="AK10" s="131"/>
+      <c r="AM10" s="18"/>
     </row>
-    <row r="8" spans="1:39" x14ac:dyDescent="0.4">
-[...42 lines deleted...]
-      <c r="AL8" s="3"/>
+    <row r="11" spans="1:39" ht="13.5" customHeight="1">
+      <c r="B11" s="1"/>
+      <c r="C11" s="12"/>
+      <c r="D11" s="13"/>
+      <c r="E11" s="13"/>
+      <c r="F11" s="235" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" s="235"/>
+      <c r="H11" s="235"/>
+      <c r="I11" s="235"/>
+      <c r="J11" s="235"/>
+      <c r="K11" s="235"/>
+      <c r="L11" s="235"/>
+      <c r="M11" s="235"/>
+      <c r="N11" s="235"/>
+      <c r="O11" s="235"/>
+      <c r="P11" s="235"/>
+      <c r="Q11" s="235"/>
+      <c r="R11" s="235"/>
+      <c r="S11" s="235"/>
+      <c r="T11" s="235"/>
+      <c r="U11" s="235"/>
+      <c r="V11" s="235"/>
+      <c r="W11" s="235"/>
+      <c r="X11" s="235"/>
+      <c r="Y11" s="235"/>
+      <c r="Z11" s="235"/>
+      <c r="AA11" s="235"/>
+      <c r="AB11" s="235"/>
+      <c r="AC11" s="236"/>
+      <c r="AD11" s="237"/>
+      <c r="AE11" s="228"/>
+      <c r="AF11" s="228"/>
+      <c r="AG11" s="228"/>
+      <c r="AH11" s="228"/>
+      <c r="AI11" s="228"/>
+      <c r="AJ11" s="228"/>
+      <c r="AK11" s="230"/>
+      <c r="AL11" s="2"/>
     </row>
-    <row r="9" spans="1:39" ht="18" customHeight="1" x14ac:dyDescent="0.15">
-[...39 lines deleted...]
-      <c r="AK9" s="253"/>
+    <row r="12" spans="1:39" ht="18" customHeight="1">
+      <c r="B12" s="1"/>
+      <c r="C12" s="22"/>
+      <c r="D12" s="23"/>
+      <c r="E12" s="23"/>
+      <c r="F12" s="232" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" s="232"/>
+      <c r="H12" s="233"/>
+      <c r="I12" s="233"/>
+      <c r="J12" s="233"/>
+      <c r="K12" s="233"/>
+      <c r="L12" s="233"/>
+      <c r="M12" s="233"/>
+      <c r="N12" s="233"/>
+      <c r="O12" s="233"/>
+      <c r="P12" s="233"/>
+      <c r="Q12" s="233"/>
+      <c r="R12" s="232" t="s">
+        <v>13</v>
+      </c>
+      <c r="S12" s="232"/>
+      <c r="T12" s="233"/>
+      <c r="U12" s="233"/>
+      <c r="V12" s="233"/>
+      <c r="W12" s="233"/>
+      <c r="X12" s="233"/>
+      <c r="Y12" s="233"/>
+      <c r="Z12" s="233"/>
+      <c r="AA12" s="233"/>
+      <c r="AB12" s="233"/>
+      <c r="AC12" s="234"/>
+      <c r="AD12" s="238"/>
+      <c r="AE12" s="229"/>
+      <c r="AF12" s="229"/>
+      <c r="AG12" s="229"/>
+      <c r="AH12" s="229"/>
+      <c r="AI12" s="229"/>
+      <c r="AJ12" s="229"/>
+      <c r="AK12" s="231"/>
+      <c r="AL12" s="2"/>
     </row>
-    <row r="10" spans="1:39" s="16" customFormat="1" x14ac:dyDescent="0.4">
-[...38 lines deleted...]
-      <c r="AM10" s="15"/>
+    <row r="13" spans="1:39" ht="13.5" customHeight="1">
+      <c r="B13" s="1"/>
+      <c r="C13" s="24" t="s">
+        <v>14</v>
+      </c>
+      <c r="D13" s="25"/>
+      <c r="E13" s="25"/>
+      <c r="F13" s="26"/>
+      <c r="G13" s="26"/>
+      <c r="H13" s="27"/>
+      <c r="I13" s="27"/>
+      <c r="J13" s="180"/>
+      <c r="K13" s="180"/>
+      <c r="L13" s="180"/>
+      <c r="M13" s="180"/>
+      <c r="N13" s="180"/>
+      <c r="O13" s="180" t="s">
+        <v>15</v>
+      </c>
+      <c r="P13" s="180"/>
+      <c r="Q13" s="180"/>
+      <c r="R13" s="180"/>
+      <c r="S13" s="180" t="s">
+        <v>16</v>
+      </c>
+      <c r="T13" s="28"/>
+      <c r="U13" s="180"/>
+      <c r="V13" s="180"/>
+      <c r="W13" s="180"/>
+      <c r="X13" s="180" t="s">
+        <v>17</v>
+      </c>
+      <c r="Y13" s="29"/>
+      <c r="Z13" s="256" t="s">
+        <v>18</v>
+      </c>
+      <c r="AA13" s="257"/>
+      <c r="AB13" s="257"/>
+      <c r="AC13" s="257"/>
+      <c r="AD13" s="257"/>
+      <c r="AE13" s="257"/>
+      <c r="AF13" s="257"/>
+      <c r="AG13" s="257"/>
+      <c r="AH13" s="257"/>
+      <c r="AI13" s="257"/>
+      <c r="AJ13" s="257"/>
+      <c r="AK13" s="258"/>
+      <c r="AL13" s="2"/>
     </row>
-    <row r="11" spans="1:39" s="20" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.15">
-[...42 lines deleted...]
-      <c r="AM11" s="19"/>
+    <row r="14" spans="1:39" ht="18" customHeight="1">
+      <c r="B14" s="1"/>
+      <c r="C14" s="12"/>
+      <c r="D14" s="25"/>
+      <c r="E14" s="25"/>
+      <c r="F14" s="26"/>
+      <c r="G14" s="26"/>
+      <c r="H14" s="27"/>
+      <c r="I14" s="27"/>
+      <c r="J14" s="181"/>
+      <c r="K14" s="181"/>
+      <c r="L14" s="181"/>
+      <c r="M14" s="181"/>
+      <c r="N14" s="181"/>
+      <c r="O14" s="181"/>
+      <c r="P14" s="181"/>
+      <c r="Q14" s="181"/>
+      <c r="R14" s="181"/>
+      <c r="S14" s="181"/>
+      <c r="T14" s="30"/>
+      <c r="U14" s="181"/>
+      <c r="V14" s="181"/>
+      <c r="W14" s="181"/>
+      <c r="X14" s="181"/>
+      <c r="Y14" s="31"/>
+      <c r="Z14" s="259" t="s">
+        <v>19</v>
+      </c>
+      <c r="AA14" s="260"/>
+      <c r="AB14" s="260"/>
+      <c r="AC14" s="260"/>
+      <c r="AD14" s="260"/>
+      <c r="AE14" s="260"/>
+      <c r="AF14" s="260"/>
+      <c r="AG14" s="260"/>
+      <c r="AH14" s="260"/>
+      <c r="AI14" s="260"/>
+      <c r="AJ14" s="260"/>
+      <c r="AK14" s="261"/>
+      <c r="AL14" s="2"/>
     </row>
-    <row r="12" spans="1:39" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
-[...38 lines deleted...]
-      <c r="AL12" s="3"/>
+    <row r="15" spans="1:39" ht="13.5" customHeight="1">
+      <c r="B15" s="1"/>
+      <c r="C15" s="212" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" s="213"/>
+      <c r="E15" s="213"/>
+      <c r="F15" s="213"/>
+      <c r="G15" s="213"/>
+      <c r="H15" s="213"/>
+      <c r="I15" s="213"/>
+      <c r="J15" s="213"/>
+      <c r="K15" s="213"/>
+      <c r="L15" s="213"/>
+      <c r="M15" s="213"/>
+      <c r="N15" s="213"/>
+      <c r="O15" s="214"/>
+      <c r="P15" s="262" t="s">
+        <v>21</v>
+      </c>
+      <c r="Q15" s="263"/>
+      <c r="R15" s="263"/>
+      <c r="S15" s="263"/>
+      <c r="T15" s="263"/>
+      <c r="U15" s="263"/>
+      <c r="V15" s="263"/>
+      <c r="W15" s="263"/>
+      <c r="X15" s="263"/>
+      <c r="Y15" s="264"/>
+      <c r="Z15" s="259"/>
+      <c r="AA15" s="260"/>
+      <c r="AB15" s="260"/>
+      <c r="AC15" s="260"/>
+      <c r="AD15" s="260"/>
+      <c r="AE15" s="260"/>
+      <c r="AF15" s="260"/>
+      <c r="AG15" s="260"/>
+      <c r="AH15" s="260"/>
+      <c r="AI15" s="260"/>
+      <c r="AJ15" s="260"/>
+      <c r="AK15" s="261"/>
+      <c r="AL15" s="2"/>
+      <c r="AM15" s="2"/>
     </row>
-    <row r="13" spans="1:39" ht="18" customHeight="1" x14ac:dyDescent="0.15">
-[...40 lines deleted...]
-      <c r="AL13" s="3"/>
+    <row r="16" spans="1:39" ht="13.5" customHeight="1">
+      <c r="B16" s="1"/>
+      <c r="C16" s="265"/>
+      <c r="D16" s="266"/>
+      <c r="E16" s="266"/>
+      <c r="F16" s="266"/>
+      <c r="G16" s="266"/>
+      <c r="H16" s="266"/>
+      <c r="I16" s="266"/>
+      <c r="J16" s="266"/>
+      <c r="K16" s="266"/>
+      <c r="L16" s="266"/>
+      <c r="M16" s="266"/>
+      <c r="N16" s="266"/>
+      <c r="O16" s="267"/>
+      <c r="P16" s="265"/>
+      <c r="Q16" s="266"/>
+      <c r="R16" s="266"/>
+      <c r="S16" s="266"/>
+      <c r="T16" s="266"/>
+      <c r="U16" s="266"/>
+      <c r="V16" s="266"/>
+      <c r="W16" s="266"/>
+      <c r="X16" s="266"/>
+      <c r="Y16" s="267"/>
+      <c r="Z16" s="220" t="s">
+        <v>22</v>
+      </c>
+      <c r="AA16" s="221"/>
+      <c r="AB16" s="221"/>
+      <c r="AC16" s="221"/>
+      <c r="AD16" s="221"/>
+      <c r="AE16" s="221"/>
+      <c r="AF16" s="221"/>
+      <c r="AG16" s="221"/>
+      <c r="AH16" s="221"/>
+      <c r="AI16" s="221"/>
+      <c r="AJ16" s="221"/>
+      <c r="AK16" s="222"/>
+      <c r="AL16" s="2"/>
+      <c r="AM16" s="2"/>
     </row>
-    <row r="14" spans="1:39" ht="13.5" customHeight="1" x14ac:dyDescent="0.15">
-[...46 lines deleted...]
-      <c r="AL14" s="3"/>
+    <row r="17" spans="2:39" ht="13.5" customHeight="1">
+      <c r="B17" s="1"/>
+      <c r="C17" s="268"/>
+      <c r="D17" s="233"/>
+      <c r="E17" s="233"/>
+      <c r="F17" s="233"/>
+      <c r="G17" s="233"/>
+      <c r="H17" s="233"/>
+      <c r="I17" s="233"/>
+      <c r="J17" s="233"/>
+      <c r="K17" s="233"/>
+      <c r="L17" s="233"/>
+      <c r="M17" s="233"/>
+      <c r="N17" s="233"/>
+      <c r="O17" s="234"/>
+      <c r="P17" s="268"/>
+      <c r="Q17" s="233"/>
+      <c r="R17" s="233"/>
+      <c r="S17" s="233"/>
+      <c r="T17" s="233"/>
+      <c r="U17" s="233"/>
+      <c r="V17" s="233"/>
+      <c r="W17" s="233"/>
+      <c r="X17" s="233"/>
+      <c r="Y17" s="234"/>
+      <c r="Z17" s="177" t="s">
+        <v>23</v>
+      </c>
+      <c r="AA17" s="178"/>
+      <c r="AB17" s="178"/>
+      <c r="AC17" s="178"/>
+      <c r="AD17" s="178"/>
+      <c r="AE17" s="178"/>
+      <c r="AF17" s="178"/>
+      <c r="AG17" s="178"/>
+      <c r="AH17" s="178"/>
+      <c r="AI17" s="178"/>
+      <c r="AJ17" s="178"/>
+      <c r="AK17" s="179"/>
+      <c r="AL17" s="2"/>
+      <c r="AM17" s="2"/>
     </row>
-    <row r="15" spans="1:39" ht="18" customHeight="1" x14ac:dyDescent="0.15">
-[...38 lines deleted...]
-      <c r="AL15" s="3"/>
+    <row r="18" spans="2:39" ht="13.5" customHeight="1">
+      <c r="B18" s="1"/>
+      <c r="C18" s="124" t="s">
+        <v>82</v>
+      </c>
+      <c r="D18" s="125"/>
+      <c r="E18" s="125"/>
+      <c r="F18" s="125"/>
+      <c r="G18" s="125"/>
+      <c r="H18" s="125"/>
+      <c r="I18" s="125"/>
+      <c r="J18" s="125"/>
+      <c r="K18" s="125"/>
+      <c r="L18" s="125"/>
+      <c r="M18" s="125"/>
+      <c r="N18" s="125"/>
+      <c r="O18" s="183"/>
+      <c r="P18" s="184" t="s">
+        <v>83</v>
+      </c>
+      <c r="Q18" s="185"/>
+      <c r="R18" s="185"/>
+      <c r="S18" s="185"/>
+      <c r="T18" s="185"/>
+      <c r="U18" s="185"/>
+      <c r="V18" s="185"/>
+      <c r="W18" s="185"/>
+      <c r="X18" s="185"/>
+      <c r="Y18" s="186"/>
+      <c r="Z18" s="187" t="s">
+        <v>24</v>
+      </c>
+      <c r="AA18" s="133"/>
+      <c r="AB18" s="133"/>
+      <c r="AC18" s="133"/>
+      <c r="AD18" s="133"/>
+      <c r="AE18" s="133"/>
+      <c r="AF18" s="133"/>
+      <c r="AG18" s="133"/>
+      <c r="AH18" s="133"/>
+      <c r="AI18" s="133"/>
+      <c r="AJ18" s="133"/>
+      <c r="AK18" s="145"/>
+      <c r="AL18" s="2"/>
+      <c r="AM18" s="2"/>
     </row>
-    <row r="16" spans="1:39" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
-[...127 lines deleted...]
-    <row r="19" spans="2:51" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="19" spans="2:39" ht="6.95" customHeight="1">
       <c r="B19" s="1"/>
-      <c r="C19" s="136" t="s">
-[...26 lines deleted...]
-      <c r="Z19" s="184" t="s">
+      <c r="C19" s="188" t="s">
         <v>25</v>
       </c>
+      <c r="D19" s="189"/>
+      <c r="E19" s="189"/>
+      <c r="F19" s="189"/>
+      <c r="G19" s="189"/>
+      <c r="H19" s="190"/>
+      <c r="I19" s="190"/>
+      <c r="J19" s="190"/>
+      <c r="K19" s="190"/>
+      <c r="L19" s="190"/>
+      <c r="M19" s="190"/>
+      <c r="N19" s="190"/>
+      <c r="O19" s="191"/>
+      <c r="P19" s="194"/>
+      <c r="Q19" s="195"/>
+      <c r="R19" s="195"/>
+      <c r="S19" s="195"/>
+      <c r="T19" s="195"/>
+      <c r="U19" s="195"/>
+      <c r="V19" s="195"/>
+      <c r="W19" s="195"/>
+      <c r="X19" s="195"/>
+      <c r="Y19" s="196"/>
+      <c r="Z19" s="187"/>
       <c r="AA19" s="133"/>
       <c r="AB19" s="133"/>
       <c r="AC19" s="133"/>
       <c r="AD19" s="133"/>
       <c r="AE19" s="133"/>
       <c r="AF19" s="133"/>
       <c r="AG19" s="133"/>
       <c r="AH19" s="133"/>
       <c r="AI19" s="133"/>
       <c r="AJ19" s="133"/>
-      <c r="AK19" s="135"/>
-[...1 lines deleted...]
-      <c r="AM19" s="3"/>
+      <c r="AK19" s="145"/>
+      <c r="AL19" s="2"/>
+      <c r="AM19" s="2"/>
     </row>
-    <row r="20" spans="2:51" ht="6.95" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="20" spans="2:39" ht="6.95" customHeight="1">
       <c r="B20" s="1"/>
-      <c r="C20" s="185" t="s">
+      <c r="C20" s="188"/>
+      <c r="D20" s="189"/>
+      <c r="E20" s="189"/>
+      <c r="F20" s="189"/>
+      <c r="G20" s="189"/>
+      <c r="H20" s="190"/>
+      <c r="I20" s="190"/>
+      <c r="J20" s="190"/>
+      <c r="K20" s="190"/>
+      <c r="L20" s="190"/>
+      <c r="M20" s="190"/>
+      <c r="N20" s="190"/>
+      <c r="O20" s="191"/>
+      <c r="P20" s="194"/>
+      <c r="Q20" s="195"/>
+      <c r="R20" s="195"/>
+      <c r="S20" s="195"/>
+      <c r="T20" s="195"/>
+      <c r="U20" s="195"/>
+      <c r="V20" s="195"/>
+      <c r="W20" s="195"/>
+      <c r="X20" s="195"/>
+      <c r="Y20" s="196"/>
+      <c r="Z20" s="187" t="s">
         <v>26</v>
       </c>
-      <c r="D20" s="186"/>
-[...21 lines deleted...]
-      <c r="Z20" s="184"/>
       <c r="AA20" s="133"/>
       <c r="AB20" s="133"/>
       <c r="AC20" s="133"/>
       <c r="AD20" s="133"/>
       <c r="AE20" s="133"/>
       <c r="AF20" s="133"/>
       <c r="AG20" s="133"/>
       <c r="AH20" s="133"/>
       <c r="AI20" s="133"/>
       <c r="AJ20" s="133"/>
-      <c r="AK20" s="135"/>
-[...1 lines deleted...]
-      <c r="AM20" s="3"/>
+      <c r="AK20" s="145"/>
+      <c r="AL20" s="2"/>
+      <c r="AM20" s="2"/>
     </row>
-    <row r="21" spans="2:51" ht="6.95" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="21" spans="2:39" ht="13.5" customHeight="1">
       <c r="B21" s="1"/>
-      <c r="C21" s="185"/>
-[...22 lines deleted...]
-      <c r="Z21" s="184" t="s">
+      <c r="C21" s="203" t="s">
         <v>27</v>
       </c>
-      <c r="AA21" s="133"/>
-[...11 lines deleted...]
-      <c r="AM21" s="3"/>
+      <c r="D21" s="204"/>
+      <c r="E21" s="204"/>
+      <c r="F21" s="204"/>
+      <c r="G21" s="204"/>
+      <c r="H21" s="192"/>
+      <c r="I21" s="192"/>
+      <c r="J21" s="192"/>
+      <c r="K21" s="192"/>
+      <c r="L21" s="192"/>
+      <c r="M21" s="192"/>
+      <c r="N21" s="192"/>
+      <c r="O21" s="193"/>
+      <c r="P21" s="197"/>
+      <c r="Q21" s="198"/>
+      <c r="R21" s="198"/>
+      <c r="S21" s="198"/>
+      <c r="T21" s="198"/>
+      <c r="U21" s="198"/>
+      <c r="V21" s="198"/>
+      <c r="W21" s="198"/>
+      <c r="X21" s="198"/>
+      <c r="Y21" s="199"/>
+      <c r="Z21" s="200"/>
+      <c r="AA21" s="201"/>
+      <c r="AB21" s="201"/>
+      <c r="AC21" s="201"/>
+      <c r="AD21" s="201"/>
+      <c r="AE21" s="201"/>
+      <c r="AF21" s="201"/>
+      <c r="AG21" s="201"/>
+      <c r="AH21" s="201"/>
+      <c r="AI21" s="201"/>
+      <c r="AJ21" s="201"/>
+      <c r="AK21" s="202"/>
+      <c r="AL21" s="2"/>
+      <c r="AM21" s="2"/>
     </row>
-    <row r="22" spans="2:51" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="22" spans="2:39" ht="13.5" customHeight="1">
       <c r="B22" s="1"/>
-      <c r="C22" s="200" t="s">
+      <c r="C22" s="205" t="s">
         <v>28</v>
       </c>
-      <c r="D22" s="201"/>
-[...34 lines deleted...]
-      <c r="AM22" s="3"/>
+      <c r="D22" s="206"/>
+      <c r="E22" s="206"/>
+      <c r="F22" s="206"/>
+      <c r="G22" s="206"/>
+      <c r="H22" s="206"/>
+      <c r="I22" s="206"/>
+      <c r="J22" s="206"/>
+      <c r="K22" s="206"/>
+      <c r="L22" s="206"/>
+      <c r="M22" s="206"/>
+      <c r="N22" s="206"/>
+      <c r="O22" s="206"/>
+      <c r="P22" s="206"/>
+      <c r="Q22" s="206"/>
+      <c r="R22" s="206"/>
+      <c r="S22" s="206"/>
+      <c r="T22" s="206"/>
+      <c r="U22" s="206"/>
+      <c r="V22" s="206"/>
+      <c r="W22" s="206"/>
+      <c r="X22" s="206"/>
+      <c r="Y22" s="206"/>
+      <c r="Z22" s="206"/>
+      <c r="AA22" s="206"/>
+      <c r="AB22" s="206"/>
+      <c r="AC22" s="206"/>
+      <c r="AD22" s="206"/>
+      <c r="AE22" s="206"/>
+      <c r="AF22" s="206"/>
+      <c r="AG22" s="206"/>
+      <c r="AH22" s="206"/>
+      <c r="AI22" s="206"/>
+      <c r="AJ22" s="206"/>
+      <c r="AK22" s="207"/>
     </row>
-    <row r="23" spans="2:51" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="23" spans="2:39" ht="18" customHeight="1">
       <c r="B23" s="1"/>
-      <c r="C23" s="202" t="s">
+      <c r="C23" s="188" t="s">
         <v>29</v>
       </c>
-      <c r="D23" s="203"/>
-[...32 lines deleted...]
-      <c r="AK23" s="204"/>
+      <c r="D23" s="208"/>
+      <c r="E23" s="208"/>
+      <c r="F23" s="208"/>
+      <c r="G23" s="208"/>
+      <c r="H23" s="208"/>
+      <c r="I23" s="208"/>
+      <c r="J23" s="208"/>
+      <c r="K23" s="208"/>
+      <c r="L23" s="208"/>
+      <c r="M23" s="208"/>
+      <c r="N23" s="208"/>
+      <c r="O23" s="208"/>
+      <c r="P23" s="208"/>
+      <c r="Q23" s="208"/>
+      <c r="R23" s="208"/>
+      <c r="S23" s="208"/>
+      <c r="T23" s="209"/>
+      <c r="U23" s="188" t="s">
+        <v>30</v>
+      </c>
+      <c r="V23" s="208"/>
+      <c r="W23" s="208"/>
+      <c r="X23" s="208"/>
+      <c r="Y23" s="208"/>
+      <c r="Z23" s="208"/>
+      <c r="AA23" s="208"/>
+      <c r="AB23" s="208"/>
+      <c r="AC23" s="208"/>
+      <c r="AD23" s="208"/>
+      <c r="AE23" s="208"/>
+      <c r="AF23" s="208"/>
+      <c r="AG23" s="208"/>
+      <c r="AH23" s="208"/>
+      <c r="AI23" s="208"/>
+      <c r="AJ23" s="208"/>
+      <c r="AK23" s="209"/>
     </row>
-    <row r="24" spans="2:51" ht="18" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="24" spans="2:39" ht="18" customHeight="1">
       <c r="B24" s="1"/>
-      <c r="C24" s="185" t="s">
+      <c r="C24" s="210"/>
+      <c r="D24" s="210"/>
+      <c r="E24" s="210"/>
+      <c r="F24" s="210"/>
+      <c r="G24" s="210"/>
+      <c r="H24" s="210"/>
+      <c r="I24" s="210"/>
+      <c r="J24" s="210"/>
+      <c r="K24" s="210"/>
+      <c r="L24" s="210"/>
+      <c r="M24" s="210"/>
+      <c r="N24" s="210"/>
+      <c r="O24" s="210"/>
+      <c r="P24" s="210"/>
+      <c r="Q24" s="210"/>
+      <c r="R24" s="210"/>
+      <c r="S24" s="210"/>
+      <c r="T24" s="210"/>
+      <c r="U24" s="203"/>
+      <c r="V24" s="204"/>
+      <c r="W24" s="204"/>
+      <c r="X24" s="204"/>
+      <c r="Y24" s="204"/>
+      <c r="Z24" s="204"/>
+      <c r="AA24" s="204"/>
+      <c r="AB24" s="204"/>
+      <c r="AC24" s="204"/>
+      <c r="AD24" s="204"/>
+      <c r="AE24" s="204"/>
+      <c r="AF24" s="204"/>
+      <c r="AG24" s="204"/>
+      <c r="AH24" s="204"/>
+      <c r="AI24" s="204"/>
+      <c r="AJ24" s="204"/>
+      <c r="AK24" s="211"/>
+    </row>
+    <row r="25" spans="2:39" ht="13.5" customHeight="1">
+      <c r="B25" s="1"/>
+      <c r="C25" s="212" t="s">
+        <v>74</v>
+      </c>
+      <c r="D25" s="213"/>
+      <c r="E25" s="213"/>
+      <c r="F25" s="213"/>
+      <c r="G25" s="213"/>
+      <c r="H25" s="213"/>
+      <c r="I25" s="213"/>
+      <c r="J25" s="213"/>
+      <c r="K25" s="213"/>
+      <c r="L25" s="213"/>
+      <c r="M25" s="213"/>
+      <c r="N25" s="213"/>
+      <c r="O25" s="213"/>
+      <c r="P25" s="213"/>
+      <c r="Q25" s="213"/>
+      <c r="R25" s="213"/>
+      <c r="S25" s="213"/>
+      <c r="T25" s="213"/>
+      <c r="U25" s="213"/>
+      <c r="V25" s="213"/>
+      <c r="W25" s="213"/>
+      <c r="X25" s="213"/>
+      <c r="Y25" s="213"/>
+      <c r="Z25" s="213"/>
+      <c r="AA25" s="213"/>
+      <c r="AB25" s="213"/>
+      <c r="AC25" s="213"/>
+      <c r="AD25" s="213"/>
+      <c r="AE25" s="213"/>
+      <c r="AF25" s="213"/>
+      <c r="AG25" s="213"/>
+      <c r="AH25" s="213"/>
+      <c r="AI25" s="213"/>
+      <c r="AJ25" s="213"/>
+      <c r="AK25" s="214"/>
+    </row>
+    <row r="26" spans="2:39" ht="18" customHeight="1">
+      <c r="B26" s="1"/>
+      <c r="C26" s="215" t="s">
+        <v>73</v>
+      </c>
+      <c r="D26" s="216"/>
+      <c r="E26" s="216"/>
+      <c r="F26" s="216"/>
+      <c r="G26" s="216"/>
+      <c r="H26" s="216"/>
+      <c r="I26" s="216"/>
+      <c r="J26" s="216"/>
+      <c r="K26" s="216"/>
+      <c r="L26" s="216"/>
+      <c r="M26" s="216"/>
+      <c r="N26" s="216"/>
+      <c r="O26" s="216"/>
+      <c r="P26" s="216"/>
+      <c r="Q26" s="216"/>
+      <c r="R26" s="216"/>
+      <c r="S26" s="216"/>
+      <c r="T26" s="216"/>
+      <c r="U26" s="216"/>
+      <c r="V26" s="216"/>
+      <c r="W26" s="216"/>
+      <c r="X26" s="216"/>
+      <c r="Y26" s="216"/>
+      <c r="Z26" s="216"/>
+      <c r="AA26" s="216"/>
+      <c r="AB26" s="216"/>
+      <c r="AC26" s="216"/>
+      <c r="AD26" s="216"/>
+      <c r="AE26" s="216"/>
+      <c r="AF26" s="216"/>
+      <c r="AG26" s="216"/>
+      <c r="AH26" s="216"/>
+      <c r="AI26" s="216"/>
+      <c r="AJ26" s="216"/>
+      <c r="AK26" s="217"/>
+    </row>
+    <row r="27" spans="2:39" ht="18" customHeight="1">
+      <c r="B27" s="1"/>
+      <c r="C27" s="245" t="s">
+        <v>75</v>
+      </c>
+      <c r="D27" s="216"/>
+      <c r="E27" s="216"/>
+      <c r="F27" s="216"/>
+      <c r="G27" s="216"/>
+      <c r="H27" s="216"/>
+      <c r="I27" s="216"/>
+      <c r="J27" s="216"/>
+      <c r="K27" s="216"/>
+      <c r="L27" s="216"/>
+      <c r="M27" s="216"/>
+      <c r="N27" s="216"/>
+      <c r="O27" s="216"/>
+      <c r="P27" s="216"/>
+      <c r="Q27" s="216"/>
+      <c r="R27" s="216"/>
+      <c r="S27" s="216"/>
+      <c r="T27" s="216"/>
+      <c r="U27" s="216"/>
+      <c r="V27" s="216"/>
+      <c r="W27" s="216"/>
+      <c r="X27" s="216"/>
+      <c r="Y27" s="216"/>
+      <c r="Z27" s="216"/>
+      <c r="AA27" s="216"/>
+      <c r="AB27" s="216"/>
+      <c r="AC27" s="216"/>
+      <c r="AD27" s="216"/>
+      <c r="AE27" s="216"/>
+      <c r="AF27" s="216"/>
+      <c r="AG27" s="216"/>
+      <c r="AH27" s="216"/>
+      <c r="AI27" s="216"/>
+      <c r="AJ27" s="216"/>
+      <c r="AK27" s="217"/>
+    </row>
+    <row r="28" spans="2:39" ht="18" customHeight="1">
+      <c r="B28" s="1"/>
+      <c r="C28" s="215" t="s">
+        <v>77</v>
+      </c>
+      <c r="D28" s="239"/>
+      <c r="E28" s="239"/>
+      <c r="F28" s="239"/>
+      <c r="G28" s="239"/>
+      <c r="H28" s="239"/>
+      <c r="I28" s="239"/>
+      <c r="J28" s="239"/>
+      <c r="K28" s="239"/>
+      <c r="L28" s="239"/>
+      <c r="M28" s="239"/>
+      <c r="N28" s="239"/>
+      <c r="O28" s="239"/>
+      <c r="P28" s="239"/>
+      <c r="Q28" s="239"/>
+      <c r="R28" s="239"/>
+      <c r="S28" s="216" t="s">
+        <v>78</v>
+      </c>
+      <c r="T28" s="240"/>
+      <c r="U28" s="240"/>
+      <c r="V28" s="240"/>
+      <c r="W28" s="240"/>
+      <c r="X28" s="240"/>
+      <c r="Y28" s="240"/>
+      <c r="Z28" s="240"/>
+      <c r="AA28" s="240"/>
+      <c r="AB28" s="240"/>
+      <c r="AC28" s="240"/>
+      <c r="AD28" s="240"/>
+      <c r="AE28" s="240"/>
+      <c r="AF28" s="240"/>
+      <c r="AG28" s="240"/>
+      <c r="AH28" s="240"/>
+      <c r="AI28" s="240"/>
+      <c r="AJ28" s="240"/>
+      <c r="AK28" s="241"/>
+    </row>
+    <row r="29" spans="2:39" ht="18" customHeight="1">
+      <c r="B29" s="1"/>
+      <c r="C29" s="113" t="s">
+        <v>79</v>
+      </c>
+      <c r="D29" s="114"/>
+      <c r="E29" s="114"/>
+      <c r="F29" s="114"/>
+      <c r="G29" s="114"/>
+      <c r="H29" s="114"/>
+      <c r="I29" s="114"/>
+      <c r="J29" s="114"/>
+      <c r="K29" s="114"/>
+      <c r="L29" s="114"/>
+      <c r="M29" s="114"/>
+      <c r="N29" s="114"/>
+      <c r="O29" s="114"/>
+      <c r="P29" s="114"/>
+      <c r="Q29" s="114"/>
+      <c r="R29" s="114"/>
+      <c r="S29" s="242" t="s">
+        <v>80</v>
+      </c>
+      <c r="T29" s="243"/>
+      <c r="U29" s="243"/>
+      <c r="V29" s="243"/>
+      <c r="W29" s="243"/>
+      <c r="X29" s="243"/>
+      <c r="Y29" s="243"/>
+      <c r="Z29" s="243"/>
+      <c r="AA29" s="243"/>
+      <c r="AB29" s="243"/>
+      <c r="AC29" s="243"/>
+      <c r="AD29" s="243"/>
+      <c r="AE29" s="243"/>
+      <c r="AF29" s="243"/>
+      <c r="AG29" s="243"/>
+      <c r="AH29" s="243"/>
+      <c r="AI29" s="243"/>
+      <c r="AJ29" s="243"/>
+      <c r="AK29" s="244"/>
+    </row>
+    <row r="30" spans="2:39" ht="18" customHeight="1">
+      <c r="B30" s="1"/>
+      <c r="C30" s="215" t="s">
+        <v>81</v>
+      </c>
+      <c r="D30" s="218"/>
+      <c r="E30" s="218"/>
+      <c r="F30" s="218"/>
+      <c r="G30" s="218"/>
+      <c r="H30" s="218"/>
+      <c r="I30" s="218"/>
+      <c r="J30" s="218"/>
+      <c r="K30" s="218"/>
+      <c r="L30" s="218"/>
+      <c r="M30" s="218"/>
+      <c r="N30" s="218"/>
+      <c r="O30" s="218"/>
+      <c r="P30" s="218"/>
+      <c r="Q30" s="218"/>
+      <c r="R30" s="218"/>
+      <c r="S30" s="218"/>
+      <c r="T30" s="218"/>
+      <c r="U30" s="218"/>
+      <c r="V30" s="218"/>
+      <c r="W30" s="218"/>
+      <c r="X30" s="218"/>
+      <c r="Y30" s="218"/>
+      <c r="Z30" s="218"/>
+      <c r="AA30" s="218"/>
+      <c r="AB30" s="218"/>
+      <c r="AC30" s="218"/>
+      <c r="AD30" s="218"/>
+      <c r="AE30" s="218"/>
+      <c r="AF30" s="218"/>
+      <c r="AG30" s="218"/>
+      <c r="AH30" s="218"/>
+      <c r="AI30" s="218"/>
+      <c r="AJ30" s="218"/>
+      <c r="AK30" s="219"/>
+    </row>
+    <row r="31" spans="2:39" ht="18" customHeight="1">
+      <c r="B31" s="1"/>
+      <c r="C31" s="203" t="s">
+        <v>76</v>
+      </c>
+      <c r="D31" s="204"/>
+      <c r="E31" s="204"/>
+      <c r="F31" s="204"/>
+      <c r="G31" s="204"/>
+      <c r="H31" s="204"/>
+      <c r="I31" s="204"/>
+      <c r="J31" s="204"/>
+      <c r="K31" s="204"/>
+      <c r="L31" s="204"/>
+      <c r="M31" s="204"/>
+      <c r="N31" s="204"/>
+      <c r="O31" s="204"/>
+      <c r="P31" s="204"/>
+      <c r="Q31" s="204"/>
+      <c r="R31" s="204"/>
+      <c r="S31" s="204"/>
+      <c r="T31" s="204"/>
+      <c r="U31" s="204"/>
+      <c r="V31" s="204"/>
+      <c r="W31" s="204"/>
+      <c r="X31" s="204"/>
+      <c r="Y31" s="204"/>
+      <c r="Z31" s="204"/>
+      <c r="AA31" s="204"/>
+      <c r="AB31" s="204"/>
+      <c r="AC31" s="204"/>
+      <c r="AD31" s="204"/>
+      <c r="AE31" s="204"/>
+      <c r="AF31" s="204"/>
+      <c r="AG31" s="204"/>
+      <c r="AH31" s="204"/>
+      <c r="AI31" s="204"/>
+      <c r="AJ31" s="204"/>
+      <c r="AK31" s="211"/>
+    </row>
+    <row r="32" spans="2:39" ht="15.75" customHeight="1">
+      <c r="B32" s="1"/>
+      <c r="C32" s="32"/>
+      <c r="D32" s="32"/>
+      <c r="E32" s="32"/>
+      <c r="F32" s="32"/>
+      <c r="G32" s="32"/>
+      <c r="H32" s="32"/>
+      <c r="I32" s="32"/>
+      <c r="J32" s="32"/>
+      <c r="K32" s="33"/>
+      <c r="L32" s="33"/>
+      <c r="M32" s="33"/>
+      <c r="N32" s="33"/>
+      <c r="O32" s="33"/>
+      <c r="P32" s="33"/>
+      <c r="Q32" s="33"/>
+      <c r="R32" s="33"/>
+      <c r="S32" s="33"/>
+      <c r="T32" s="33"/>
+      <c r="U32" s="33"/>
+      <c r="V32" s="33"/>
+      <c r="W32" s="33"/>
+      <c r="X32" s="33"/>
+      <c r="Y32" s="33"/>
+      <c r="Z32" s="33"/>
+      <c r="AA32" s="33"/>
+      <c r="AB32" s="34"/>
+      <c r="AC32" s="34"/>
+      <c r="AD32" s="34"/>
+      <c r="AE32" s="34"/>
+      <c r="AF32" s="34"/>
+      <c r="AG32" s="34"/>
+      <c r="AH32" s="34"/>
+      <c r="AI32" s="34"/>
+      <c r="AK32" s="2"/>
+    </row>
+    <row r="33" spans="2:51" s="35" customFormat="1" ht="18.75" customHeight="1">
+      <c r="B33" s="182" t="s">
+        <v>31</v>
+      </c>
+      <c r="C33" s="182"/>
+      <c r="D33" s="182"/>
+      <c r="E33" s="182"/>
+      <c r="F33" s="182"/>
+      <c r="G33" s="182"/>
+      <c r="H33" s="182"/>
+      <c r="I33" s="182"/>
+      <c r="J33" s="182"/>
+      <c r="K33" s="182"/>
+      <c r="L33" s="182"/>
+      <c r="M33" s="182"/>
+      <c r="N33" s="182"/>
+      <c r="O33" s="182"/>
+      <c r="P33" s="182"/>
+      <c r="Q33" s="182"/>
+      <c r="R33" s="182"/>
+      <c r="S33" s="182"/>
+      <c r="T33" s="182"/>
+      <c r="U33" s="182"/>
+      <c r="V33" s="182"/>
+      <c r="W33" s="182"/>
+      <c r="X33" s="182"/>
+      <c r="Y33" s="182"/>
+      <c r="Z33" s="182"/>
+      <c r="AA33" s="182"/>
+      <c r="AB33" s="182"/>
+      <c r="AC33" s="182"/>
+      <c r="AD33" s="182"/>
+      <c r="AE33" s="182"/>
+      <c r="AF33" s="182"/>
+      <c r="AG33" s="182"/>
+      <c r="AH33" s="182"/>
+      <c r="AI33" s="182"/>
+      <c r="AN33" s="2"/>
+      <c r="AO33" s="2"/>
+      <c r="AP33" s="2"/>
+      <c r="AQ33" s="2"/>
+      <c r="AR33" s="2"/>
+      <c r="AS33" s="2"/>
+      <c r="AT33" s="2"/>
+      <c r="AU33" s="2"/>
+      <c r="AV33" s="2"/>
+      <c r="AW33" s="2"/>
+    </row>
+    <row r="34" spans="2:51" s="35" customFormat="1" ht="27.75" customHeight="1">
+      <c r="B34" s="36"/>
+      <c r="C34" s="163" t="s">
+        <v>72</v>
+      </c>
+      <c r="D34" s="164"/>
+      <c r="E34" s="164"/>
+      <c r="F34" s="164"/>
+      <c r="G34" s="164"/>
+      <c r="H34" s="164"/>
+      <c r="I34" s="164"/>
+      <c r="J34" s="164"/>
+      <c r="K34" s="164"/>
+      <c r="L34" s="164"/>
+      <c r="M34" s="164"/>
+      <c r="N34" s="164"/>
+      <c r="O34" s="164"/>
+      <c r="P34" s="164"/>
+      <c r="Q34" s="164"/>
+      <c r="R34" s="164"/>
+      <c r="S34" s="164"/>
+      <c r="T34" s="164"/>
+      <c r="U34" s="164"/>
+      <c r="V34" s="164"/>
+      <c r="W34" s="164"/>
+      <c r="X34" s="164"/>
+      <c r="Y34" s="164"/>
+      <c r="Z34" s="164"/>
+      <c r="AA34" s="164"/>
+      <c r="AB34" s="164"/>
+      <c r="AC34" s="164"/>
+      <c r="AD34" s="164"/>
+      <c r="AE34" s="164"/>
+      <c r="AF34" s="164"/>
+      <c r="AG34" s="164"/>
+      <c r="AH34" s="164"/>
+      <c r="AI34" s="164"/>
+      <c r="AJ34" s="164"/>
+      <c r="AK34" s="164"/>
+      <c r="AL34" s="164"/>
+      <c r="AN34" s="2"/>
+      <c r="AO34" s="2"/>
+      <c r="AP34" s="2"/>
+      <c r="AQ34" s="2"/>
+      <c r="AR34" s="2"/>
+      <c r="AS34" s="2"/>
+      <c r="AT34" s="2"/>
+      <c r="AU34" s="2"/>
+      <c r="AV34" s="2"/>
+      <c r="AW34" s="2"/>
+    </row>
+    <row r="35" spans="2:51" s="35" customFormat="1" ht="60.75" customHeight="1">
+      <c r="B35" s="37"/>
+      <c r="C35" s="38" t="s">
+        <v>32</v>
+      </c>
+      <c r="D35" s="39"/>
+      <c r="E35" s="39"/>
+      <c r="F35" s="39"/>
+      <c r="G35" s="39"/>
+      <c r="H35" s="39"/>
+      <c r="I35" s="39"/>
+      <c r="J35" s="39"/>
+      <c r="K35" s="39"/>
+      <c r="L35" s="39"/>
+      <c r="M35" s="39"/>
+      <c r="N35" s="37"/>
+      <c r="O35" s="38" t="s">
+        <v>33</v>
+      </c>
+      <c r="P35" s="39"/>
+      <c r="Q35" s="39"/>
+      <c r="R35" s="39"/>
+      <c r="S35" s="39"/>
+      <c r="T35" s="39"/>
+      <c r="U35" s="39"/>
+      <c r="V35" s="39"/>
+      <c r="W35" s="39"/>
+      <c r="X35" s="39"/>
+      <c r="Y35" s="39"/>
+      <c r="Z35" s="39"/>
+      <c r="AH35" s="2"/>
+      <c r="AI35" s="2"/>
+      <c r="AJ35" s="2"/>
+      <c r="AK35" s="2"/>
+      <c r="AL35" s="2"/>
+      <c r="AM35" s="2"/>
+    </row>
+    <row r="36" spans="2:51" s="35" customFormat="1" ht="8.1" customHeight="1">
+      <c r="B36" s="36"/>
+      <c r="C36" s="40"/>
+      <c r="D36" s="40"/>
+      <c r="E36" s="41"/>
+      <c r="F36" s="42"/>
+      <c r="G36" s="43"/>
+      <c r="H36" s="43"/>
+      <c r="I36" s="43"/>
+      <c r="J36" s="43"/>
+      <c r="K36" s="43"/>
+      <c r="L36" s="43"/>
+      <c r="M36" s="43"/>
+      <c r="N36" s="43"/>
+      <c r="O36" s="43"/>
+      <c r="P36" s="44"/>
+      <c r="Q36" s="44"/>
+      <c r="R36" s="44"/>
+      <c r="S36" s="44"/>
+      <c r="T36" s="44"/>
+      <c r="U36" s="44"/>
+      <c r="V36" s="44"/>
+      <c r="W36" s="44"/>
+      <c r="X36" s="44"/>
+      <c r="Y36" s="44"/>
+      <c r="Z36" s="44"/>
+      <c r="AA36" s="44"/>
+      <c r="AB36" s="44"/>
+      <c r="AC36" s="44"/>
+      <c r="AD36" s="44"/>
+      <c r="AE36" s="44"/>
+      <c r="AF36" s="44"/>
+      <c r="AG36" s="44"/>
+      <c r="AH36" s="44"/>
+      <c r="AI36" s="44"/>
+      <c r="AJ36" s="44"/>
+      <c r="AK36" s="45"/>
+      <c r="AN36" s="2"/>
+      <c r="AO36" s="2"/>
+      <c r="AP36" s="2"/>
+      <c r="AQ36" s="2"/>
+      <c r="AR36" s="2"/>
+      <c r="AS36" s="2"/>
+      <c r="AT36" s="2"/>
+      <c r="AU36" s="2"/>
+      <c r="AV36" s="2"/>
+      <c r="AW36" s="2"/>
+      <c r="AX36" s="2"/>
+    </row>
+    <row r="37" spans="2:51" s="46" customFormat="1" ht="13.5" customHeight="1">
+      <c r="B37" s="47"/>
+      <c r="C37" s="48" t="s">
+        <v>34</v>
+      </c>
+      <c r="D37" s="49"/>
+      <c r="E37" s="50"/>
+      <c r="F37" s="51"/>
+      <c r="G37" s="52"/>
+      <c r="H37" s="52"/>
+      <c r="I37" s="52"/>
+      <c r="J37" s="52"/>
+      <c r="K37" s="52"/>
+      <c r="L37" s="52"/>
+      <c r="M37" s="52"/>
+      <c r="N37" s="52"/>
+      <c r="O37" s="53"/>
+      <c r="P37" s="54"/>
+      <c r="Q37" s="54"/>
+      <c r="R37" s="54"/>
+      <c r="S37" s="54"/>
+      <c r="T37" s="54"/>
+      <c r="U37" s="54"/>
+      <c r="V37" s="54"/>
+      <c r="W37" s="54"/>
+      <c r="X37" s="54"/>
+      <c r="Y37" s="55"/>
+      <c r="Z37" s="55"/>
+      <c r="AA37" s="55"/>
+      <c r="AB37" s="55"/>
+      <c r="AC37" s="55"/>
+      <c r="AD37" s="55"/>
+      <c r="AE37" s="55"/>
+      <c r="AF37" s="55"/>
+      <c r="AG37" s="55"/>
+      <c r="AH37" s="55"/>
+      <c r="AI37" s="55"/>
+      <c r="AJ37" s="55"/>
+      <c r="AK37" s="56"/>
+      <c r="AN37" s="57"/>
+      <c r="AO37" s="57"/>
+      <c r="AP37" s="57"/>
+      <c r="AQ37" s="57"/>
+      <c r="AR37" s="57"/>
+      <c r="AS37" s="57"/>
+      <c r="AT37" s="57"/>
+      <c r="AU37" s="57"/>
+      <c r="AV37" s="57"/>
+      <c r="AW37" s="57"/>
+      <c r="AX37" s="57"/>
+    </row>
+    <row r="38" spans="2:51" s="46" customFormat="1" ht="13.5" customHeight="1">
+      <c r="B38" s="47"/>
+      <c r="C38" s="58"/>
+      <c r="D38" s="48" t="s">
+        <v>35</v>
+      </c>
+      <c r="E38" s="49"/>
+      <c r="F38" s="50"/>
+      <c r="G38" s="59"/>
+      <c r="H38" s="52"/>
+      <c r="I38" s="52"/>
+      <c r="J38" s="52"/>
+      <c r="K38" s="52"/>
+      <c r="L38" s="52"/>
+      <c r="M38" s="52"/>
+      <c r="N38" s="52"/>
+      <c r="O38" s="52"/>
+      <c r="P38" s="53"/>
+      <c r="Q38" s="54"/>
+      <c r="R38" s="54"/>
+      <c r="S38" s="54"/>
+      <c r="T38" s="54"/>
+      <c r="U38" s="54"/>
+      <c r="V38" s="54"/>
+      <c r="W38" s="54"/>
+      <c r="X38" s="54"/>
+      <c r="Y38" s="54"/>
+      <c r="Z38" s="55"/>
+      <c r="AA38" s="55"/>
+      <c r="AB38" s="55"/>
+      <c r="AC38" s="55"/>
+      <c r="AD38" s="55"/>
+      <c r="AE38" s="55"/>
+      <c r="AF38" s="55"/>
+      <c r="AG38" s="55"/>
+      <c r="AH38" s="55"/>
+      <c r="AI38" s="55"/>
+      <c r="AJ38" s="55"/>
+      <c r="AK38" s="55"/>
+      <c r="AL38" s="56"/>
+      <c r="AN38" s="57"/>
+      <c r="AO38" s="57"/>
+      <c r="AP38" s="57"/>
+      <c r="AQ38" s="57"/>
+      <c r="AR38" s="57"/>
+      <c r="AS38" s="57"/>
+      <c r="AT38" s="57"/>
+      <c r="AU38" s="57"/>
+      <c r="AV38" s="57"/>
+      <c r="AW38" s="57"/>
+      <c r="AX38" s="57"/>
+      <c r="AY38" s="57"/>
+    </row>
+    <row r="39" spans="2:51" s="46" customFormat="1" ht="13.5" customHeight="1">
+      <c r="B39" s="47"/>
+      <c r="C39" s="58"/>
+      <c r="D39" s="48" t="s">
+        <v>36</v>
+      </c>
+      <c r="E39" s="49"/>
+      <c r="F39" s="50"/>
+      <c r="G39" s="59"/>
+      <c r="H39" s="52"/>
+      <c r="I39" s="52"/>
+      <c r="J39" s="52"/>
+      <c r="K39" s="52"/>
+      <c r="L39" s="52"/>
+      <c r="M39" s="52"/>
+      <c r="N39" s="52"/>
+      <c r="O39" s="52"/>
+      <c r="P39" s="53"/>
+      <c r="Q39" s="54"/>
+      <c r="R39" s="54"/>
+      <c r="S39" s="54"/>
+      <c r="T39" s="54"/>
+      <c r="U39" s="54"/>
+      <c r="V39" s="54"/>
+      <c r="W39" s="54"/>
+      <c r="X39" s="54"/>
+      <c r="Y39" s="54"/>
+      <c r="Z39" s="55"/>
+      <c r="AA39" s="55"/>
+      <c r="AB39" s="55"/>
+      <c r="AC39" s="55"/>
+      <c r="AD39" s="55"/>
+      <c r="AE39" s="55"/>
+      <c r="AF39" s="55"/>
+      <c r="AG39" s="55"/>
+      <c r="AH39" s="55"/>
+      <c r="AI39" s="55"/>
+      <c r="AJ39" s="55"/>
+      <c r="AK39" s="55"/>
+      <c r="AL39" s="56"/>
+      <c r="AN39" s="57"/>
+      <c r="AO39" s="57"/>
+      <c r="AP39" s="57"/>
+      <c r="AQ39" s="57"/>
+      <c r="AR39" s="57"/>
+      <c r="AS39" s="57"/>
+      <c r="AT39" s="57"/>
+      <c r="AU39" s="57"/>
+      <c r="AV39" s="57"/>
+      <c r="AW39" s="57"/>
+      <c r="AX39" s="57"/>
+      <c r="AY39" s="57"/>
+    </row>
+    <row r="40" spans="2:51" s="46" customFormat="1" ht="13.5" customHeight="1">
+      <c r="B40" s="47"/>
+      <c r="C40" s="48" t="s">
+        <v>37</v>
+      </c>
+      <c r="D40" s="49"/>
+      <c r="E40" s="50"/>
+      <c r="F40" s="51"/>
+      <c r="G40" s="52"/>
+      <c r="H40" s="52"/>
+      <c r="I40" s="52"/>
+      <c r="J40" s="52"/>
+      <c r="K40" s="52"/>
+      <c r="L40" s="52"/>
+      <c r="M40" s="52"/>
+      <c r="N40" s="52"/>
+      <c r="O40" s="53"/>
+      <c r="P40" s="54"/>
+      <c r="Q40" s="54"/>
+      <c r="R40" s="54"/>
+      <c r="S40" s="54"/>
+      <c r="T40" s="54"/>
+      <c r="U40" s="54"/>
+      <c r="V40" s="54"/>
+      <c r="W40" s="54"/>
+      <c r="X40" s="54"/>
+      <c r="Y40" s="55"/>
+      <c r="Z40" s="55"/>
+      <c r="AA40" s="55"/>
+      <c r="AB40" s="55"/>
+      <c r="AC40" s="55"/>
+      <c r="AD40" s="55"/>
+      <c r="AE40" s="55"/>
+      <c r="AF40" s="55"/>
+      <c r="AG40" s="55"/>
+      <c r="AH40" s="55"/>
+      <c r="AI40" s="55"/>
+      <c r="AJ40" s="55"/>
+      <c r="AK40" s="56"/>
+      <c r="AN40" s="57"/>
+      <c r="AO40" s="57"/>
+      <c r="AP40" s="57"/>
+      <c r="AQ40" s="57"/>
+      <c r="AR40" s="57"/>
+      <c r="AS40" s="57"/>
+      <c r="AT40" s="57"/>
+      <c r="AU40" s="57"/>
+      <c r="AV40" s="57"/>
+      <c r="AW40" s="57"/>
+      <c r="AX40" s="57"/>
+    </row>
+    <row r="41" spans="2:51" s="46" customFormat="1" ht="13.5" customHeight="1">
+      <c r="B41" s="47"/>
+      <c r="C41" s="48"/>
+      <c r="D41" s="48" t="s">
+        <v>38</v>
+      </c>
+      <c r="E41" s="50"/>
+      <c r="F41" s="51"/>
+      <c r="G41" s="52"/>
+      <c r="H41" s="52"/>
+      <c r="I41" s="52"/>
+      <c r="J41" s="52"/>
+      <c r="K41" s="52"/>
+      <c r="L41" s="52"/>
+      <c r="M41" s="52"/>
+      <c r="N41" s="52"/>
+      <c r="O41" s="53"/>
+      <c r="P41" s="54"/>
+      <c r="Q41" s="54"/>
+      <c r="R41" s="54"/>
+      <c r="S41" s="54"/>
+      <c r="T41" s="54"/>
+      <c r="U41" s="54"/>
+      <c r="V41" s="54"/>
+      <c r="W41" s="54"/>
+      <c r="X41" s="54"/>
+      <c r="Y41" s="55"/>
+      <c r="Z41" s="55"/>
+      <c r="AA41" s="55"/>
+      <c r="AB41" s="55"/>
+      <c r="AC41" s="55"/>
+      <c r="AD41" s="55"/>
+      <c r="AE41" s="55"/>
+      <c r="AF41" s="55"/>
+      <c r="AG41" s="55"/>
+      <c r="AH41" s="55"/>
+      <c r="AI41" s="55"/>
+      <c r="AJ41" s="55"/>
+      <c r="AK41" s="56"/>
+      <c r="AN41" s="57"/>
+      <c r="AO41" s="57"/>
+      <c r="AP41" s="57"/>
+      <c r="AQ41" s="57"/>
+      <c r="AR41" s="57"/>
+      <c r="AS41" s="57"/>
+      <c r="AT41" s="57"/>
+      <c r="AU41" s="57"/>
+      <c r="AV41" s="57"/>
+      <c r="AW41" s="57"/>
+      <c r="AX41" s="57"/>
+    </row>
+    <row r="42" spans="2:51" s="60" customFormat="1" ht="8.1" customHeight="1">
+      <c r="B42" s="61"/>
+      <c r="C42" s="62"/>
+      <c r="D42" s="62"/>
+      <c r="E42" s="63"/>
+      <c r="F42" s="59"/>
+      <c r="G42" s="52"/>
+      <c r="H42" s="52"/>
+      <c r="I42" s="52"/>
+      <c r="J42" s="52"/>
+      <c r="K42" s="52"/>
+      <c r="L42" s="52"/>
+      <c r="M42" s="52"/>
+      <c r="N42" s="52"/>
+      <c r="O42" s="53"/>
+      <c r="P42" s="54"/>
+      <c r="Q42" s="54"/>
+      <c r="R42" s="54"/>
+      <c r="S42" s="54"/>
+      <c r="T42" s="54"/>
+      <c r="U42" s="54"/>
+      <c r="V42" s="54"/>
+      <c r="W42" s="54"/>
+      <c r="X42" s="54"/>
+      <c r="Y42" s="64"/>
+      <c r="Z42" s="64"/>
+      <c r="AA42" s="64"/>
+      <c r="AB42" s="64"/>
+      <c r="AC42" s="64"/>
+      <c r="AD42" s="64"/>
+      <c r="AE42" s="64"/>
+      <c r="AF42" s="64"/>
+      <c r="AG42" s="64"/>
+      <c r="AH42" s="64"/>
+      <c r="AI42" s="64"/>
+      <c r="AJ42" s="64"/>
+      <c r="AK42" s="65"/>
+      <c r="AN42" s="57"/>
+      <c r="AO42" s="57"/>
+      <c r="AP42" s="57"/>
+      <c r="AQ42" s="57"/>
+      <c r="AR42" s="57"/>
+      <c r="AS42" s="57"/>
+      <c r="AT42" s="57"/>
+      <c r="AU42" s="57"/>
+      <c r="AV42" s="57"/>
+      <c r="AW42" s="57"/>
+      <c r="AX42" s="57"/>
+    </row>
+    <row r="43" spans="2:51" ht="13.5" customHeight="1">
+      <c r="B43" s="1"/>
+      <c r="C43" s="165" t="s">
+        <v>39</v>
+      </c>
+      <c r="D43" s="166"/>
+      <c r="E43" s="166"/>
+      <c r="F43" s="166"/>
+      <c r="G43" s="166"/>
+      <c r="H43" s="166"/>
+      <c r="I43" s="166"/>
+      <c r="J43" s="166"/>
+      <c r="K43" s="166"/>
+      <c r="L43" s="166"/>
+      <c r="M43" s="166"/>
+      <c r="N43" s="166"/>
+      <c r="O43" s="166"/>
+      <c r="P43" s="166"/>
+      <c r="Q43" s="166"/>
+      <c r="R43" s="167"/>
+      <c r="S43" s="168" t="s">
+        <v>40</v>
+      </c>
+      <c r="T43" s="128"/>
+      <c r="U43" s="128"/>
+      <c r="V43" s="128"/>
+      <c r="W43" s="128"/>
+      <c r="X43" s="128"/>
+      <c r="Y43" s="128"/>
+      <c r="Z43" s="128"/>
+      <c r="AA43" s="169"/>
+      <c r="AB43" s="168" t="s">
+        <v>41</v>
+      </c>
+      <c r="AC43" s="128"/>
+      <c r="AD43" s="128"/>
+      <c r="AE43" s="128"/>
+      <c r="AF43" s="128"/>
+      <c r="AG43" s="128"/>
+      <c r="AH43" s="128"/>
+      <c r="AI43" s="128"/>
+      <c r="AJ43" s="128"/>
+      <c r="AK43" s="169"/>
+      <c r="AL43" s="66"/>
+      <c r="AM43" s="66"/>
+      <c r="AN43" s="67"/>
+      <c r="AO43" s="67"/>
+      <c r="AP43" s="67"/>
+      <c r="AQ43" s="67"/>
+      <c r="AR43" s="67"/>
+      <c r="AS43" s="67"/>
+      <c r="AT43" s="67"/>
+      <c r="AU43" s="67"/>
+      <c r="AV43" s="67"/>
+    </row>
+    <row r="44" spans="2:51" ht="13.5" customHeight="1">
+      <c r="B44" s="1"/>
+      <c r="C44" s="170"/>
+      <c r="D44" s="171"/>
+      <c r="E44" s="171"/>
+      <c r="F44" s="171"/>
+      <c r="G44" s="171"/>
+      <c r="H44" s="171"/>
+      <c r="I44" s="171"/>
+      <c r="J44" s="171"/>
+      <c r="K44" s="171"/>
+      <c r="L44" s="171"/>
+      <c r="M44" s="171"/>
+      <c r="N44" s="171"/>
+      <c r="O44" s="171"/>
+      <c r="P44" s="171"/>
+      <c r="Q44" s="171"/>
+      <c r="R44" s="172"/>
+      <c r="S44" s="170"/>
+      <c r="T44" s="171"/>
+      <c r="U44" s="171"/>
+      <c r="V44" s="171"/>
+      <c r="W44" s="171"/>
+      <c r="X44" s="171"/>
+      <c r="Y44" s="171"/>
+      <c r="Z44" s="171"/>
+      <c r="AA44" s="172"/>
+      <c r="AB44" s="170"/>
+      <c r="AC44" s="171"/>
+      <c r="AD44" s="171"/>
+      <c r="AE44" s="171"/>
+      <c r="AF44" s="171"/>
+      <c r="AG44" s="171"/>
+      <c r="AH44" s="171"/>
+      <c r="AI44" s="171"/>
+      <c r="AJ44" s="171"/>
+      <c r="AK44" s="172"/>
+      <c r="AL44" s="66"/>
+      <c r="AM44" s="66"/>
+      <c r="AN44" s="67"/>
+      <c r="AO44" s="67"/>
+      <c r="AP44" s="67"/>
+      <c r="AQ44" s="67"/>
+      <c r="AR44" s="67"/>
+      <c r="AS44" s="67"/>
+      <c r="AT44" s="67"/>
+      <c r="AU44" s="67"/>
+      <c r="AV44" s="67"/>
+    </row>
+    <row r="45" spans="2:51" ht="13.5" customHeight="1">
+      <c r="B45" s="1"/>
+      <c r="C45" s="173" t="s">
+        <v>42</v>
+      </c>
+      <c r="D45" s="174"/>
+      <c r="E45" s="174"/>
+      <c r="F45" s="174"/>
+      <c r="G45" s="174"/>
+      <c r="H45" s="175"/>
+      <c r="I45" s="175"/>
+      <c r="J45" s="175"/>
+      <c r="K45" s="175"/>
+      <c r="L45" s="175"/>
+      <c r="M45" s="175"/>
+      <c r="N45" s="175"/>
+      <c r="O45" s="175"/>
+      <c r="P45" s="175"/>
+      <c r="Q45" s="175"/>
+      <c r="R45" s="175"/>
+      <c r="S45" s="175"/>
+      <c r="T45" s="175"/>
+      <c r="U45" s="175"/>
+      <c r="V45" s="175"/>
+      <c r="W45" s="175"/>
+      <c r="X45" s="175"/>
+      <c r="Y45" s="175"/>
+      <c r="Z45" s="175"/>
+      <c r="AA45" s="175"/>
+      <c r="AB45" s="175"/>
+      <c r="AC45" s="175"/>
+      <c r="AD45" s="175"/>
+      <c r="AE45" s="175"/>
+      <c r="AF45" s="175"/>
+      <c r="AG45" s="175"/>
+      <c r="AH45" s="175"/>
+      <c r="AI45" s="175"/>
+      <c r="AJ45" s="175"/>
+      <c r="AK45" s="176"/>
+      <c r="AL45" s="66"/>
+      <c r="AM45" s="66"/>
+      <c r="AN45" s="67"/>
+      <c r="AO45" s="67"/>
+      <c r="AP45" s="67"/>
+      <c r="AQ45" s="67"/>
+      <c r="AR45" s="67"/>
+      <c r="AS45" s="67"/>
+      <c r="AT45" s="67"/>
+      <c r="AU45" s="67"/>
+      <c r="AV45" s="67"/>
+    </row>
+    <row r="46" spans="2:51" ht="13.5" customHeight="1">
+      <c r="B46" s="1"/>
+      <c r="C46" s="124" t="s">
+        <v>43</v>
+      </c>
+      <c r="D46" s="125"/>
+      <c r="E46" s="125"/>
+      <c r="F46" s="125"/>
+      <c r="G46" s="125"/>
+      <c r="H46" s="128" t="s">
+        <v>44</v>
+      </c>
+      <c r="I46" s="128"/>
+      <c r="J46" s="128"/>
+      <c r="K46" s="129"/>
+      <c r="L46" s="129"/>
+      <c r="M46" s="129"/>
+      <c r="N46" s="129"/>
+      <c r="O46" s="129"/>
+      <c r="P46" s="129"/>
+      <c r="Q46" s="129"/>
+      <c r="R46" s="129"/>
+      <c r="S46" s="130" t="s">
+        <v>29</v>
+      </c>
+      <c r="T46" s="130"/>
+      <c r="U46" s="130"/>
+      <c r="V46" s="129"/>
+      <c r="W46" s="129"/>
+      <c r="X46" s="129"/>
+      <c r="Y46" s="129"/>
+      <c r="Z46" s="129"/>
+      <c r="AA46" s="129"/>
+      <c r="AB46" s="129"/>
+      <c r="AC46" s="129"/>
+      <c r="AD46" s="129"/>
+      <c r="AE46" s="129"/>
+      <c r="AF46" s="129"/>
+      <c r="AG46" s="129"/>
+      <c r="AH46" s="129"/>
+      <c r="AI46" s="129"/>
+      <c r="AJ46" s="129"/>
+      <c r="AK46" s="131"/>
+      <c r="AL46" s="66"/>
+      <c r="AM46" s="66"/>
+      <c r="AN46" s="67"/>
+      <c r="AO46" s="67"/>
+      <c r="AP46" s="67"/>
+      <c r="AQ46" s="67"/>
+      <c r="AR46" s="67"/>
+      <c r="AS46" s="67"/>
+      <c r="AT46" s="67"/>
+      <c r="AU46" s="67"/>
+      <c r="AV46" s="67"/>
+    </row>
+    <row r="47" spans="2:51" ht="13.5" customHeight="1">
+      <c r="B47" s="1"/>
+      <c r="C47" s="126"/>
+      <c r="D47" s="127"/>
+      <c r="E47" s="127"/>
+      <c r="F47" s="127"/>
+      <c r="G47" s="127"/>
+      <c r="H47" s="132" t="s">
+        <v>45</v>
+      </c>
+      <c r="I47" s="132"/>
+      <c r="J47" s="132"/>
+      <c r="K47" s="133"/>
+      <c r="L47" s="133"/>
+      <c r="M47" s="133"/>
+      <c r="N47" s="133"/>
+      <c r="O47" s="133"/>
+      <c r="P47" s="133"/>
+      <c r="Q47" s="133"/>
+      <c r="R47" s="133"/>
+      <c r="S47" s="134" t="s">
         <v>30</v>
       </c>
-      <c r="D24" s="205"/>
-[...34 lines deleted...]
-      <c r="AK24" s="206"/>
+      <c r="T47" s="134"/>
+      <c r="U47" s="134"/>
+      <c r="V47" s="133"/>
+      <c r="W47" s="133"/>
+      <c r="X47" s="133"/>
+      <c r="Y47" s="133"/>
+      <c r="Z47" s="133"/>
+      <c r="AA47" s="133"/>
+      <c r="AB47" s="144" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC47" s="144"/>
+      <c r="AD47" s="144"/>
+      <c r="AE47" s="133"/>
+      <c r="AF47" s="133"/>
+      <c r="AG47" s="133"/>
+      <c r="AH47" s="133"/>
+      <c r="AI47" s="133"/>
+      <c r="AJ47" s="133"/>
+      <c r="AK47" s="145"/>
+      <c r="AL47" s="66"/>
+      <c r="AM47" s="66"/>
+      <c r="AN47" s="67"/>
+      <c r="AO47" s="67"/>
+      <c r="AP47" s="67"/>
+      <c r="AQ47" s="67"/>
+      <c r="AR47" s="67"/>
+      <c r="AS47" s="67"/>
+      <c r="AT47" s="67"/>
+      <c r="AU47" s="67"/>
+      <c r="AV47" s="67"/>
     </row>
-    <row r="25" spans="2:51" ht="18" customHeight="1" x14ac:dyDescent="0.4">
-[...35 lines deleted...]
-      <c r="AK25" s="208"/>
+    <row r="48" spans="2:51" ht="13.5" customHeight="1">
+      <c r="B48" s="1"/>
+      <c r="C48" s="124" t="s">
+        <v>47</v>
+      </c>
+      <c r="D48" s="125"/>
+      <c r="E48" s="125"/>
+      <c r="F48" s="125"/>
+      <c r="G48" s="125"/>
+      <c r="H48" s="125"/>
+      <c r="I48" s="146" t="s">
+        <v>48</v>
+      </c>
+      <c r="J48" s="146"/>
+      <c r="K48" s="146"/>
+      <c r="L48" s="146"/>
+      <c r="M48" s="146"/>
+      <c r="N48" s="146"/>
+      <c r="O48" s="146"/>
+      <c r="P48" s="146"/>
+      <c r="Q48" s="146"/>
+      <c r="R48" s="146"/>
+      <c r="S48" s="146"/>
+      <c r="T48" s="146"/>
+      <c r="U48" s="146"/>
+      <c r="V48" s="146"/>
+      <c r="W48" s="146"/>
+      <c r="X48" s="146"/>
+      <c r="Y48" s="146"/>
+      <c r="Z48" s="146"/>
+      <c r="AA48" s="146"/>
+      <c r="AB48" s="146"/>
+      <c r="AC48" s="146"/>
+      <c r="AD48" s="146"/>
+      <c r="AE48" s="146"/>
+      <c r="AF48" s="146"/>
+      <c r="AG48" s="146"/>
+      <c r="AH48" s="146"/>
+      <c r="AI48" s="146"/>
+      <c r="AJ48" s="146"/>
+      <c r="AK48" s="147"/>
     </row>
-    <row r="26" spans="2:51" ht="3.95" customHeight="1" x14ac:dyDescent="0.4">
-[...34 lines deleted...]
-      <c r="AK26" s="3"/>
+    <row r="49" spans="1:77" ht="39" customHeight="1">
+      <c r="B49" s="1"/>
+      <c r="C49" s="148"/>
+      <c r="D49" s="149"/>
+      <c r="E49" s="149"/>
+      <c r="F49" s="149"/>
+      <c r="G49" s="149"/>
+      <c r="H49" s="149"/>
+      <c r="I49" s="149"/>
+      <c r="J49" s="149"/>
+      <c r="K49" s="149"/>
+      <c r="L49" s="149"/>
+      <c r="M49" s="149"/>
+      <c r="N49" s="149"/>
+      <c r="O49" s="149"/>
+      <c r="P49" s="149"/>
+      <c r="Q49" s="149"/>
+      <c r="R49" s="149"/>
+      <c r="S49" s="149"/>
+      <c r="T49" s="149"/>
+      <c r="U49" s="149"/>
+      <c r="V49" s="149"/>
+      <c r="W49" s="149"/>
+      <c r="X49" s="149"/>
+      <c r="Y49" s="149"/>
+      <c r="Z49" s="149"/>
+      <c r="AA49" s="149"/>
+      <c r="AB49" s="149"/>
+      <c r="AC49" s="149"/>
+      <c r="AD49" s="149"/>
+      <c r="AE49" s="149"/>
+      <c r="AF49" s="149"/>
+      <c r="AG49" s="149"/>
+      <c r="AH49" s="149"/>
+      <c r="AI49" s="149"/>
+      <c r="AJ49" s="149"/>
+      <c r="AK49" s="150"/>
     </row>
-    <row r="27" spans="2:51" s="36" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.4">
-[...45 lines deleted...]
-      <c r="AW27" s="3"/>
+    <row r="50" spans="1:77" ht="9.9499999999999993" customHeight="1">
+      <c r="B50" s="1"/>
+      <c r="C50" s="68"/>
+      <c r="D50" s="69"/>
+      <c r="E50" s="69"/>
+      <c r="F50" s="70"/>
+      <c r="G50" s="69"/>
+      <c r="H50" s="69"/>
+      <c r="I50" s="69"/>
+      <c r="J50" s="69"/>
+      <c r="K50" s="69"/>
+      <c r="L50" s="69"/>
+      <c r="M50" s="69"/>
+      <c r="N50" s="69"/>
+      <c r="O50" s="69"/>
+      <c r="P50" s="69"/>
+      <c r="Q50" s="71"/>
+      <c r="R50" s="32"/>
+      <c r="S50" s="69"/>
+      <c r="T50" s="72"/>
+      <c r="U50" s="72"/>
+      <c r="V50" s="72"/>
+      <c r="W50" s="72"/>
+      <c r="X50" s="72"/>
+      <c r="Y50" s="71"/>
+      <c r="Z50" s="69"/>
+      <c r="AA50" s="69"/>
+      <c r="AB50" s="72"/>
+      <c r="AC50" s="72"/>
+      <c r="AD50" s="72"/>
+      <c r="AE50" s="72"/>
+      <c r="AF50" s="72"/>
+      <c r="AG50" s="72"/>
+      <c r="AH50" s="72"/>
+      <c r="AI50" s="72"/>
     </row>
-    <row r="28" spans="2:51" s="36" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.4">
-[...48 lines deleted...]
-      <c r="AW28" s="3"/>
+    <row r="51" spans="1:77" s="76" customFormat="1" ht="12">
+      <c r="A51" s="73"/>
+      <c r="B51" s="151" t="s">
+        <v>49</v>
+      </c>
+      <c r="C51" s="152"/>
+      <c r="D51" s="152"/>
+      <c r="E51" s="152"/>
+      <c r="F51" s="152"/>
+      <c r="G51" s="152"/>
+      <c r="H51" s="152"/>
+      <c r="I51" s="152"/>
+      <c r="J51" s="152"/>
+      <c r="K51" s="152"/>
+      <c r="L51" s="152"/>
+      <c r="M51" s="152"/>
+      <c r="N51" s="152"/>
+      <c r="O51" s="152"/>
+      <c r="P51" s="152"/>
+      <c r="Q51" s="152"/>
+      <c r="R51" s="152"/>
+      <c r="S51" s="152"/>
+      <c r="T51" s="152"/>
+      <c r="U51" s="152"/>
+      <c r="V51" s="152"/>
+      <c r="W51" s="152"/>
+      <c r="X51" s="152"/>
+      <c r="Y51" s="152"/>
+      <c r="Z51" s="152"/>
+      <c r="AA51" s="152"/>
+      <c r="AB51" s="152"/>
+      <c r="AC51" s="152"/>
+      <c r="AD51" s="152"/>
+      <c r="AE51" s="152"/>
+      <c r="AF51" s="152"/>
+      <c r="AG51" s="152"/>
+      <c r="AH51" s="152"/>
+      <c r="AI51" s="152"/>
+      <c r="AJ51" s="152"/>
+      <c r="AK51" s="153"/>
+      <c r="AL51" s="73"/>
+      <c r="AM51" s="74"/>
+      <c r="AN51" s="75"/>
+      <c r="AO51" s="75"/>
+      <c r="AP51" s="75"/>
+      <c r="AQ51" s="75"/>
+      <c r="AR51" s="75"/>
+      <c r="AS51" s="75"/>
+      <c r="AT51" s="75"/>
+      <c r="AU51" s="75"/>
+      <c r="AV51" s="75"/>
+      <c r="AW51" s="75"/>
+      <c r="AX51" s="75"/>
+      <c r="AY51" s="75"/>
+      <c r="AZ51" s="75"/>
+      <c r="BA51" s="75"/>
+      <c r="BB51" s="75"/>
+      <c r="BC51" s="75"/>
+      <c r="BD51" s="75"/>
+      <c r="BE51" s="75"/>
+      <c r="BF51" s="75"/>
+      <c r="BG51" s="75"/>
+      <c r="BH51" s="75"/>
+      <c r="BI51" s="75"/>
+      <c r="BJ51" s="75"/>
+      <c r="BK51" s="75"/>
+      <c r="BL51" s="75"/>
+      <c r="BM51" s="75"/>
+      <c r="BN51" s="75"/>
+      <c r="BO51" s="75"/>
+      <c r="BP51" s="75"/>
+      <c r="BQ51" s="75"/>
+      <c r="BR51" s="75"/>
+      <c r="BS51" s="75"/>
+      <c r="BT51" s="75"/>
+      <c r="BU51" s="75"/>
+      <c r="BV51" s="75"/>
+      <c r="BW51" s="75"/>
+      <c r="BX51" s="75"/>
     </row>
-    <row r="29" spans="2:51" s="36" customFormat="1" ht="60.75" customHeight="1" x14ac:dyDescent="0.4">
-[...34 lines deleted...]
-      <c r="AM29" s="3"/>
+    <row r="52" spans="1:77" s="76" customFormat="1" ht="18.75">
+      <c r="A52" s="77"/>
+      <c r="B52" s="135" t="s">
+        <v>50</v>
+      </c>
+      <c r="C52" s="154"/>
+      <c r="D52" s="154"/>
+      <c r="E52" s="154"/>
+      <c r="F52" s="154"/>
+      <c r="G52" s="154"/>
+      <c r="H52" s="154"/>
+      <c r="I52" s="154"/>
+      <c r="J52" s="154"/>
+      <c r="K52" s="154"/>
+      <c r="L52" s="154"/>
+      <c r="M52" s="154"/>
+      <c r="N52" s="154"/>
+      <c r="O52" s="155"/>
+      <c r="P52" s="151" t="s">
+        <v>51</v>
+      </c>
+      <c r="Q52" s="154"/>
+      <c r="R52" s="152"/>
+      <c r="S52" s="152"/>
+      <c r="T52" s="152"/>
+      <c r="U52" s="152"/>
+      <c r="V52" s="152"/>
+      <c r="W52" s="152"/>
+      <c r="X52" s="152"/>
+      <c r="Y52" s="152"/>
+      <c r="Z52" s="152"/>
+      <c r="AA52" s="153"/>
+      <c r="AB52" s="151" t="s">
+        <v>52</v>
+      </c>
+      <c r="AC52" s="156"/>
+      <c r="AD52" s="156"/>
+      <c r="AE52" s="156"/>
+      <c r="AF52" s="156"/>
+      <c r="AG52" s="156"/>
+      <c r="AH52" s="156"/>
+      <c r="AI52" s="156"/>
+      <c r="AJ52" s="156"/>
+      <c r="AK52" s="157"/>
+      <c r="AL52" s="77"/>
+      <c r="AM52" s="74"/>
+      <c r="AN52" s="75"/>
+      <c r="AO52" s="75"/>
+      <c r="AP52" s="75"/>
+      <c r="AQ52" s="75"/>
+      <c r="AR52" s="75"/>
+      <c r="AS52" s="75"/>
+      <c r="AT52" s="75"/>
+      <c r="AU52" s="75"/>
+      <c r="AV52" s="75"/>
+      <c r="AW52" s="75"/>
+      <c r="AX52" s="75"/>
+      <c r="AY52" s="75"/>
+      <c r="AZ52" s="75"/>
+      <c r="BA52" s="75"/>
+      <c r="BB52" s="75"/>
+      <c r="BC52" s="75"/>
+      <c r="BD52" s="75"/>
+      <c r="BE52" s="75"/>
+      <c r="BF52" s="75"/>
+      <c r="BG52" s="75"/>
+      <c r="BH52" s="75"/>
+      <c r="BI52" s="75"/>
+      <c r="BJ52" s="75"/>
+      <c r="BK52" s="75"/>
+      <c r="BL52" s="75"/>
+      <c r="BM52" s="75"/>
+      <c r="BN52" s="75"/>
+      <c r="BO52" s="75"/>
+      <c r="BP52" s="75"/>
+      <c r="BQ52" s="75"/>
+      <c r="BR52" s="75"/>
+      <c r="BS52" s="75"/>
+      <c r="BT52" s="75"/>
+      <c r="BU52" s="75"/>
+      <c r="BV52" s="75"/>
+      <c r="BW52" s="75"/>
+      <c r="BX52" s="75"/>
     </row>
-    <row r="30" spans="2:51" s="36" customFormat="1" ht="8.1" customHeight="1" x14ac:dyDescent="0.4">
-[...46 lines deleted...]
-      <c r="AX30" s="3"/>
+    <row r="53" spans="1:77" s="76" customFormat="1" ht="12" customHeight="1">
+      <c r="A53" s="77"/>
+      <c r="B53" s="135" t="s">
+        <v>53</v>
+      </c>
+      <c r="C53" s="136"/>
+      <c r="D53" s="137"/>
+      <c r="E53" s="85" t="s">
+        <v>54</v>
+      </c>
+      <c r="F53" s="85"/>
+      <c r="G53" s="85"/>
+      <c r="H53" s="85"/>
+      <c r="I53" s="85"/>
+      <c r="J53" s="85"/>
+      <c r="K53" s="85"/>
+      <c r="L53" s="86"/>
+      <c r="M53" s="86"/>
+      <c r="N53" s="86"/>
+      <c r="O53" s="87"/>
+      <c r="P53" s="110" t="s">
+        <v>64</v>
+      </c>
+      <c r="Q53" s="88"/>
+      <c r="R53" s="89"/>
+      <c r="S53" s="89"/>
+      <c r="T53" s="89"/>
+      <c r="U53" s="89"/>
+      <c r="V53" s="90"/>
+      <c r="W53" s="88"/>
+      <c r="X53" s="90"/>
+      <c r="Y53" s="90"/>
+      <c r="Z53" s="90"/>
+      <c r="AA53" s="90"/>
+      <c r="AB53" s="91" t="s">
+        <v>55</v>
+      </c>
+      <c r="AC53" s="90"/>
+      <c r="AD53" s="90"/>
+      <c r="AE53" s="90"/>
+      <c r="AF53" s="90"/>
+      <c r="AG53" s="90"/>
+      <c r="AH53" s="90"/>
+      <c r="AI53" s="90"/>
+      <c r="AJ53" s="90"/>
+      <c r="AK53" s="92"/>
+      <c r="AL53" s="77"/>
+      <c r="AM53" s="78"/>
+      <c r="AN53" s="75"/>
+      <c r="AO53" s="75"/>
+      <c r="AP53" s="75"/>
+      <c r="AQ53" s="75"/>
+      <c r="AR53" s="75"/>
+      <c r="AS53" s="75"/>
+      <c r="AT53" s="75"/>
+      <c r="AU53" s="75"/>
+      <c r="AV53" s="75"/>
+      <c r="AW53" s="75"/>
+      <c r="AX53" s="75"/>
+      <c r="AY53" s="75"/>
+      <c r="AZ53" s="75"/>
+      <c r="BA53" s="75"/>
+      <c r="BB53" s="75"/>
+      <c r="BC53" s="75"/>
+      <c r="BD53" s="75"/>
+      <c r="BE53" s="75"/>
+      <c r="BF53" s="75"/>
+      <c r="BG53" s="75"/>
+      <c r="BH53" s="75"/>
+      <c r="BI53" s="75"/>
+      <c r="BJ53" s="75"/>
+      <c r="BK53" s="75"/>
+      <c r="BL53" s="75"/>
+      <c r="BM53" s="75"/>
+      <c r="BN53" s="75"/>
+      <c r="BO53" s="75"/>
+      <c r="BP53" s="75"/>
+      <c r="BQ53" s="75"/>
+      <c r="BR53" s="75"/>
+      <c r="BS53" s="75"/>
+      <c r="BT53" s="75"/>
+      <c r="BU53" s="75"/>
+      <c r="BV53" s="75"/>
+      <c r="BW53" s="75"/>
+      <c r="BX53" s="75"/>
     </row>
-    <row r="31" spans="2:51" s="47" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
-[...48 lines deleted...]
-      <c r="AX31" s="58"/>
+    <row r="54" spans="1:77" s="76" customFormat="1" ht="12" customHeight="1">
+      <c r="A54" s="79"/>
+      <c r="B54" s="141"/>
+      <c r="C54" s="142"/>
+      <c r="D54" s="143"/>
+      <c r="E54" s="271" t="s">
+        <v>56</v>
+      </c>
+      <c r="F54" s="94"/>
+      <c r="G54" s="95"/>
+      <c r="H54" s="96"/>
+      <c r="I54" s="96"/>
+      <c r="J54" s="96"/>
+      <c r="K54" s="96"/>
+      <c r="L54" s="96"/>
+      <c r="M54" s="96"/>
+      <c r="N54" s="96"/>
+      <c r="O54" s="97"/>
+      <c r="P54" s="272" t="s">
+        <v>57</v>
+      </c>
+      <c r="Q54" s="93"/>
+      <c r="R54" s="98"/>
+      <c r="S54" s="98"/>
+      <c r="T54" s="98"/>
+      <c r="U54" s="98"/>
+      <c r="V54" s="85"/>
+      <c r="W54" s="94"/>
+      <c r="X54" s="95"/>
+      <c r="Y54" s="95"/>
+      <c r="Z54" s="95"/>
+      <c r="AA54" s="95"/>
+      <c r="AB54" s="272" t="s">
+        <v>62</v>
+      </c>
+      <c r="AC54" s="85"/>
+      <c r="AD54" s="95"/>
+      <c r="AE54" s="95"/>
+      <c r="AF54" s="95"/>
+      <c r="AG54" s="95"/>
+      <c r="AH54" s="95"/>
+      <c r="AI54" s="95"/>
+      <c r="AJ54" s="95"/>
+      <c r="AK54" s="99"/>
+      <c r="AL54" s="79"/>
+      <c r="AM54" s="80"/>
+      <c r="AN54" s="75"/>
+      <c r="AO54" s="75"/>
+      <c r="AP54" s="75"/>
+      <c r="AQ54" s="75"/>
+      <c r="AR54" s="75"/>
+      <c r="AS54" s="75"/>
+      <c r="AT54" s="75"/>
+      <c r="AU54" s="75"/>
+      <c r="AV54" s="75"/>
+      <c r="AW54" s="75"/>
+      <c r="AX54" s="75"/>
+      <c r="AY54" s="75"/>
+      <c r="AZ54" s="75"/>
+      <c r="BA54" s="75"/>
+      <c r="BB54" s="75"/>
+      <c r="BC54" s="75"/>
+      <c r="BD54" s="75"/>
+      <c r="BE54" s="75"/>
+      <c r="BF54" s="75"/>
+      <c r="BG54" s="75"/>
+      <c r="BH54" s="75"/>
+      <c r="BI54" s="75"/>
+      <c r="BJ54" s="75"/>
+      <c r="BK54" s="75"/>
+      <c r="BL54" s="75"/>
+      <c r="BM54" s="75"/>
+      <c r="BN54" s="75"/>
+      <c r="BO54" s="75"/>
+      <c r="BP54" s="75"/>
+      <c r="BQ54" s="75"/>
+      <c r="BR54" s="75"/>
+      <c r="BS54" s="75"/>
+      <c r="BT54" s="75"/>
+      <c r="BU54" s="75"/>
+      <c r="BV54" s="75"/>
+      <c r="BW54" s="75"/>
+      <c r="BX54" s="75"/>
     </row>
-    <row r="32" spans="2:51" s="47" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
-[...50 lines deleted...]
-      <c r="AY32" s="58"/>
+    <row r="55" spans="1:77" s="76" customFormat="1" ht="12.75" customHeight="1">
+      <c r="A55" s="79"/>
+      <c r="B55" s="135" t="s">
+        <v>58</v>
+      </c>
+      <c r="C55" s="136"/>
+      <c r="D55" s="137"/>
+      <c r="E55" s="100" t="s">
+        <v>66</v>
+      </c>
+      <c r="F55" s="100"/>
+      <c r="G55" s="100"/>
+      <c r="H55" s="100"/>
+      <c r="I55" s="100"/>
+      <c r="J55" s="88"/>
+      <c r="K55" s="88"/>
+      <c r="L55" s="88"/>
+      <c r="M55" s="88"/>
+      <c r="N55" s="88"/>
+      <c r="O55" s="101"/>
+      <c r="P55" s="111" t="s">
+        <v>69</v>
+      </c>
+      <c r="Q55" s="85"/>
+      <c r="R55" s="102"/>
+      <c r="S55" s="102"/>
+      <c r="T55" s="102"/>
+      <c r="U55" s="102"/>
+      <c r="V55" s="88"/>
+      <c r="W55" s="100"/>
+      <c r="X55" s="100"/>
+      <c r="Y55" s="100"/>
+      <c r="Z55" s="100"/>
+      <c r="AA55" s="100"/>
+      <c r="AB55" s="103" t="s">
+        <v>67</v>
+      </c>
+      <c r="AC55" s="100"/>
+      <c r="AD55" s="100"/>
+      <c r="AE55" s="100"/>
+      <c r="AF55" s="100"/>
+      <c r="AG55" s="100"/>
+      <c r="AH55" s="100"/>
+      <c r="AI55" s="100"/>
+      <c r="AJ55" s="100"/>
+      <c r="AK55" s="104"/>
+      <c r="AL55" s="79"/>
+      <c r="AM55" s="80"/>
+      <c r="AN55" s="75"/>
+      <c r="AO55" s="75"/>
+      <c r="AP55" s="75"/>
+      <c r="AQ55" s="75"/>
+      <c r="AR55" s="75"/>
+      <c r="AS55" s="75"/>
+      <c r="AT55" s="75"/>
+      <c r="AU55" s="75"/>
+      <c r="AV55" s="75"/>
+      <c r="AW55" s="75"/>
+      <c r="AX55" s="75"/>
+      <c r="AY55" s="75"/>
+      <c r="AZ55" s="75"/>
+      <c r="BA55" s="75"/>
+      <c r="BB55" s="75"/>
+      <c r="BC55" s="75"/>
+      <c r="BD55" s="75"/>
+      <c r="BE55" s="75"/>
+      <c r="BF55" s="75"/>
+      <c r="BG55" s="75"/>
+      <c r="BH55" s="75"/>
+      <c r="BI55" s="75"/>
+      <c r="BJ55" s="75"/>
+      <c r="BK55" s="75"/>
+      <c r="BL55" s="75"/>
+      <c r="BM55" s="75"/>
+      <c r="BN55" s="75"/>
+      <c r="BO55" s="75"/>
+      <c r="BP55" s="75"/>
+      <c r="BQ55" s="75"/>
+      <c r="BR55" s="75"/>
+      <c r="BS55" s="75"/>
+      <c r="BT55" s="75"/>
+      <c r="BU55" s="75"/>
+      <c r="BV55" s="75"/>
+      <c r="BW55" s="75"/>
+      <c r="BX55" s="75"/>
     </row>
-    <row r="33" spans="1:76" s="47" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
-[...50 lines deleted...]
-      <c r="AY33" s="58"/>
+    <row r="56" spans="1:77" s="76" customFormat="1" ht="12.75" customHeight="1">
+      <c r="A56" s="79"/>
+      <c r="B56" s="138"/>
+      <c r="C56" s="139"/>
+      <c r="D56" s="140"/>
+      <c r="E56" s="105" t="s">
+        <v>63</v>
+      </c>
+      <c r="F56" s="105"/>
+      <c r="G56" s="105"/>
+      <c r="H56" s="105"/>
+      <c r="I56" s="105"/>
+      <c r="J56" s="85"/>
+      <c r="K56" s="85"/>
+      <c r="L56" s="85"/>
+      <c r="M56" s="95"/>
+      <c r="N56" s="95"/>
+      <c r="O56" s="97"/>
+      <c r="P56" s="112" t="s">
+        <v>65</v>
+      </c>
+      <c r="Q56" s="105"/>
+      <c r="R56" s="106"/>
+      <c r="S56" s="106"/>
+      <c r="T56" s="106"/>
+      <c r="U56" s="106"/>
+      <c r="V56" s="95"/>
+      <c r="W56" s="107"/>
+      <c r="X56" s="107"/>
+      <c r="Y56" s="107"/>
+      <c r="Z56" s="107"/>
+      <c r="AA56" s="107"/>
+      <c r="AB56" s="108" t="s">
+        <v>68</v>
+      </c>
+      <c r="AC56" s="107"/>
+      <c r="AD56" s="107"/>
+      <c r="AE56" s="107"/>
+      <c r="AF56" s="107"/>
+      <c r="AG56" s="107"/>
+      <c r="AH56" s="107"/>
+      <c r="AI56" s="107"/>
+      <c r="AJ56" s="107"/>
+      <c r="AK56" s="109"/>
+      <c r="AL56" s="79"/>
+      <c r="AM56" s="80"/>
+      <c r="AN56" s="75"/>
+      <c r="AO56" s="75"/>
+      <c r="AP56" s="75"/>
+      <c r="AQ56" s="75"/>
+      <c r="AR56" s="75"/>
+      <c r="AS56" s="75"/>
+      <c r="AT56" s="75"/>
+      <c r="AU56" s="75"/>
+      <c r="AV56" s="75"/>
+      <c r="AW56" s="75"/>
+      <c r="AX56" s="75"/>
+      <c r="AY56" s="75"/>
+      <c r="AZ56" s="75"/>
+      <c r="BA56" s="75"/>
+      <c r="BB56" s="75"/>
+      <c r="BC56" s="75"/>
+      <c r="BD56" s="75"/>
+      <c r="BE56" s="75"/>
+      <c r="BF56" s="75"/>
+      <c r="BG56" s="75"/>
+      <c r="BH56" s="75"/>
+      <c r="BI56" s="75"/>
+      <c r="BJ56" s="75"/>
+      <c r="BK56" s="75"/>
+      <c r="BL56" s="75"/>
+      <c r="BM56" s="75"/>
+      <c r="BN56" s="75"/>
+      <c r="BO56" s="75"/>
+      <c r="BP56" s="75"/>
+      <c r="BQ56" s="75"/>
+      <c r="BR56" s="75"/>
+      <c r="BS56" s="75"/>
+      <c r="BT56" s="75"/>
+      <c r="BU56" s="75"/>
+      <c r="BV56" s="75"/>
+      <c r="BW56" s="75"/>
+      <c r="BX56" s="75"/>
     </row>
-    <row r="34" spans="1:76" s="47" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
-[...48 lines deleted...]
-      <c r="AX34" s="58"/>
+    <row r="57" spans="1:77" s="76" customFormat="1" ht="15.75">
+      <c r="A57" s="79"/>
+      <c r="B57" s="138"/>
+      <c r="C57" s="139"/>
+      <c r="D57" s="140"/>
+      <c r="E57" s="269" t="s">
+        <v>84</v>
+      </c>
+      <c r="F57" s="158"/>
+      <c r="G57" s="158"/>
+      <c r="H57" s="158"/>
+      <c r="I57" s="158"/>
+      <c r="J57" s="158"/>
+      <c r="K57" s="158"/>
+      <c r="L57" s="158"/>
+      <c r="M57" s="158"/>
+      <c r="N57" s="158"/>
+      <c r="O57" s="158"/>
+      <c r="P57" s="158"/>
+      <c r="Q57" s="158"/>
+      <c r="R57" s="159"/>
+      <c r="S57" s="158"/>
+      <c r="T57" s="158"/>
+      <c r="U57" s="158"/>
+      <c r="V57" s="158"/>
+      <c r="W57" s="158"/>
+      <c r="X57" s="158"/>
+      <c r="Y57" s="158"/>
+      <c r="Z57" s="158"/>
+      <c r="AA57" s="158"/>
+      <c r="AB57" s="158"/>
+      <c r="AC57" s="158"/>
+      <c r="AD57" s="158"/>
+      <c r="AE57" s="158"/>
+      <c r="AF57" s="158"/>
+      <c r="AG57" s="158"/>
+      <c r="AH57" s="158"/>
+      <c r="AI57" s="158"/>
+      <c r="AJ57" s="158"/>
+      <c r="AK57" s="160"/>
+      <c r="AL57" s="79"/>
+      <c r="AM57" s="80"/>
+      <c r="AN57" s="75"/>
+      <c r="AO57" s="75"/>
+      <c r="AP57" s="75"/>
+      <c r="AQ57" s="75"/>
+      <c r="AR57" s="75"/>
+      <c r="AS57" s="75"/>
+      <c r="AT57" s="75"/>
+      <c r="AU57" s="75"/>
+      <c r="AV57" s="75"/>
+      <c r="AW57" s="75"/>
+      <c r="AX57" s="75"/>
+      <c r="AY57" s="75"/>
+      <c r="AZ57" s="75"/>
+      <c r="BA57" s="75"/>
+      <c r="BB57" s="75"/>
+      <c r="BC57" s="75"/>
+      <c r="BD57" s="75"/>
+      <c r="BE57" s="75"/>
+      <c r="BF57" s="75"/>
+      <c r="BG57" s="75"/>
+      <c r="BH57" s="75"/>
+      <c r="BI57" s="75"/>
+      <c r="BJ57" s="75"/>
+      <c r="BK57" s="75"/>
+      <c r="BL57" s="75"/>
+      <c r="BM57" s="75"/>
+      <c r="BN57" s="75"/>
+      <c r="BO57" s="75"/>
+      <c r="BP57" s="75"/>
+      <c r="BQ57" s="75"/>
+      <c r="BR57" s="75"/>
+      <c r="BS57" s="75"/>
+      <c r="BT57" s="75"/>
+      <c r="BU57" s="75"/>
+      <c r="BV57" s="75"/>
+      <c r="BW57" s="75"/>
+      <c r="BX57" s="75"/>
     </row>
-    <row r="35" spans="1:76" s="47" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
-[...48 lines deleted...]
-      <c r="AX35" s="58"/>
+    <row r="58" spans="1:77" s="76" customFormat="1" ht="18.75">
+      <c r="A58" s="79"/>
+      <c r="B58" s="141"/>
+      <c r="C58" s="142"/>
+      <c r="D58" s="143"/>
+      <c r="E58" s="270" t="s">
+        <v>85</v>
+      </c>
+      <c r="F58" s="161"/>
+      <c r="G58" s="161"/>
+      <c r="H58" s="161"/>
+      <c r="I58" s="161"/>
+      <c r="J58" s="161"/>
+      <c r="K58" s="161"/>
+      <c r="L58" s="161"/>
+      <c r="M58" s="161"/>
+      <c r="N58" s="161"/>
+      <c r="O58" s="161"/>
+      <c r="P58" s="161"/>
+      <c r="Q58" s="161"/>
+      <c r="R58" s="161"/>
+      <c r="S58" s="161"/>
+      <c r="T58" s="161"/>
+      <c r="U58" s="161"/>
+      <c r="V58" s="161"/>
+      <c r="W58" s="161"/>
+      <c r="X58" s="161"/>
+      <c r="Y58" s="161"/>
+      <c r="Z58" s="161"/>
+      <c r="AA58" s="161"/>
+      <c r="AB58" s="161"/>
+      <c r="AC58" s="161"/>
+      <c r="AD58" s="161"/>
+      <c r="AE58" s="161"/>
+      <c r="AF58" s="161"/>
+      <c r="AG58" s="161"/>
+      <c r="AH58" s="161"/>
+      <c r="AI58" s="161"/>
+      <c r="AJ58" s="161"/>
+      <c r="AK58" s="162"/>
+      <c r="AL58" s="75"/>
+      <c r="AM58" s="75"/>
+      <c r="AN58" s="75"/>
+      <c r="AO58" s="75"/>
+      <c r="AP58" s="75"/>
+      <c r="AQ58" s="75"/>
+      <c r="AR58" s="75"/>
+      <c r="AS58" s="75"/>
+      <c r="AT58" s="75"/>
+      <c r="AU58" s="75"/>
+      <c r="AV58" s="75"/>
+      <c r="AW58" s="75"/>
+      <c r="AX58" s="75"/>
+      <c r="AY58" s="75"/>
+      <c r="AZ58" s="75"/>
+      <c r="BA58" s="75"/>
+      <c r="BB58" s="75"/>
+      <c r="BC58" s="75"/>
+      <c r="BD58" s="75"/>
+      <c r="BE58" s="75"/>
+      <c r="BF58" s="75"/>
+      <c r="BG58" s="75"/>
+      <c r="BH58" s="75"/>
+      <c r="BI58" s="75"/>
+      <c r="BJ58" s="75"/>
+      <c r="BK58" s="75"/>
+      <c r="BL58" s="75"/>
+      <c r="BM58" s="75"/>
+      <c r="BN58" s="75"/>
+      <c r="BO58" s="75"/>
+      <c r="BP58" s="75"/>
+      <c r="BQ58" s="75"/>
+      <c r="BR58" s="75"/>
+      <c r="BS58" s="75"/>
+      <c r="BT58" s="75"/>
+      <c r="BU58" s="75"/>
+      <c r="BV58" s="75"/>
     </row>
-    <row r="36" spans="1:76" s="61" customFormat="1" ht="8.1" customHeight="1" x14ac:dyDescent="0.4">
-[...46 lines deleted...]
-      <c r="AX36" s="58"/>
+    <row r="59" spans="1:77" s="76" customFormat="1" ht="3.95" customHeight="1">
+      <c r="A59" s="79"/>
+      <c r="B59" s="25"/>
+      <c r="C59" s="25"/>
+      <c r="D59" s="25"/>
+      <c r="E59" s="81"/>
+      <c r="F59" s="81"/>
+      <c r="G59" s="81"/>
+      <c r="H59" s="81"/>
+      <c r="I59" s="81"/>
+      <c r="J59" s="81"/>
+      <c r="K59" s="81"/>
+      <c r="L59" s="81"/>
+      <c r="M59" s="81"/>
+      <c r="N59" s="81"/>
+      <c r="O59" s="81"/>
+      <c r="P59" s="81"/>
+      <c r="Q59" s="81"/>
+      <c r="R59" s="81"/>
+      <c r="S59" s="81"/>
+      <c r="T59" s="25"/>
+      <c r="U59" s="25"/>
+      <c r="V59" s="25"/>
+      <c r="W59" s="81"/>
+      <c r="X59" s="82"/>
+      <c r="Y59" s="82"/>
+      <c r="Z59" s="82"/>
+      <c r="AA59" s="82"/>
+      <c r="AB59" s="82"/>
+      <c r="AC59" s="82"/>
+      <c r="AD59" s="82"/>
+      <c r="AE59" s="82"/>
+      <c r="AF59" s="82"/>
+      <c r="AG59" s="82"/>
+      <c r="AH59" s="82"/>
+      <c r="AI59" s="82"/>
+      <c r="AJ59" s="82"/>
+      <c r="AK59" s="82"/>
+      <c r="AL59" s="79"/>
+      <c r="AM59" s="80"/>
+      <c r="AN59" s="75"/>
+      <c r="AO59" s="75"/>
+      <c r="AP59" s="75"/>
+      <c r="AQ59" s="75"/>
+      <c r="AR59" s="75"/>
+      <c r="AS59" s="75"/>
+      <c r="AT59" s="75"/>
+      <c r="AU59" s="75"/>
+      <c r="AV59" s="75"/>
+      <c r="AW59" s="75"/>
+      <c r="AX59" s="75"/>
+      <c r="AY59" s="75"/>
+      <c r="AZ59" s="75"/>
+      <c r="BA59" s="75"/>
+      <c r="BB59" s="75"/>
+      <c r="BC59" s="75"/>
+      <c r="BD59" s="75"/>
+      <c r="BE59" s="75"/>
+      <c r="BF59" s="75"/>
+      <c r="BG59" s="75"/>
+      <c r="BH59" s="75"/>
+      <c r="BI59" s="75"/>
+      <c r="BJ59" s="75"/>
+      <c r="BK59" s="75"/>
+      <c r="BL59" s="75"/>
+      <c r="BM59" s="75"/>
+      <c r="BN59" s="75"/>
+      <c r="BO59" s="75"/>
+      <c r="BP59" s="75"/>
+      <c r="BQ59" s="75"/>
+      <c r="BR59" s="75"/>
+      <c r="BS59" s="75"/>
+      <c r="BT59" s="75"/>
+      <c r="BU59" s="75"/>
+      <c r="BV59" s="75"/>
+      <c r="BW59" s="75"/>
+      <c r="BX59" s="75"/>
     </row>
-    <row r="37" spans="1:76" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
-[...52 lines deleted...]
-      <c r="AV37" s="68"/>
+    <row r="60" spans="1:77" s="76" customFormat="1" ht="12">
+      <c r="A60" s="83"/>
+      <c r="B60" s="115" t="s">
+        <v>59</v>
+      </c>
+      <c r="C60" s="115"/>
+      <c r="D60" s="115"/>
+      <c r="E60" s="115"/>
+      <c r="F60" s="115"/>
+      <c r="G60" s="115"/>
+      <c r="H60" s="115"/>
+      <c r="I60" s="115"/>
+      <c r="J60" s="115"/>
+      <c r="K60" s="115"/>
+      <c r="L60" s="115"/>
+      <c r="M60" s="115"/>
+      <c r="N60" s="116"/>
+      <c r="O60" s="116"/>
+      <c r="P60" s="116"/>
+      <c r="Q60" s="116"/>
+      <c r="R60" s="116"/>
+      <c r="S60" s="116"/>
+      <c r="T60" s="116"/>
+      <c r="U60" s="116"/>
+      <c r="V60" s="116"/>
+      <c r="W60" s="116"/>
+      <c r="X60" s="116"/>
+      <c r="Y60" s="116"/>
+      <c r="Z60" s="116"/>
+      <c r="AA60" s="116"/>
+      <c r="AB60" s="116"/>
+      <c r="AC60" s="116"/>
+      <c r="AD60" s="116"/>
+      <c r="AE60" s="116"/>
+      <c r="AF60" s="116"/>
+      <c r="AG60" s="116"/>
+      <c r="AH60" s="116"/>
+      <c r="AI60" s="116"/>
+      <c r="AJ60" s="116"/>
+      <c r="AK60" s="116"/>
+      <c r="AL60" s="83"/>
+      <c r="AM60" s="5"/>
+      <c r="AZ60" s="75"/>
+      <c r="BA60" s="75"/>
+      <c r="BB60" s="75"/>
+      <c r="BC60" s="75"/>
+      <c r="BD60" s="75"/>
+      <c r="BE60" s="75"/>
+      <c r="BF60" s="75"/>
+      <c r="BG60" s="75"/>
+      <c r="BH60" s="75"/>
+      <c r="BI60" s="75"/>
+      <c r="BJ60" s="75"/>
+      <c r="BK60" s="75"/>
+      <c r="BL60" s="75"/>
+      <c r="BM60" s="75"/>
+      <c r="BN60" s="75"/>
+      <c r="BO60" s="75"/>
+      <c r="BP60" s="75"/>
+      <c r="BQ60" s="75"/>
+      <c r="BR60" s="75"/>
+      <c r="BS60" s="75"/>
+      <c r="BT60" s="75"/>
+      <c r="BU60" s="75"/>
+      <c r="BV60" s="75"/>
+      <c r="BW60" s="75"/>
+      <c r="BX60" s="75"/>
+      <c r="BY60" s="75"/>
     </row>
-    <row r="38" spans="1:76" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
-[...46 lines deleted...]
-      <c r="AV38" s="68"/>
+    <row r="61" spans="1:77">
+      <c r="B61" s="117" t="s">
+        <v>60</v>
+      </c>
+      <c r="C61" s="118"/>
+      <c r="D61" s="118"/>
+      <c r="E61" s="118"/>
+      <c r="F61" s="118"/>
+      <c r="G61" s="119"/>
+      <c r="H61" s="120" t="s">
+        <v>61</v>
+      </c>
+      <c r="I61" s="120"/>
+      <c r="J61" s="120"/>
+      <c r="K61" s="120"/>
+      <c r="L61" s="120"/>
+      <c r="M61" s="120"/>
+      <c r="N61" s="84"/>
+      <c r="O61" s="69"/>
+      <c r="P61" s="67"/>
+      <c r="Q61" s="67"/>
+      <c r="R61" s="67"/>
+      <c r="S61" s="67"/>
+      <c r="T61" s="67"/>
+      <c r="U61" s="67"/>
+      <c r="V61" s="67"/>
+      <c r="W61" s="67"/>
+      <c r="X61" s="67"/>
+      <c r="Y61" s="67"/>
+      <c r="Z61" s="67"/>
+      <c r="AA61" s="67"/>
+      <c r="AB61" s="67"/>
+      <c r="AC61" s="67"/>
+      <c r="AD61" s="67"/>
+      <c r="AE61" s="67"/>
+      <c r="AF61" s="67"/>
+      <c r="AG61" s="67"/>
+      <c r="AH61" s="67"/>
+      <c r="AI61" s="67"/>
+      <c r="AJ61" s="67"/>
+      <c r="AK61" s="67"/>
+      <c r="AL61" s="2"/>
+      <c r="AM61" s="2"/>
     </row>
-    <row r="39" spans="1:76" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
-[...1146 lines deleted...]
-      <c r="AM56" s="3"/>
+    <row r="62" spans="1:77" ht="37.5" customHeight="1">
+      <c r="B62" s="121"/>
+      <c r="C62" s="122"/>
+      <c r="D62" s="122"/>
+      <c r="E62" s="122"/>
+      <c r="F62" s="122"/>
+      <c r="G62" s="123"/>
+      <c r="H62" s="121"/>
+      <c r="I62" s="122"/>
+      <c r="J62" s="122"/>
+      <c r="K62" s="122"/>
+      <c r="L62" s="122"/>
+      <c r="M62" s="123"/>
+      <c r="N62" s="1"/>
+      <c r="O62" s="1"/>
+      <c r="AK62" s="2"/>
+      <c r="AL62" s="2"/>
+      <c r="AM62" s="2"/>
     </row>
   </sheetData>
-  <mergeCells count="95">
-[...36 lines deleted...]
-    <mergeCell ref="P17:Y18"/>
+  <mergeCells count="103">
+    <mergeCell ref="C28:R28"/>
+    <mergeCell ref="S28:AK28"/>
+    <mergeCell ref="S29:AK29"/>
+    <mergeCell ref="C31:AK31"/>
+    <mergeCell ref="C27:AK27"/>
+    <mergeCell ref="F7:AC7"/>
+    <mergeCell ref="AD7:AK7"/>
+    <mergeCell ref="F8:G8"/>
+    <mergeCell ref="H8:Q8"/>
+    <mergeCell ref="R8:S8"/>
+    <mergeCell ref="T8:AC8"/>
+    <mergeCell ref="AD8:AK9"/>
+    <mergeCell ref="F9:AC9"/>
+    <mergeCell ref="F10:G10"/>
+    <mergeCell ref="H10:Q10"/>
+    <mergeCell ref="R10:S10"/>
+    <mergeCell ref="T10:AC10"/>
+    <mergeCell ref="AD10:AK10"/>
+    <mergeCell ref="Z13:AK13"/>
+    <mergeCell ref="Z14:AK15"/>
+    <mergeCell ref="C15:O15"/>
+    <mergeCell ref="P15:Y15"/>
+    <mergeCell ref="C16:O17"/>
+    <mergeCell ref="P16:Y17"/>
+    <mergeCell ref="Z16:AK16"/>
+    <mergeCell ref="B1:AK2"/>
+    <mergeCell ref="B3:AK3"/>
+    <mergeCell ref="S4:AJ4"/>
+    <mergeCell ref="B5:AK5"/>
+    <mergeCell ref="C6:AK6"/>
+    <mergeCell ref="AH11:AH12"/>
+    <mergeCell ref="AI11:AI12"/>
+    <mergeCell ref="AJ11:AJ12"/>
+    <mergeCell ref="AK11:AK12"/>
+    <mergeCell ref="F12:G12"/>
+    <mergeCell ref="H12:Q12"/>
+    <mergeCell ref="R12:S12"/>
+    <mergeCell ref="T12:AC12"/>
+    <mergeCell ref="F11:AC11"/>
+    <mergeCell ref="AD11:AD12"/>
+    <mergeCell ref="AE11:AE12"/>
+    <mergeCell ref="AF11:AF12"/>
+    <mergeCell ref="AG11:AG12"/>
     <mergeCell ref="Z17:AK17"/>
-    <mergeCell ref="Z18:AK18"/>
-[...15 lines deleted...]
-    <mergeCell ref="C23:AK23"/>
+    <mergeCell ref="J13:N14"/>
+    <mergeCell ref="O13:O14"/>
+    <mergeCell ref="P13:R14"/>
+    <mergeCell ref="S13:S14"/>
+    <mergeCell ref="U13:W14"/>
+    <mergeCell ref="X13:X14"/>
+    <mergeCell ref="B33:AI33"/>
+    <mergeCell ref="C18:O18"/>
+    <mergeCell ref="P18:Y18"/>
+    <mergeCell ref="Z18:AK19"/>
+    <mergeCell ref="C19:G20"/>
+    <mergeCell ref="H19:O21"/>
+    <mergeCell ref="P19:Y21"/>
+    <mergeCell ref="Z20:AK21"/>
+    <mergeCell ref="C21:G21"/>
+    <mergeCell ref="C22:AK22"/>
+    <mergeCell ref="C23:T23"/>
+    <mergeCell ref="U23:AK23"/>
     <mergeCell ref="C24:T24"/>
     <mergeCell ref="U24:AK24"/>
-    <mergeCell ref="C25:T25"/>
-[...36 lines deleted...]
-    <mergeCell ref="H56:M56"/>
+    <mergeCell ref="C25:AK25"/>
+    <mergeCell ref="C26:AK26"/>
+    <mergeCell ref="C30:AK30"/>
+    <mergeCell ref="B53:D54"/>
+    <mergeCell ref="E57:AK57"/>
+    <mergeCell ref="E58:AK58"/>
+    <mergeCell ref="C34:AL34"/>
+    <mergeCell ref="C43:R43"/>
+    <mergeCell ref="S43:AA43"/>
+    <mergeCell ref="AB43:AK43"/>
+    <mergeCell ref="C44:R44"/>
+    <mergeCell ref="S44:AA44"/>
+    <mergeCell ref="AB44:AK44"/>
+    <mergeCell ref="C45:G45"/>
+    <mergeCell ref="H45:AK45"/>
+    <mergeCell ref="B60:AK60"/>
+    <mergeCell ref="B61:G61"/>
+    <mergeCell ref="H61:M61"/>
+    <mergeCell ref="B62:G62"/>
+    <mergeCell ref="H62:M62"/>
+    <mergeCell ref="C46:G47"/>
+    <mergeCell ref="H46:J46"/>
+    <mergeCell ref="K46:R46"/>
+    <mergeCell ref="S46:U46"/>
+    <mergeCell ref="V46:AK46"/>
+    <mergeCell ref="H47:J47"/>
+    <mergeCell ref="K47:R47"/>
+    <mergeCell ref="S47:U47"/>
+    <mergeCell ref="B55:D58"/>
+    <mergeCell ref="V47:AA47"/>
+    <mergeCell ref="AB47:AD47"/>
+    <mergeCell ref="AE47:AK47"/>
+    <mergeCell ref="C48:H48"/>
+    <mergeCell ref="I48:AK48"/>
+    <mergeCell ref="C49:AK49"/>
+    <mergeCell ref="B51:AK51"/>
+    <mergeCell ref="B52:O52"/>
+    <mergeCell ref="P52:AA52"/>
+    <mergeCell ref="AB52:AK52"/>
   </mergeCells>
   <phoneticPr fontId="3"/>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-[...2 lines deleted...]
-  <legacyDrawing r:id="rId3"/>
+  <hyperlinks>
+    <hyperlink ref="E58" r:id="rId1" xr:uid="{84E0333F-D957-4034-A4E1-B7112C2A61D6}"/>
+    <hyperlink ref="E54" r:id="rId2" xr:uid="{242E9340-3D78-4F43-B5DA-89A648E4C7D0}"/>
+    <hyperlink ref="P54" r:id="rId3" xr:uid="{F25DCBEB-1FF0-4C11-80BD-6AAAB3EC0CA4}"/>
+    <hyperlink ref="AB54" r:id="rId4" xr:uid="{3FA08F43-858E-4403-967E-C64BA9FB86A7}"/>
+  </hyperlinks>
+  <printOptions horizontalCentered="1"/>
+  <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="0.55118110236220474" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="73" orientation="portrait" cellComments="asDisplayed" r:id="rId5"/>
+  <drawing r:id="rId6"/>
+  <legacyDrawing r:id="rId7"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1025" r:id="rId4" name="Check Box 1">
+            <control shapeId="1025" r:id="rId8" name="Check Box 1">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>3</xdr:col>
                     <xdr:colOff>9525</xdr:colOff>
-                    <xdr:row>28</xdr:row>
+                    <xdr:row>34</xdr:row>
                     <xdr:rowOff>9525</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>11</xdr:col>
                     <xdr:colOff>171450</xdr:colOff>
-                    <xdr:row>28</xdr:row>
+                    <xdr:row>34</xdr:row>
                     <xdr:rowOff>371475</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1026" r:id="rId5" name="Check Box 2">
+            <control shapeId="1026" r:id="rId9" name="Check Box 2">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>3</xdr:col>
                     <xdr:colOff>9525</xdr:colOff>
-                    <xdr:row>28</xdr:row>
+                    <xdr:row>34</xdr:row>
                     <xdr:rowOff>400050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>11</xdr:col>
                     <xdr:colOff>171450</xdr:colOff>
-                    <xdr:row>28</xdr:row>
+                    <xdr:row>34</xdr:row>
                     <xdr:rowOff>762000</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1027" r:id="rId6" name="Check Box 3">
+            <control shapeId="1027" r:id="rId10" name="Check Box 3">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>15</xdr:col>
                     <xdr:colOff>9525</xdr:colOff>
-                    <xdr:row>28</xdr:row>
+                    <xdr:row>34</xdr:row>
                     <xdr:rowOff>9525</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>23</xdr:col>
                     <xdr:colOff>171450</xdr:colOff>
-                    <xdr:row>28</xdr:row>
+                    <xdr:row>34</xdr:row>
                     <xdr:rowOff>371475</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1028" r:id="rId7" name="Check Box 4">
+            <control shapeId="1028" r:id="rId11" name="Check Box 4">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>15</xdr:col>
                     <xdr:colOff>9525</xdr:colOff>
-                    <xdr:row>28</xdr:row>
+                    <xdr:row>34</xdr:row>
                     <xdr:rowOff>400050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>23</xdr:col>
                     <xdr:colOff>171450</xdr:colOff>
-                    <xdr:row>28</xdr:row>
+                    <xdr:row>34</xdr:row>
                     <xdr:rowOff>762000</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
+      <vt:lpstr>Sheet1!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>