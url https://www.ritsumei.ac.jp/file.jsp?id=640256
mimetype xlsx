--- v2 (2026-01-31)
+++ v3 (2026-03-18)
@@ -6,53 +6,53 @@
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp3.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp4.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="166925"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D7192A9D-210E-4FA5-926D-43404DFF1CA3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{90C6D93B-CE61-406C-9D75-5203460D772B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="4560" yWindow="510" windowWidth="23850" windowHeight="14760" xr2:uid="{D5262B9A-C1F8-408D-AE4B-702A79568B5E}"/>
+    <workbookView xWindow="2070" yWindow="1095" windowWidth="29100" windowHeight="14745" xr2:uid="{D5262B9A-C1F8-408D-AE4B-702A79568B5E}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$A$1:$AL$62</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
@@ -975,63 +975,50 @@
     <rPh sb="1" eb="2">
       <t>ホン</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>ガク</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>テンシュツ</t>
     </rPh>
     <rPh sb="7" eb="8">
       <t>サキ</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>無　・　有  ⇒有の場合は、下記へご連絡ください。</t>
     <rPh sb="14" eb="16">
       <t>カキ</t>
     </rPh>
     <rPh sb="18" eb="20">
       <t>レンラク</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
-    <t>大阪いばらきキャンパス　：　OICリサーチオフィス　綾城・山崎　   E-mail:o-yoyaku@st.ritsumei.ac.jp        TEL:072-665-2570</t>
-[...11 lines deleted...]
-  <si>
     <t xml:space="preserve">衣笠、朱雀キャンパス　：　衣笠リサーチオフィス　平田・野村　  </t>
     <rPh sb="13" eb="15">
       <t>キヌガサ</t>
     </rPh>
     <rPh sb="24" eb="26">
       <t>ヒラタ</t>
     </rPh>
     <rPh sb="27" eb="29">
       <t>ノムラ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t xml:space="preserve"> E-mail：hirata33@st.ritsumei.ac.jp(平田)/nomura-a@st.ritsumei.ac.jp(野村)</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t xml:space="preserve">                                                                                         </t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>TEL：075-465-8163 内線：511-2386（平田）/511-2817（野村）</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
@@ -1060,50 +1047,57 @@
     </rPh>
     <rPh sb="16" eb="18">
       <t>ブキョク</t>
     </rPh>
     <rPh sb="18" eb="19">
       <t>メイ</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>⑧2026年4月以降の本大学での職位</t>
     <rPh sb="16" eb="18">
       <t>ショクイ</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>科研費担当：研究費経理事務センター   TEL 077-561-5025（内線 515-6002、515-6028、515-6555）</t>
     <rPh sb="6" eb="9">
       <t>ケンキュウヒ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>r-kaken@st.ritsumei.ac.jp</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>大阪いばらきキャンパス　：　OICリサーチオフィス　松本　   E-mail:o-yoyaku@st.ritsumei.ac.jp        TEL:072-665-2570</t>
+    <rPh sb="26" eb="28">
+      <t>マツモト</t>
+    </rPh>
     <phoneticPr fontId="3"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="176" formatCode="0000000"/>
   </numFmts>
   <fonts count="44">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="MS UI Gothic"/>
       <family val="3"/>
       <charset val="128"/>
@@ -2100,523 +2094,523 @@
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="14" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="15" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="27" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="22" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="38" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="1" xfId="4" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="22" xfId="4" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="14" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="0" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="7" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="7" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="7" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="14" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="17" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="13" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="18" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="16" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="14" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="14" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="15" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="19" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="20" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="21" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="22" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="14" xfId="4" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="24" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="25" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="26" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" shrinkToFit="1"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="4" borderId="24" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="4" borderId="25" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="4" borderId="26" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="4" borderId="23" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="24" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="25" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="26" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="14" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="3" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="14" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="3" borderId="24" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="3" borderId="25" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="3" borderId="26" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="3" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="3" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...343 lines deleted...]
-      <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="ハイパーリンク" xfId="4" builtinId="8"/>
     <cellStyle name="標準" xfId="0" builtinId="0"/>
     <cellStyle name="標準_【帳票最終確認】e-Rad,登録申請書　転出・退職手続きに関するe-Rad・科研費状況確認書_研究部HP_" xfId="1" xr:uid="{38E6DF83-FD37-4114-8BA2-0FB5E13A541A}"/>
     <cellStyle name="標準_①新任・転入手続きに関するe-Rad・科研費状況確認書" xfId="2" xr:uid="{A6256EF2-DF14-45E6-8AF8-43FFBBC7BD0D}"/>
     <cellStyle name="標準_科研費状況確認書" xfId="3" xr:uid="{F78EE27E-2373-4D33-8ADA-CBB1A73BC50E}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
@@ -3981,1373 +3975,1373 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:b-kaken@st.ritsumei.ac.jp" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:db-krsc@st.ritsumei.ac.jp" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:r-kaken@st.ritsumei.ac.jp" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:o-apply@st.ritsumei.ac.jp" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A6575B41-BA6F-4285-A951-1385D927AC9E}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:BY62"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" topLeftCell="A47" zoomScale="130" zoomScaleNormal="100" zoomScaleSheetLayoutView="130" workbookViewId="0">
-      <selection activeCell="R62" sqref="R62"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" topLeftCell="A11" zoomScale="130" zoomScaleNormal="100" zoomScaleSheetLayoutView="130" workbookViewId="0">
+      <selection activeCell="C31" sqref="C31:AK31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="2.5" defaultRowHeight="13.5"/>
   <cols>
     <col min="1" max="1" width="1.25" style="1" customWidth="1"/>
     <col min="2" max="2" width="1.625" style="2" customWidth="1"/>
     <col min="3" max="3" width="3.125" style="2" customWidth="1"/>
     <col min="4" max="12" width="2.5" style="2"/>
     <col min="13" max="13" width="1.75" style="2" customWidth="1"/>
     <col min="14" max="14" width="6" style="2" customWidth="1"/>
     <col min="15" max="15" width="3.125" style="2" customWidth="1"/>
     <col min="16" max="16" width="2.5" style="2"/>
     <col min="17" max="17" width="2.25" style="2" customWidth="1"/>
     <col min="18" max="26" width="2.5" style="2"/>
     <col min="27" max="27" width="2.875" style="2" customWidth="1"/>
     <col min="28" max="29" width="2.5" style="2"/>
     <col min="30" max="36" width="3" style="2" customWidth="1"/>
     <col min="37" max="37" width="3" style="1" customWidth="1"/>
     <col min="38" max="39" width="2.5" style="1"/>
     <col min="40" max="16384" width="2.5" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:39" ht="12.75" customHeight="1">
-      <c r="B1" s="223" t="s">
+      <c r="B1" s="165" t="s">
         <v>0</v>
       </c>
-      <c r="C1" s="223"/>
-[...33 lines deleted...]
-      <c r="AK1" s="223"/>
+      <c r="C1" s="165"/>
+      <c r="D1" s="165"/>
+      <c r="E1" s="165"/>
+      <c r="F1" s="165"/>
+      <c r="G1" s="165"/>
+      <c r="H1" s="165"/>
+      <c r="I1" s="165"/>
+      <c r="J1" s="165"/>
+      <c r="K1" s="165"/>
+      <c r="L1" s="165"/>
+      <c r="M1" s="165"/>
+      <c r="N1" s="165"/>
+      <c r="O1" s="165"/>
+      <c r="P1" s="165"/>
+      <c r="Q1" s="165"/>
+      <c r="R1" s="165"/>
+      <c r="S1" s="165"/>
+      <c r="T1" s="165"/>
+      <c r="U1" s="165"/>
+      <c r="V1" s="165"/>
+      <c r="W1" s="165"/>
+      <c r="X1" s="165"/>
+      <c r="Y1" s="165"/>
+      <c r="Z1" s="165"/>
+      <c r="AA1" s="165"/>
+      <c r="AB1" s="165"/>
+      <c r="AC1" s="165"/>
+      <c r="AD1" s="165"/>
+      <c r="AE1" s="165"/>
+      <c r="AF1" s="165"/>
+      <c r="AG1" s="165"/>
+      <c r="AH1" s="165"/>
+      <c r="AI1" s="165"/>
+      <c r="AJ1" s="165"/>
+      <c r="AK1" s="165"/>
       <c r="AL1" s="3"/>
       <c r="AM1" s="3"/>
     </row>
     <row r="2" spans="1:39" ht="13.5" customHeight="1">
       <c r="A2" s="4"/>
-      <c r="B2" s="223"/>
-[...34 lines deleted...]
-      <c r="AK2" s="223"/>
+      <c r="B2" s="165"/>
+      <c r="C2" s="165"/>
+      <c r="D2" s="165"/>
+      <c r="E2" s="165"/>
+      <c r="F2" s="165"/>
+      <c r="G2" s="165"/>
+      <c r="H2" s="165"/>
+      <c r="I2" s="165"/>
+      <c r="J2" s="165"/>
+      <c r="K2" s="165"/>
+      <c r="L2" s="165"/>
+      <c r="M2" s="165"/>
+      <c r="N2" s="165"/>
+      <c r="O2" s="165"/>
+      <c r="P2" s="165"/>
+      <c r="Q2" s="165"/>
+      <c r="R2" s="165"/>
+      <c r="S2" s="165"/>
+      <c r="T2" s="165"/>
+      <c r="U2" s="165"/>
+      <c r="V2" s="165"/>
+      <c r="W2" s="165"/>
+      <c r="X2" s="165"/>
+      <c r="Y2" s="165"/>
+      <c r="Z2" s="165"/>
+      <c r="AA2" s="165"/>
+      <c r="AB2" s="165"/>
+      <c r="AC2" s="165"/>
+      <c r="AD2" s="165"/>
+      <c r="AE2" s="165"/>
+      <c r="AF2" s="165"/>
+      <c r="AG2" s="165"/>
+      <c r="AH2" s="165"/>
+      <c r="AI2" s="165"/>
+      <c r="AJ2" s="165"/>
+      <c r="AK2" s="165"/>
       <c r="AL2" s="3"/>
       <c r="AM2" s="3"/>
     </row>
     <row r="3" spans="1:39" ht="81" customHeight="1">
       <c r="A3" s="5"/>
-      <c r="B3" s="224" t="s">
+      <c r="B3" s="166" t="s">
         <v>70</v>
       </c>
-      <c r="C3" s="224"/>
-[...33 lines deleted...]
-      <c r="AK3" s="224"/>
+      <c r="C3" s="166"/>
+      <c r="D3" s="166"/>
+      <c r="E3" s="166"/>
+      <c r="F3" s="166"/>
+      <c r="G3" s="166"/>
+      <c r="H3" s="166"/>
+      <c r="I3" s="166"/>
+      <c r="J3" s="166"/>
+      <c r="K3" s="166"/>
+      <c r="L3" s="166"/>
+      <c r="M3" s="166"/>
+      <c r="N3" s="166"/>
+      <c r="O3" s="166"/>
+      <c r="P3" s="166"/>
+      <c r="Q3" s="166"/>
+      <c r="R3" s="166"/>
+      <c r="S3" s="166"/>
+      <c r="T3" s="166"/>
+      <c r="U3" s="166"/>
+      <c r="V3" s="166"/>
+      <c r="W3" s="166"/>
+      <c r="X3" s="166"/>
+      <c r="Y3" s="166"/>
+      <c r="Z3" s="166"/>
+      <c r="AA3" s="166"/>
+      <c r="AB3" s="166"/>
+      <c r="AC3" s="166"/>
+      <c r="AD3" s="166"/>
+      <c r="AE3" s="166"/>
+      <c r="AF3" s="166"/>
+      <c r="AG3" s="166"/>
+      <c r="AH3" s="166"/>
+      <c r="AI3" s="166"/>
+      <c r="AJ3" s="166"/>
+      <c r="AK3" s="166"/>
       <c r="AL3" s="6"/>
       <c r="AM3" s="6"/>
     </row>
     <row r="4" spans="1:39" ht="3.95" customHeight="1">
       <c r="A4" s="7"/>
       <c r="B4" s="7"/>
       <c r="C4" s="7"/>
       <c r="D4" s="7"/>
       <c r="E4" s="7"/>
       <c r="F4" s="7"/>
       <c r="G4" s="7"/>
       <c r="H4" s="7"/>
       <c r="I4" s="7"/>
       <c r="J4" s="7"/>
       <c r="K4" s="7"/>
       <c r="L4" s="7"/>
       <c r="M4" s="7"/>
       <c r="N4" s="7"/>
       <c r="O4" s="7"/>
       <c r="P4" s="7"/>
       <c r="Q4" s="7"/>
       <c r="R4" s="7"/>
-      <c r="S4" s="225"/>
-[...16 lines deleted...]
-      <c r="AJ4" s="225"/>
+      <c r="S4" s="167"/>
+      <c r="T4" s="167"/>
+      <c r="U4" s="167"/>
+      <c r="V4" s="167"/>
+      <c r="W4" s="167"/>
+      <c r="X4" s="167"/>
+      <c r="Y4" s="167"/>
+      <c r="Z4" s="167"/>
+      <c r="AA4" s="167"/>
+      <c r="AB4" s="167"/>
+      <c r="AC4" s="167"/>
+      <c r="AD4" s="167"/>
+      <c r="AE4" s="167"/>
+      <c r="AF4" s="167"/>
+      <c r="AG4" s="167"/>
+      <c r="AH4" s="167"/>
+      <c r="AI4" s="167"/>
+      <c r="AJ4" s="167"/>
       <c r="AK4" s="7"/>
     </row>
     <row r="5" spans="1:39" ht="14.25" customHeight="1">
       <c r="A5" s="7"/>
-      <c r="B5" s="226" t="s">
+      <c r="B5" s="168" t="s">
         <v>1</v>
       </c>
-      <c r="C5" s="226"/>
-[...33 lines deleted...]
-      <c r="AK5" s="226"/>
+      <c r="C5" s="168"/>
+      <c r="D5" s="168"/>
+      <c r="E5" s="168"/>
+      <c r="F5" s="168"/>
+      <c r="G5" s="168"/>
+      <c r="H5" s="168"/>
+      <c r="I5" s="168"/>
+      <c r="J5" s="168"/>
+      <c r="K5" s="168"/>
+      <c r="L5" s="168"/>
+      <c r="M5" s="168"/>
+      <c r="N5" s="168"/>
+      <c r="O5" s="168"/>
+      <c r="P5" s="168"/>
+      <c r="Q5" s="168"/>
+      <c r="R5" s="168"/>
+      <c r="S5" s="168"/>
+      <c r="T5" s="168"/>
+      <c r="U5" s="168"/>
+      <c r="V5" s="168"/>
+      <c r="W5" s="168"/>
+      <c r="X5" s="168"/>
+      <c r="Y5" s="168"/>
+      <c r="Z5" s="168"/>
+      <c r="AA5" s="168"/>
+      <c r="AB5" s="168"/>
+      <c r="AC5" s="168"/>
+      <c r="AD5" s="168"/>
+      <c r="AE5" s="168"/>
+      <c r="AF5" s="168"/>
+      <c r="AG5" s="168"/>
+      <c r="AH5" s="168"/>
+      <c r="AI5" s="168"/>
+      <c r="AJ5" s="168"/>
+      <c r="AK5" s="168"/>
     </row>
     <row r="6" spans="1:39" ht="27" customHeight="1">
       <c r="A6" s="7"/>
       <c r="B6" s="8"/>
-      <c r="C6" s="227" t="s">
+      <c r="C6" s="169" t="s">
         <v>71</v>
       </c>
-      <c r="D6" s="227"/>
-[...32 lines deleted...]
-      <c r="AK6" s="227"/>
+      <c r="D6" s="169"/>
+      <c r="E6" s="169"/>
+      <c r="F6" s="169"/>
+      <c r="G6" s="169"/>
+      <c r="H6" s="169"/>
+      <c r="I6" s="169"/>
+      <c r="J6" s="169"/>
+      <c r="K6" s="169"/>
+      <c r="L6" s="169"/>
+      <c r="M6" s="169"/>
+      <c r="N6" s="169"/>
+      <c r="O6" s="169"/>
+      <c r="P6" s="169"/>
+      <c r="Q6" s="169"/>
+      <c r="R6" s="169"/>
+      <c r="S6" s="169"/>
+      <c r="T6" s="169"/>
+      <c r="U6" s="169"/>
+      <c r="V6" s="169"/>
+      <c r="W6" s="169"/>
+      <c r="X6" s="169"/>
+      <c r="Y6" s="169"/>
+      <c r="Z6" s="169"/>
+      <c r="AA6" s="169"/>
+      <c r="AB6" s="169"/>
+      <c r="AC6" s="169"/>
+      <c r="AD6" s="169"/>
+      <c r="AE6" s="169"/>
+      <c r="AF6" s="169"/>
+      <c r="AG6" s="169"/>
+      <c r="AH6" s="169"/>
+      <c r="AI6" s="169"/>
+      <c r="AJ6" s="169"/>
+      <c r="AK6" s="169"/>
       <c r="AL6" s="9"/>
       <c r="AM6" s="9"/>
     </row>
     <row r="7" spans="1:39">
       <c r="B7" s="1"/>
       <c r="C7" s="10" t="s">
         <v>2</v>
       </c>
       <c r="D7" s="11"/>
       <c r="E7" s="11"/>
-      <c r="F7" s="213" t="s">
+      <c r="F7" s="130" t="s">
         <v>3</v>
       </c>
-      <c r="G7" s="213"/>
-[...22 lines deleted...]
-      <c r="AD7" s="212" t="s">
+      <c r="G7" s="130"/>
+      <c r="H7" s="130"/>
+      <c r="I7" s="130"/>
+      <c r="J7" s="130"/>
+      <c r="K7" s="130"/>
+      <c r="L7" s="130"/>
+      <c r="M7" s="130"/>
+      <c r="N7" s="130"/>
+      <c r="O7" s="130"/>
+      <c r="P7" s="130"/>
+      <c r="Q7" s="130"/>
+      <c r="R7" s="130"/>
+      <c r="S7" s="130"/>
+      <c r="T7" s="130"/>
+      <c r="U7" s="130"/>
+      <c r="V7" s="130"/>
+      <c r="W7" s="130"/>
+      <c r="X7" s="130"/>
+      <c r="Y7" s="130"/>
+      <c r="Z7" s="130"/>
+      <c r="AA7" s="130"/>
+      <c r="AB7" s="130"/>
+      <c r="AC7" s="131"/>
+      <c r="AD7" s="132" t="s">
         <v>4</v>
       </c>
-      <c r="AE7" s="213"/>
-[...5 lines deleted...]
-      <c r="AK7" s="214"/>
+      <c r="AE7" s="130"/>
+      <c r="AF7" s="130"/>
+      <c r="AG7" s="130"/>
+      <c r="AH7" s="130"/>
+      <c r="AI7" s="130"/>
+      <c r="AJ7" s="130"/>
+      <c r="AK7" s="131"/>
       <c r="AL7" s="2"/>
     </row>
     <row r="8" spans="1:39" ht="18" customHeight="1">
       <c r="B8" s="1"/>
       <c r="C8" s="12"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
-      <c r="F8" s="246" t="s">
+      <c r="F8" s="133" t="s">
         <v>5</v>
       </c>
-      <c r="G8" s="246"/>
-[...10 lines deleted...]
-      <c r="R8" s="248" t="s">
+      <c r="G8" s="133"/>
+      <c r="H8" s="134"/>
+      <c r="I8" s="134"/>
+      <c r="J8" s="134"/>
+      <c r="K8" s="134"/>
+      <c r="L8" s="134"/>
+      <c r="M8" s="134"/>
+      <c r="N8" s="134"/>
+      <c r="O8" s="134"/>
+      <c r="P8" s="134"/>
+      <c r="Q8" s="134"/>
+      <c r="R8" s="135" t="s">
         <v>6</v>
       </c>
-      <c r="S8" s="248"/>
-[...17 lines deleted...]
-      <c r="AK8" s="252"/>
+      <c r="S8" s="135"/>
+      <c r="T8" s="134"/>
+      <c r="U8" s="134"/>
+      <c r="V8" s="134"/>
+      <c r="W8" s="134"/>
+      <c r="X8" s="134"/>
+      <c r="Y8" s="134"/>
+      <c r="Z8" s="134"/>
+      <c r="AA8" s="134"/>
+      <c r="AB8" s="134"/>
+      <c r="AC8" s="136"/>
+      <c r="AD8" s="137"/>
+      <c r="AE8" s="138"/>
+      <c r="AF8" s="138"/>
+      <c r="AG8" s="138"/>
+      <c r="AH8" s="138"/>
+      <c r="AI8" s="138"/>
+      <c r="AJ8" s="138"/>
+      <c r="AK8" s="139"/>
     </row>
     <row r="9" spans="1:39" s="15" customFormat="1">
       <c r="A9" s="14"/>
       <c r="C9" s="16"/>
       <c r="D9" s="17"/>
       <c r="E9" s="17"/>
-      <c r="F9" s="235" t="s">
+      <c r="F9" s="140" t="s">
         <v>7</v>
       </c>
-      <c r="G9" s="235"/>
-[...29 lines deleted...]
-      <c r="AK9" s="252"/>
+      <c r="G9" s="140"/>
+      <c r="H9" s="140"/>
+      <c r="I9" s="140"/>
+      <c r="J9" s="140"/>
+      <c r="K9" s="140"/>
+      <c r="L9" s="140"/>
+      <c r="M9" s="140"/>
+      <c r="N9" s="140"/>
+      <c r="O9" s="140"/>
+      <c r="P9" s="140"/>
+      <c r="Q9" s="140"/>
+      <c r="R9" s="140"/>
+      <c r="S9" s="140"/>
+      <c r="T9" s="140"/>
+      <c r="U9" s="140"/>
+      <c r="V9" s="140"/>
+      <c r="W9" s="140"/>
+      <c r="X9" s="140"/>
+      <c r="Y9" s="140"/>
+      <c r="Z9" s="140"/>
+      <c r="AA9" s="140"/>
+      <c r="AB9" s="140"/>
+      <c r="AC9" s="141"/>
+      <c r="AD9" s="137"/>
+      <c r="AE9" s="138"/>
+      <c r="AF9" s="138"/>
+      <c r="AG9" s="138"/>
+      <c r="AH9" s="138"/>
+      <c r="AI9" s="138"/>
+      <c r="AJ9" s="138"/>
+      <c r="AK9" s="139"/>
       <c r="AM9" s="14"/>
     </row>
     <row r="10" spans="1:39" s="19" customFormat="1" ht="18" customHeight="1">
       <c r="A10" s="18"/>
       <c r="C10" s="20"/>
       <c r="D10" s="21"/>
       <c r="E10" s="21"/>
-      <c r="F10" s="246" t="s">
+      <c r="F10" s="133" t="s">
         <v>8</v>
       </c>
-      <c r="G10" s="246"/>
-[...10 lines deleted...]
-      <c r="R10" s="246" t="s">
+      <c r="G10" s="133"/>
+      <c r="H10" s="142"/>
+      <c r="I10" s="142"/>
+      <c r="J10" s="142"/>
+      <c r="K10" s="142"/>
+      <c r="L10" s="142"/>
+      <c r="M10" s="142"/>
+      <c r="N10" s="142"/>
+      <c r="O10" s="142"/>
+      <c r="P10" s="142"/>
+      <c r="Q10" s="142"/>
+      <c r="R10" s="133" t="s">
         <v>9</v>
       </c>
-      <c r="S10" s="246"/>
-[...10 lines deleted...]
-      <c r="AD10" s="255" t="s">
+      <c r="S10" s="133"/>
+      <c r="T10" s="142"/>
+      <c r="U10" s="142"/>
+      <c r="V10" s="142"/>
+      <c r="W10" s="142"/>
+      <c r="X10" s="142"/>
+      <c r="Y10" s="142"/>
+      <c r="Z10" s="142"/>
+      <c r="AA10" s="142"/>
+      <c r="AB10" s="142"/>
+      <c r="AC10" s="143"/>
+      <c r="AD10" s="144" t="s">
         <v>10</v>
       </c>
-      <c r="AE10" s="129"/>
-[...5 lines deleted...]
-      <c r="AK10" s="131"/>
+      <c r="AE10" s="145"/>
+      <c r="AF10" s="145"/>
+      <c r="AG10" s="145"/>
+      <c r="AH10" s="145"/>
+      <c r="AI10" s="145"/>
+      <c r="AJ10" s="145"/>
+      <c r="AK10" s="146"/>
       <c r="AM10" s="18"/>
     </row>
     <row r="11" spans="1:39" ht="13.5" customHeight="1">
       <c r="B11" s="1"/>
       <c r="C11" s="12"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
-      <c r="F11" s="235" t="s">
+      <c r="F11" s="140" t="s">
         <v>11</v>
       </c>
-      <c r="G11" s="235"/>
-[...29 lines deleted...]
-      <c r="AK11" s="230"/>
+      <c r="G11" s="140"/>
+      <c r="H11" s="140"/>
+      <c r="I11" s="140"/>
+      <c r="J11" s="140"/>
+      <c r="K11" s="140"/>
+      <c r="L11" s="140"/>
+      <c r="M11" s="140"/>
+      <c r="N11" s="140"/>
+      <c r="O11" s="140"/>
+      <c r="P11" s="140"/>
+      <c r="Q11" s="140"/>
+      <c r="R11" s="140"/>
+      <c r="S11" s="140"/>
+      <c r="T11" s="140"/>
+      <c r="U11" s="140"/>
+      <c r="V11" s="140"/>
+      <c r="W11" s="140"/>
+      <c r="X11" s="140"/>
+      <c r="Y11" s="140"/>
+      <c r="Z11" s="140"/>
+      <c r="AA11" s="140"/>
+      <c r="AB11" s="140"/>
+      <c r="AC11" s="141"/>
+      <c r="AD11" s="175"/>
+      <c r="AE11" s="170"/>
+      <c r="AF11" s="170"/>
+      <c r="AG11" s="170"/>
+      <c r="AH11" s="170"/>
+      <c r="AI11" s="170"/>
+      <c r="AJ11" s="170"/>
+      <c r="AK11" s="172"/>
       <c r="AL11" s="2"/>
     </row>
     <row r="12" spans="1:39" ht="18" customHeight="1">
       <c r="B12" s="1"/>
       <c r="C12" s="22"/>
       <c r="D12" s="23"/>
       <c r="E12" s="23"/>
-      <c r="F12" s="232" t="s">
+      <c r="F12" s="174" t="s">
         <v>12</v>
       </c>
-      <c r="G12" s="232"/>
-[...10 lines deleted...]
-      <c r="R12" s="232" t="s">
+      <c r="G12" s="174"/>
+      <c r="H12" s="160"/>
+      <c r="I12" s="160"/>
+      <c r="J12" s="160"/>
+      <c r="K12" s="160"/>
+      <c r="L12" s="160"/>
+      <c r="M12" s="160"/>
+      <c r="N12" s="160"/>
+      <c r="O12" s="160"/>
+      <c r="P12" s="160"/>
+      <c r="Q12" s="160"/>
+      <c r="R12" s="174" t="s">
         <v>13</v>
       </c>
-      <c r="S12" s="232"/>
-[...17 lines deleted...]
-      <c r="AK12" s="231"/>
+      <c r="S12" s="174"/>
+      <c r="T12" s="160"/>
+      <c r="U12" s="160"/>
+      <c r="V12" s="160"/>
+      <c r="W12" s="160"/>
+      <c r="X12" s="160"/>
+      <c r="Y12" s="160"/>
+      <c r="Z12" s="160"/>
+      <c r="AA12" s="160"/>
+      <c r="AB12" s="160"/>
+      <c r="AC12" s="161"/>
+      <c r="AD12" s="176"/>
+      <c r="AE12" s="171"/>
+      <c r="AF12" s="171"/>
+      <c r="AG12" s="171"/>
+      <c r="AH12" s="171"/>
+      <c r="AI12" s="171"/>
+      <c r="AJ12" s="171"/>
+      <c r="AK12" s="173"/>
       <c r="AL12" s="2"/>
     </row>
     <row r="13" spans="1:39" ht="13.5" customHeight="1">
       <c r="B13" s="1"/>
       <c r="C13" s="24" t="s">
         <v>14</v>
       </c>
       <c r="D13" s="25"/>
       <c r="E13" s="25"/>
       <c r="F13" s="26"/>
       <c r="G13" s="26"/>
       <c r="H13" s="27"/>
       <c r="I13" s="27"/>
       <c r="J13" s="180"/>
       <c r="K13" s="180"/>
       <c r="L13" s="180"/>
       <c r="M13" s="180"/>
       <c r="N13" s="180"/>
       <c r="O13" s="180" t="s">
         <v>15</v>
       </c>
       <c r="P13" s="180"/>
       <c r="Q13" s="180"/>
       <c r="R13" s="180"/>
       <c r="S13" s="180" t="s">
         <v>16</v>
       </c>
       <c r="T13" s="28"/>
       <c r="U13" s="180"/>
       <c r="V13" s="180"/>
       <c r="W13" s="180"/>
       <c r="X13" s="180" t="s">
         <v>17</v>
       </c>
       <c r="Y13" s="29"/>
-      <c r="Z13" s="256" t="s">
+      <c r="Z13" s="147" t="s">
         <v>18</v>
       </c>
-      <c r="AA13" s="257"/>
-[...9 lines deleted...]
-      <c r="AK13" s="258"/>
+      <c r="AA13" s="148"/>
+      <c r="AB13" s="148"/>
+      <c r="AC13" s="148"/>
+      <c r="AD13" s="148"/>
+      <c r="AE13" s="148"/>
+      <c r="AF13" s="148"/>
+      <c r="AG13" s="148"/>
+      <c r="AH13" s="148"/>
+      <c r="AI13" s="148"/>
+      <c r="AJ13" s="148"/>
+      <c r="AK13" s="149"/>
       <c r="AL13" s="2"/>
     </row>
     <row r="14" spans="1:39" ht="18" customHeight="1">
       <c r="B14" s="1"/>
       <c r="C14" s="12"/>
       <c r="D14" s="25"/>
       <c r="E14" s="25"/>
       <c r="F14" s="26"/>
       <c r="G14" s="26"/>
       <c r="H14" s="27"/>
       <c r="I14" s="27"/>
       <c r="J14" s="181"/>
       <c r="K14" s="181"/>
       <c r="L14" s="181"/>
       <c r="M14" s="181"/>
       <c r="N14" s="181"/>
       <c r="O14" s="181"/>
       <c r="P14" s="181"/>
       <c r="Q14" s="181"/>
       <c r="R14" s="181"/>
       <c r="S14" s="181"/>
       <c r="T14" s="30"/>
       <c r="U14" s="181"/>
       <c r="V14" s="181"/>
       <c r="W14" s="181"/>
       <c r="X14" s="181"/>
       <c r="Y14" s="31"/>
-      <c r="Z14" s="259" t="s">
+      <c r="Z14" s="150" t="s">
         <v>19</v>
       </c>
-      <c r="AA14" s="260"/>
-[...9 lines deleted...]
-      <c r="AK14" s="261"/>
+      <c r="AA14" s="151"/>
+      <c r="AB14" s="151"/>
+      <c r="AC14" s="151"/>
+      <c r="AD14" s="151"/>
+      <c r="AE14" s="151"/>
+      <c r="AF14" s="151"/>
+      <c r="AG14" s="151"/>
+      <c r="AH14" s="151"/>
+      <c r="AI14" s="151"/>
+      <c r="AJ14" s="151"/>
+      <c r="AK14" s="152"/>
       <c r="AL14" s="2"/>
     </row>
     <row r="15" spans="1:39" ht="13.5" customHeight="1">
       <c r="B15" s="1"/>
-      <c r="C15" s="212" t="s">
+      <c r="C15" s="132" t="s">
         <v>20</v>
       </c>
-      <c r="D15" s="213"/>
-[...11 lines deleted...]
-      <c r="P15" s="262" t="s">
+      <c r="D15" s="130"/>
+      <c r="E15" s="130"/>
+      <c r="F15" s="130"/>
+      <c r="G15" s="130"/>
+      <c r="H15" s="130"/>
+      <c r="I15" s="130"/>
+      <c r="J15" s="130"/>
+      <c r="K15" s="130"/>
+      <c r="L15" s="130"/>
+      <c r="M15" s="130"/>
+      <c r="N15" s="130"/>
+      <c r="O15" s="131"/>
+      <c r="P15" s="153" t="s">
         <v>21</v>
       </c>
-      <c r="Q15" s="263"/>
-[...19 lines deleted...]
-      <c r="AK15" s="261"/>
+      <c r="Q15" s="154"/>
+      <c r="R15" s="154"/>
+      <c r="S15" s="154"/>
+      <c r="T15" s="154"/>
+      <c r="U15" s="154"/>
+      <c r="V15" s="154"/>
+      <c r="W15" s="154"/>
+      <c r="X15" s="154"/>
+      <c r="Y15" s="155"/>
+      <c r="Z15" s="150"/>
+      <c r="AA15" s="151"/>
+      <c r="AB15" s="151"/>
+      <c r="AC15" s="151"/>
+      <c r="AD15" s="151"/>
+      <c r="AE15" s="151"/>
+      <c r="AF15" s="151"/>
+      <c r="AG15" s="151"/>
+      <c r="AH15" s="151"/>
+      <c r="AI15" s="151"/>
+      <c r="AJ15" s="151"/>
+      <c r="AK15" s="152"/>
       <c r="AL15" s="2"/>
       <c r="AM15" s="2"/>
     </row>
     <row r="16" spans="1:39" ht="13.5" customHeight="1">
       <c r="B16" s="1"/>
-      <c r="C16" s="265"/>
-[...22 lines deleted...]
-      <c r="Z16" s="220" t="s">
+      <c r="C16" s="156"/>
+      <c r="D16" s="157"/>
+      <c r="E16" s="157"/>
+      <c r="F16" s="157"/>
+      <c r="G16" s="157"/>
+      <c r="H16" s="157"/>
+      <c r="I16" s="157"/>
+      <c r="J16" s="157"/>
+      <c r="K16" s="157"/>
+      <c r="L16" s="157"/>
+      <c r="M16" s="157"/>
+      <c r="N16" s="157"/>
+      <c r="O16" s="158"/>
+      <c r="P16" s="156"/>
+      <c r="Q16" s="157"/>
+      <c r="R16" s="157"/>
+      <c r="S16" s="157"/>
+      <c r="T16" s="157"/>
+      <c r="U16" s="157"/>
+      <c r="V16" s="157"/>
+      <c r="W16" s="157"/>
+      <c r="X16" s="157"/>
+      <c r="Y16" s="158"/>
+      <c r="Z16" s="162" t="s">
         <v>22</v>
       </c>
-      <c r="AA16" s="221"/>
-[...9 lines deleted...]
-      <c r="AK16" s="222"/>
+      <c r="AA16" s="163"/>
+      <c r="AB16" s="163"/>
+      <c r="AC16" s="163"/>
+      <c r="AD16" s="163"/>
+      <c r="AE16" s="163"/>
+      <c r="AF16" s="163"/>
+      <c r="AG16" s="163"/>
+      <c r="AH16" s="163"/>
+      <c r="AI16" s="163"/>
+      <c r="AJ16" s="163"/>
+      <c r="AK16" s="164"/>
       <c r="AL16" s="2"/>
       <c r="AM16" s="2"/>
     </row>
     <row r="17" spans="2:39" ht="13.5" customHeight="1">
       <c r="B17" s="1"/>
-      <c r="C17" s="268"/>
-[...21 lines deleted...]
-      <c r="Y17" s="234"/>
+      <c r="C17" s="159"/>
+      <c r="D17" s="160"/>
+      <c r="E17" s="160"/>
+      <c r="F17" s="160"/>
+      <c r="G17" s="160"/>
+      <c r="H17" s="160"/>
+      <c r="I17" s="160"/>
+      <c r="J17" s="160"/>
+      <c r="K17" s="160"/>
+      <c r="L17" s="160"/>
+      <c r="M17" s="160"/>
+      <c r="N17" s="160"/>
+      <c r="O17" s="161"/>
+      <c r="P17" s="159"/>
+      <c r="Q17" s="160"/>
+      <c r="R17" s="160"/>
+      <c r="S17" s="160"/>
+      <c r="T17" s="160"/>
+      <c r="U17" s="160"/>
+      <c r="V17" s="160"/>
+      <c r="W17" s="160"/>
+      <c r="X17" s="160"/>
+      <c r="Y17" s="161"/>
       <c r="Z17" s="177" t="s">
         <v>23</v>
       </c>
       <c r="AA17" s="178"/>
       <c r="AB17" s="178"/>
       <c r="AC17" s="178"/>
       <c r="AD17" s="178"/>
       <c r="AE17" s="178"/>
       <c r="AF17" s="178"/>
       <c r="AG17" s="178"/>
       <c r="AH17" s="178"/>
       <c r="AI17" s="178"/>
       <c r="AJ17" s="178"/>
       <c r="AK17" s="179"/>
       <c r="AL17" s="2"/>
       <c r="AM17" s="2"/>
     </row>
     <row r="18" spans="2:39" ht="13.5" customHeight="1">
       <c r="B18" s="1"/>
-      <c r="C18" s="124" t="s">
+      <c r="C18" s="183" t="s">
+        <v>81</v>
+      </c>
+      <c r="D18" s="184"/>
+      <c r="E18" s="184"/>
+      <c r="F18" s="184"/>
+      <c r="G18" s="184"/>
+      <c r="H18" s="184"/>
+      <c r="I18" s="184"/>
+      <c r="J18" s="184"/>
+      <c r="K18" s="184"/>
+      <c r="L18" s="184"/>
+      <c r="M18" s="184"/>
+      <c r="N18" s="184"/>
+      <c r="O18" s="185"/>
+      <c r="P18" s="186" t="s">
         <v>82</v>
       </c>
-      <c r="D18" s="125"/>
-[...23 lines deleted...]
-      <c r="Z18" s="187" t="s">
+      <c r="Q18" s="187"/>
+      <c r="R18" s="187"/>
+      <c r="S18" s="187"/>
+      <c r="T18" s="187"/>
+      <c r="U18" s="187"/>
+      <c r="V18" s="187"/>
+      <c r="W18" s="187"/>
+      <c r="X18" s="187"/>
+      <c r="Y18" s="188"/>
+      <c r="Z18" s="189" t="s">
         <v>24</v>
       </c>
-      <c r="AA18" s="133"/>
-[...9 lines deleted...]
-      <c r="AK18" s="145"/>
+      <c r="AA18" s="190"/>
+      <c r="AB18" s="190"/>
+      <c r="AC18" s="190"/>
+      <c r="AD18" s="190"/>
+      <c r="AE18" s="190"/>
+      <c r="AF18" s="190"/>
+      <c r="AG18" s="190"/>
+      <c r="AH18" s="190"/>
+      <c r="AI18" s="190"/>
+      <c r="AJ18" s="190"/>
+      <c r="AK18" s="191"/>
       <c r="AL18" s="2"/>
       <c r="AM18" s="2"/>
     </row>
     <row r="19" spans="2:39" ht="6.95" customHeight="1">
       <c r="B19" s="1"/>
-      <c r="C19" s="188" t="s">
+      <c r="C19" s="192" t="s">
         <v>25</v>
       </c>
-      <c r="D19" s="189"/>
-[...32 lines deleted...]
-      <c r="AK19" s="145"/>
+      <c r="D19" s="193"/>
+      <c r="E19" s="193"/>
+      <c r="F19" s="193"/>
+      <c r="G19" s="193"/>
+      <c r="H19" s="194"/>
+      <c r="I19" s="194"/>
+      <c r="J19" s="194"/>
+      <c r="K19" s="194"/>
+      <c r="L19" s="194"/>
+      <c r="M19" s="194"/>
+      <c r="N19" s="194"/>
+      <c r="O19" s="195"/>
+      <c r="P19" s="198"/>
+      <c r="Q19" s="199"/>
+      <c r="R19" s="199"/>
+      <c r="S19" s="199"/>
+      <c r="T19" s="199"/>
+      <c r="U19" s="199"/>
+      <c r="V19" s="199"/>
+      <c r="W19" s="199"/>
+      <c r="X19" s="199"/>
+      <c r="Y19" s="200"/>
+      <c r="Z19" s="189"/>
+      <c r="AA19" s="190"/>
+      <c r="AB19" s="190"/>
+      <c r="AC19" s="190"/>
+      <c r="AD19" s="190"/>
+      <c r="AE19" s="190"/>
+      <c r="AF19" s="190"/>
+      <c r="AG19" s="190"/>
+      <c r="AH19" s="190"/>
+      <c r="AI19" s="190"/>
+      <c r="AJ19" s="190"/>
+      <c r="AK19" s="191"/>
       <c r="AL19" s="2"/>
       <c r="AM19" s="2"/>
     </row>
     <row r="20" spans="2:39" ht="6.95" customHeight="1">
       <c r="B20" s="1"/>
-      <c r="C20" s="188"/>
-[...22 lines deleted...]
-      <c r="Z20" s="187" t="s">
+      <c r="C20" s="192"/>
+      <c r="D20" s="193"/>
+      <c r="E20" s="193"/>
+      <c r="F20" s="193"/>
+      <c r="G20" s="193"/>
+      <c r="H20" s="194"/>
+      <c r="I20" s="194"/>
+      <c r="J20" s="194"/>
+      <c r="K20" s="194"/>
+      <c r="L20" s="194"/>
+      <c r="M20" s="194"/>
+      <c r="N20" s="194"/>
+      <c r="O20" s="195"/>
+      <c r="P20" s="198"/>
+      <c r="Q20" s="199"/>
+      <c r="R20" s="199"/>
+      <c r="S20" s="199"/>
+      <c r="T20" s="199"/>
+      <c r="U20" s="199"/>
+      <c r="V20" s="199"/>
+      <c r="W20" s="199"/>
+      <c r="X20" s="199"/>
+      <c r="Y20" s="200"/>
+      <c r="Z20" s="189" t="s">
         <v>26</v>
       </c>
-      <c r="AA20" s="133"/>
-[...9 lines deleted...]
-      <c r="AK20" s="145"/>
+      <c r="AA20" s="190"/>
+      <c r="AB20" s="190"/>
+      <c r="AC20" s="190"/>
+      <c r="AD20" s="190"/>
+      <c r="AE20" s="190"/>
+      <c r="AF20" s="190"/>
+      <c r="AG20" s="190"/>
+      <c r="AH20" s="190"/>
+      <c r="AI20" s="190"/>
+      <c r="AJ20" s="190"/>
+      <c r="AK20" s="191"/>
       <c r="AL20" s="2"/>
       <c r="AM20" s="2"/>
     </row>
     <row r="21" spans="2:39" ht="13.5" customHeight="1">
       <c r="B21" s="1"/>
-      <c r="C21" s="203" t="s">
+      <c r="C21" s="125" t="s">
         <v>27</v>
       </c>
-      <c r="D21" s="204"/>
-[...32 lines deleted...]
-      <c r="AK21" s="202"/>
+      <c r="D21" s="126"/>
+      <c r="E21" s="126"/>
+      <c r="F21" s="126"/>
+      <c r="G21" s="126"/>
+      <c r="H21" s="196"/>
+      <c r="I21" s="196"/>
+      <c r="J21" s="196"/>
+      <c r="K21" s="196"/>
+      <c r="L21" s="196"/>
+      <c r="M21" s="196"/>
+      <c r="N21" s="196"/>
+      <c r="O21" s="197"/>
+      <c r="P21" s="201"/>
+      <c r="Q21" s="202"/>
+      <c r="R21" s="202"/>
+      <c r="S21" s="202"/>
+      <c r="T21" s="202"/>
+      <c r="U21" s="202"/>
+      <c r="V21" s="202"/>
+      <c r="W21" s="202"/>
+      <c r="X21" s="202"/>
+      <c r="Y21" s="203"/>
+      <c r="Z21" s="204"/>
+      <c r="AA21" s="205"/>
+      <c r="AB21" s="205"/>
+      <c r="AC21" s="205"/>
+      <c r="AD21" s="205"/>
+      <c r="AE21" s="205"/>
+      <c r="AF21" s="205"/>
+      <c r="AG21" s="205"/>
+      <c r="AH21" s="205"/>
+      <c r="AI21" s="205"/>
+      <c r="AJ21" s="205"/>
+      <c r="AK21" s="206"/>
       <c r="AL21" s="2"/>
       <c r="AM21" s="2"/>
     </row>
     <row r="22" spans="2:39" ht="13.5" customHeight="1">
       <c r="B22" s="1"/>
-      <c r="C22" s="205" t="s">
+      <c r="C22" s="207" t="s">
         <v>28</v>
       </c>
-      <c r="D22" s="206"/>
-[...32 lines deleted...]
-      <c r="AK22" s="207"/>
+      <c r="D22" s="208"/>
+      <c r="E22" s="208"/>
+      <c r="F22" s="208"/>
+      <c r="G22" s="208"/>
+      <c r="H22" s="208"/>
+      <c r="I22" s="208"/>
+      <c r="J22" s="208"/>
+      <c r="K22" s="208"/>
+      <c r="L22" s="208"/>
+      <c r="M22" s="208"/>
+      <c r="N22" s="208"/>
+      <c r="O22" s="208"/>
+      <c r="P22" s="208"/>
+      <c r="Q22" s="208"/>
+      <c r="R22" s="208"/>
+      <c r="S22" s="208"/>
+      <c r="T22" s="208"/>
+      <c r="U22" s="208"/>
+      <c r="V22" s="208"/>
+      <c r="W22" s="208"/>
+      <c r="X22" s="208"/>
+      <c r="Y22" s="208"/>
+      <c r="Z22" s="208"/>
+      <c r="AA22" s="208"/>
+      <c r="AB22" s="208"/>
+      <c r="AC22" s="208"/>
+      <c r="AD22" s="208"/>
+      <c r="AE22" s="208"/>
+      <c r="AF22" s="208"/>
+      <c r="AG22" s="208"/>
+      <c r="AH22" s="208"/>
+      <c r="AI22" s="208"/>
+      <c r="AJ22" s="208"/>
+      <c r="AK22" s="209"/>
     </row>
     <row r="23" spans="2:39" ht="18" customHeight="1">
       <c r="B23" s="1"/>
-      <c r="C23" s="188" t="s">
+      <c r="C23" s="192" t="s">
         <v>29</v>
       </c>
-      <c r="D23" s="208"/>
-[...16 lines deleted...]
-      <c r="U23" s="188" t="s">
+      <c r="D23" s="210"/>
+      <c r="E23" s="210"/>
+      <c r="F23" s="210"/>
+      <c r="G23" s="210"/>
+      <c r="H23" s="210"/>
+      <c r="I23" s="210"/>
+      <c r="J23" s="210"/>
+      <c r="K23" s="210"/>
+      <c r="L23" s="210"/>
+      <c r="M23" s="210"/>
+      <c r="N23" s="210"/>
+      <c r="O23" s="210"/>
+      <c r="P23" s="210"/>
+      <c r="Q23" s="210"/>
+      <c r="R23" s="210"/>
+      <c r="S23" s="210"/>
+      <c r="T23" s="211"/>
+      <c r="U23" s="192" t="s">
         <v>30</v>
       </c>
-      <c r="V23" s="208"/>
-[...14 lines deleted...]
-      <c r="AK23" s="209"/>
+      <c r="V23" s="210"/>
+      <c r="W23" s="210"/>
+      <c r="X23" s="210"/>
+      <c r="Y23" s="210"/>
+      <c r="Z23" s="210"/>
+      <c r="AA23" s="210"/>
+      <c r="AB23" s="210"/>
+      <c r="AC23" s="210"/>
+      <c r="AD23" s="210"/>
+      <c r="AE23" s="210"/>
+      <c r="AF23" s="210"/>
+      <c r="AG23" s="210"/>
+      <c r="AH23" s="210"/>
+      <c r="AI23" s="210"/>
+      <c r="AJ23" s="210"/>
+      <c r="AK23" s="211"/>
     </row>
     <row r="24" spans="2:39" ht="18" customHeight="1">
       <c r="B24" s="1"/>
-      <c r="C24" s="210"/>
-[...33 lines deleted...]
-      <c r="AK24" s="211"/>
+      <c r="C24" s="212"/>
+      <c r="D24" s="212"/>
+      <c r="E24" s="212"/>
+      <c r="F24" s="212"/>
+      <c r="G24" s="212"/>
+      <c r="H24" s="212"/>
+      <c r="I24" s="212"/>
+      <c r="J24" s="212"/>
+      <c r="K24" s="212"/>
+      <c r="L24" s="212"/>
+      <c r="M24" s="212"/>
+      <c r="N24" s="212"/>
+      <c r="O24" s="212"/>
+      <c r="P24" s="212"/>
+      <c r="Q24" s="212"/>
+      <c r="R24" s="212"/>
+      <c r="S24" s="212"/>
+      <c r="T24" s="212"/>
+      <c r="U24" s="125"/>
+      <c r="V24" s="126"/>
+      <c r="W24" s="126"/>
+      <c r="X24" s="126"/>
+      <c r="Y24" s="126"/>
+      <c r="Z24" s="126"/>
+      <c r="AA24" s="126"/>
+      <c r="AB24" s="126"/>
+      <c r="AC24" s="126"/>
+      <c r="AD24" s="126"/>
+      <c r="AE24" s="126"/>
+      <c r="AF24" s="126"/>
+      <c r="AG24" s="126"/>
+      <c r="AH24" s="126"/>
+      <c r="AI24" s="126"/>
+      <c r="AJ24" s="126"/>
+      <c r="AK24" s="127"/>
     </row>
     <row r="25" spans="2:39" ht="13.5" customHeight="1">
       <c r="B25" s="1"/>
-      <c r="C25" s="212" t="s">
+      <c r="C25" s="132" t="s">
         <v>74</v>
       </c>
-      <c r="D25" s="213"/>
-[...32 lines deleted...]
-      <c r="AK25" s="214"/>
+      <c r="D25" s="130"/>
+      <c r="E25" s="130"/>
+      <c r="F25" s="130"/>
+      <c r="G25" s="130"/>
+      <c r="H25" s="130"/>
+      <c r="I25" s="130"/>
+      <c r="J25" s="130"/>
+      <c r="K25" s="130"/>
+      <c r="L25" s="130"/>
+      <c r="M25" s="130"/>
+      <c r="N25" s="130"/>
+      <c r="O25" s="130"/>
+      <c r="P25" s="130"/>
+      <c r="Q25" s="130"/>
+      <c r="R25" s="130"/>
+      <c r="S25" s="130"/>
+      <c r="T25" s="130"/>
+      <c r="U25" s="130"/>
+      <c r="V25" s="130"/>
+      <c r="W25" s="130"/>
+      <c r="X25" s="130"/>
+      <c r="Y25" s="130"/>
+      <c r="Z25" s="130"/>
+      <c r="AA25" s="130"/>
+      <c r="AB25" s="130"/>
+      <c r="AC25" s="130"/>
+      <c r="AD25" s="130"/>
+      <c r="AE25" s="130"/>
+      <c r="AF25" s="130"/>
+      <c r="AG25" s="130"/>
+      <c r="AH25" s="130"/>
+      <c r="AI25" s="130"/>
+      <c r="AJ25" s="130"/>
+      <c r="AK25" s="131"/>
     </row>
     <row r="26" spans="2:39" ht="18" customHeight="1">
       <c r="B26" s="1"/>
-      <c r="C26" s="215" t="s">
+      <c r="C26" s="117" t="s">
         <v>73</v>
       </c>
-      <c r="D26" s="216"/>
-[...32 lines deleted...]
-      <c r="AK26" s="217"/>
+      <c r="D26" s="119"/>
+      <c r="E26" s="119"/>
+      <c r="F26" s="119"/>
+      <c r="G26" s="119"/>
+      <c r="H26" s="119"/>
+      <c r="I26" s="119"/>
+      <c r="J26" s="119"/>
+      <c r="K26" s="119"/>
+      <c r="L26" s="119"/>
+      <c r="M26" s="119"/>
+      <c r="N26" s="119"/>
+      <c r="O26" s="119"/>
+      <c r="P26" s="119"/>
+      <c r="Q26" s="119"/>
+      <c r="R26" s="119"/>
+      <c r="S26" s="119"/>
+      <c r="T26" s="119"/>
+      <c r="U26" s="119"/>
+      <c r="V26" s="119"/>
+      <c r="W26" s="119"/>
+      <c r="X26" s="119"/>
+      <c r="Y26" s="119"/>
+      <c r="Z26" s="119"/>
+      <c r="AA26" s="119"/>
+      <c r="AB26" s="119"/>
+      <c r="AC26" s="119"/>
+      <c r="AD26" s="119"/>
+      <c r="AE26" s="119"/>
+      <c r="AF26" s="119"/>
+      <c r="AG26" s="119"/>
+      <c r="AH26" s="119"/>
+      <c r="AI26" s="119"/>
+      <c r="AJ26" s="119"/>
+      <c r="AK26" s="129"/>
     </row>
     <row r="27" spans="2:39" ht="18" customHeight="1">
       <c r="B27" s="1"/>
-      <c r="C27" s="245" t="s">
+      <c r="C27" s="128" t="s">
         <v>75</v>
       </c>
-      <c r="D27" s="216"/>
-[...32 lines deleted...]
-      <c r="AK27" s="217"/>
+      <c r="D27" s="119"/>
+      <c r="E27" s="119"/>
+      <c r="F27" s="119"/>
+      <c r="G27" s="119"/>
+      <c r="H27" s="119"/>
+      <c r="I27" s="119"/>
+      <c r="J27" s="119"/>
+      <c r="K27" s="119"/>
+      <c r="L27" s="119"/>
+      <c r="M27" s="119"/>
+      <c r="N27" s="119"/>
+      <c r="O27" s="119"/>
+      <c r="P27" s="119"/>
+      <c r="Q27" s="119"/>
+      <c r="R27" s="119"/>
+      <c r="S27" s="119"/>
+      <c r="T27" s="119"/>
+      <c r="U27" s="119"/>
+      <c r="V27" s="119"/>
+      <c r="W27" s="119"/>
+      <c r="X27" s="119"/>
+      <c r="Y27" s="119"/>
+      <c r="Z27" s="119"/>
+      <c r="AA27" s="119"/>
+      <c r="AB27" s="119"/>
+      <c r="AC27" s="119"/>
+      <c r="AD27" s="119"/>
+      <c r="AE27" s="119"/>
+      <c r="AF27" s="119"/>
+      <c r="AG27" s="119"/>
+      <c r="AH27" s="119"/>
+      <c r="AI27" s="119"/>
+      <c r="AJ27" s="119"/>
+      <c r="AK27" s="129"/>
     </row>
     <row r="28" spans="2:39" ht="18" customHeight="1">
       <c r="B28" s="1"/>
-      <c r="C28" s="215" t="s">
+      <c r="C28" s="117" t="s">
+        <v>76</v>
+      </c>
+      <c r="D28" s="118"/>
+      <c r="E28" s="118"/>
+      <c r="F28" s="118"/>
+      <c r="G28" s="118"/>
+      <c r="H28" s="118"/>
+      <c r="I28" s="118"/>
+      <c r="J28" s="118"/>
+      <c r="K28" s="118"/>
+      <c r="L28" s="118"/>
+      <c r="M28" s="118"/>
+      <c r="N28" s="118"/>
+      <c r="O28" s="118"/>
+      <c r="P28" s="118"/>
+      <c r="Q28" s="118"/>
+      <c r="R28" s="118"/>
+      <c r="S28" s="119" t="s">
         <v>77</v>
       </c>
-      <c r="D28" s="239"/>
-[...34 lines deleted...]
-      <c r="AK28" s="241"/>
+      <c r="T28" s="120"/>
+      <c r="U28" s="120"/>
+      <c r="V28" s="120"/>
+      <c r="W28" s="120"/>
+      <c r="X28" s="120"/>
+      <c r="Y28" s="120"/>
+      <c r="Z28" s="120"/>
+      <c r="AA28" s="120"/>
+      <c r="AB28" s="120"/>
+      <c r="AC28" s="120"/>
+      <c r="AD28" s="120"/>
+      <c r="AE28" s="120"/>
+      <c r="AF28" s="120"/>
+      <c r="AG28" s="120"/>
+      <c r="AH28" s="120"/>
+      <c r="AI28" s="120"/>
+      <c r="AJ28" s="120"/>
+      <c r="AK28" s="121"/>
     </row>
     <row r="29" spans="2:39" ht="18" customHeight="1">
       <c r="B29" s="1"/>
       <c r="C29" s="113" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="D29" s="114"/>
       <c r="E29" s="114"/>
       <c r="F29" s="114"/>
       <c r="G29" s="114"/>
       <c r="H29" s="114"/>
       <c r="I29" s="114"/>
       <c r="J29" s="114"/>
       <c r="K29" s="114"/>
       <c r="L29" s="114"/>
       <c r="M29" s="114"/>
       <c r="N29" s="114"/>
       <c r="O29" s="114"/>
       <c r="P29" s="114"/>
       <c r="Q29" s="114"/>
       <c r="R29" s="114"/>
-      <c r="S29" s="242" t="s">
-[...19 lines deleted...]
-      <c r="AK29" s="244"/>
+      <c r="S29" s="122" t="s">
+        <v>79</v>
+      </c>
+      <c r="T29" s="123"/>
+      <c r="U29" s="123"/>
+      <c r="V29" s="123"/>
+      <c r="W29" s="123"/>
+      <c r="X29" s="123"/>
+      <c r="Y29" s="123"/>
+      <c r="Z29" s="123"/>
+      <c r="AA29" s="123"/>
+      <c r="AB29" s="123"/>
+      <c r="AC29" s="123"/>
+      <c r="AD29" s="123"/>
+      <c r="AE29" s="123"/>
+      <c r="AF29" s="123"/>
+      <c r="AG29" s="123"/>
+      <c r="AH29" s="123"/>
+      <c r="AI29" s="123"/>
+      <c r="AJ29" s="123"/>
+      <c r="AK29" s="124"/>
     </row>
     <row r="30" spans="2:39" ht="18" customHeight="1">
       <c r="B30" s="1"/>
-      <c r="C30" s="215" t="s">
-[...35 lines deleted...]
-      <c r="AK30" s="219"/>
+      <c r="C30" s="117" t="s">
+        <v>80</v>
+      </c>
+      <c r="D30" s="213"/>
+      <c r="E30" s="213"/>
+      <c r="F30" s="213"/>
+      <c r="G30" s="213"/>
+      <c r="H30" s="213"/>
+      <c r="I30" s="213"/>
+      <c r="J30" s="213"/>
+      <c r="K30" s="213"/>
+      <c r="L30" s="213"/>
+      <c r="M30" s="213"/>
+      <c r="N30" s="213"/>
+      <c r="O30" s="213"/>
+      <c r="P30" s="213"/>
+      <c r="Q30" s="213"/>
+      <c r="R30" s="213"/>
+      <c r="S30" s="213"/>
+      <c r="T30" s="213"/>
+      <c r="U30" s="213"/>
+      <c r="V30" s="213"/>
+      <c r="W30" s="213"/>
+      <c r="X30" s="213"/>
+      <c r="Y30" s="213"/>
+      <c r="Z30" s="213"/>
+      <c r="AA30" s="213"/>
+      <c r="AB30" s="213"/>
+      <c r="AC30" s="213"/>
+      <c r="AD30" s="213"/>
+      <c r="AE30" s="213"/>
+      <c r="AF30" s="213"/>
+      <c r="AG30" s="213"/>
+      <c r="AH30" s="213"/>
+      <c r="AI30" s="213"/>
+      <c r="AJ30" s="213"/>
+      <c r="AK30" s="214"/>
     </row>
     <row r="31" spans="2:39" ht="18" customHeight="1">
       <c r="B31" s="1"/>
-      <c r="C31" s="203" t="s">
-[...35 lines deleted...]
-      <c r="AK31" s="211"/>
+      <c r="C31" s="125" t="s">
+        <v>85</v>
+      </c>
+      <c r="D31" s="126"/>
+      <c r="E31" s="126"/>
+      <c r="F31" s="126"/>
+      <c r="G31" s="126"/>
+      <c r="H31" s="126"/>
+      <c r="I31" s="126"/>
+      <c r="J31" s="126"/>
+      <c r="K31" s="126"/>
+      <c r="L31" s="126"/>
+      <c r="M31" s="126"/>
+      <c r="N31" s="126"/>
+      <c r="O31" s="126"/>
+      <c r="P31" s="126"/>
+      <c r="Q31" s="126"/>
+      <c r="R31" s="126"/>
+      <c r="S31" s="126"/>
+      <c r="T31" s="126"/>
+      <c r="U31" s="126"/>
+      <c r="V31" s="126"/>
+      <c r="W31" s="126"/>
+      <c r="X31" s="126"/>
+      <c r="Y31" s="126"/>
+      <c r="Z31" s="126"/>
+      <c r="AA31" s="126"/>
+      <c r="AB31" s="126"/>
+      <c r="AC31" s="126"/>
+      <c r="AD31" s="126"/>
+      <c r="AE31" s="126"/>
+      <c r="AF31" s="126"/>
+      <c r="AG31" s="126"/>
+      <c r="AH31" s="126"/>
+      <c r="AI31" s="126"/>
+      <c r="AJ31" s="126"/>
+      <c r="AK31" s="127"/>
     </row>
     <row r="32" spans="2:39" ht="15.75" customHeight="1">
       <c r="B32" s="1"/>
       <c r="C32" s="32"/>
       <c r="D32" s="32"/>
       <c r="E32" s="32"/>
       <c r="F32" s="32"/>
       <c r="G32" s="32"/>
       <c r="H32" s="32"/>
       <c r="I32" s="32"/>
       <c r="J32" s="32"/>
       <c r="K32" s="33"/>
       <c r="L32" s="33"/>
       <c r="M32" s="33"/>
       <c r="N32" s="33"/>
       <c r="O32" s="33"/>
       <c r="P32" s="33"/>
       <c r="Q32" s="33"/>
       <c r="R32" s="33"/>
       <c r="S32" s="33"/>
       <c r="T32" s="33"/>
       <c r="U32" s="33"/>
       <c r="V32" s="33"/>
       <c r="W32" s="33"/>
       <c r="X32" s="33"/>
@@ -5392,88 +5386,88 @@
       <c r="X33" s="182"/>
       <c r="Y33" s="182"/>
       <c r="Z33" s="182"/>
       <c r="AA33" s="182"/>
       <c r="AB33" s="182"/>
       <c r="AC33" s="182"/>
       <c r="AD33" s="182"/>
       <c r="AE33" s="182"/>
       <c r="AF33" s="182"/>
       <c r="AG33" s="182"/>
       <c r="AH33" s="182"/>
       <c r="AI33" s="182"/>
       <c r="AN33" s="2"/>
       <c r="AO33" s="2"/>
       <c r="AP33" s="2"/>
       <c r="AQ33" s="2"/>
       <c r="AR33" s="2"/>
       <c r="AS33" s="2"/>
       <c r="AT33" s="2"/>
       <c r="AU33" s="2"/>
       <c r="AV33" s="2"/>
       <c r="AW33" s="2"/>
     </row>
     <row r="34" spans="2:51" s="35" customFormat="1" ht="27.75" customHeight="1">
       <c r="B34" s="36"/>
-      <c r="C34" s="163" t="s">
+      <c r="C34" s="228" t="s">
         <v>72</v>
       </c>
-      <c r="D34" s="164"/>
-[...33 lines deleted...]
-      <c r="AL34" s="164"/>
+      <c r="D34" s="229"/>
+      <c r="E34" s="229"/>
+      <c r="F34" s="229"/>
+      <c r="G34" s="229"/>
+      <c r="H34" s="229"/>
+      <c r="I34" s="229"/>
+      <c r="J34" s="229"/>
+      <c r="K34" s="229"/>
+      <c r="L34" s="229"/>
+      <c r="M34" s="229"/>
+      <c r="N34" s="229"/>
+      <c r="O34" s="229"/>
+      <c r="P34" s="229"/>
+      <c r="Q34" s="229"/>
+      <c r="R34" s="229"/>
+      <c r="S34" s="229"/>
+      <c r="T34" s="229"/>
+      <c r="U34" s="229"/>
+      <c r="V34" s="229"/>
+      <c r="W34" s="229"/>
+      <c r="X34" s="229"/>
+      <c r="Y34" s="229"/>
+      <c r="Z34" s="229"/>
+      <c r="AA34" s="229"/>
+      <c r="AB34" s="229"/>
+      <c r="AC34" s="229"/>
+      <c r="AD34" s="229"/>
+      <c r="AE34" s="229"/>
+      <c r="AF34" s="229"/>
+      <c r="AG34" s="229"/>
+      <c r="AH34" s="229"/>
+      <c r="AI34" s="229"/>
+      <c r="AJ34" s="229"/>
+      <c r="AK34" s="229"/>
+      <c r="AL34" s="229"/>
       <c r="AN34" s="2"/>
       <c r="AO34" s="2"/>
       <c r="AP34" s="2"/>
       <c r="AQ34" s="2"/>
       <c r="AR34" s="2"/>
       <c r="AS34" s="2"/>
       <c r="AT34" s="2"/>
       <c r="AU34" s="2"/>
       <c r="AV34" s="2"/>
       <c r="AW34" s="2"/>
     </row>
     <row r="35" spans="2:51" s="35" customFormat="1" ht="60.75" customHeight="1">
       <c r="B35" s="37"/>
       <c r="C35" s="38" t="s">
         <v>32</v>
       </c>
       <c r="D35" s="39"/>
       <c r="E35" s="39"/>
       <c r="F35" s="39"/>
       <c r="G35" s="39"/>
       <c r="H35" s="39"/>
       <c r="I35" s="39"/>
       <c r="J35" s="39"/>
       <c r="K35" s="39"/>
       <c r="L35" s="39"/>
@@ -5837,600 +5831,600 @@
       <c r="AA42" s="64"/>
       <c r="AB42" s="64"/>
       <c r="AC42" s="64"/>
       <c r="AD42" s="64"/>
       <c r="AE42" s="64"/>
       <c r="AF42" s="64"/>
       <c r="AG42" s="64"/>
       <c r="AH42" s="64"/>
       <c r="AI42" s="64"/>
       <c r="AJ42" s="64"/>
       <c r="AK42" s="65"/>
       <c r="AN42" s="57"/>
       <c r="AO42" s="57"/>
       <c r="AP42" s="57"/>
       <c r="AQ42" s="57"/>
       <c r="AR42" s="57"/>
       <c r="AS42" s="57"/>
       <c r="AT42" s="57"/>
       <c r="AU42" s="57"/>
       <c r="AV42" s="57"/>
       <c r="AW42" s="57"/>
       <c r="AX42" s="57"/>
     </row>
     <row r="43" spans="2:51" ht="13.5" customHeight="1">
       <c r="B43" s="1"/>
-      <c r="C43" s="165" t="s">
+      <c r="C43" s="230" t="s">
         <v>39</v>
       </c>
-      <c r="D43" s="166"/>
-[...14 lines deleted...]
-      <c r="S43" s="168" t="s">
+      <c r="D43" s="231"/>
+      <c r="E43" s="231"/>
+      <c r="F43" s="231"/>
+      <c r="G43" s="231"/>
+      <c r="H43" s="231"/>
+      <c r="I43" s="231"/>
+      <c r="J43" s="231"/>
+      <c r="K43" s="231"/>
+      <c r="L43" s="231"/>
+      <c r="M43" s="231"/>
+      <c r="N43" s="231"/>
+      <c r="O43" s="231"/>
+      <c r="P43" s="231"/>
+      <c r="Q43" s="231"/>
+      <c r="R43" s="232"/>
+      <c r="S43" s="233" t="s">
         <v>40</v>
       </c>
-      <c r="T43" s="128"/>
-[...7 lines deleted...]
-      <c r="AB43" s="168" t="s">
+      <c r="T43" s="234"/>
+      <c r="U43" s="234"/>
+      <c r="V43" s="234"/>
+      <c r="W43" s="234"/>
+      <c r="X43" s="234"/>
+      <c r="Y43" s="234"/>
+      <c r="Z43" s="234"/>
+      <c r="AA43" s="235"/>
+      <c r="AB43" s="233" t="s">
         <v>41</v>
       </c>
-      <c r="AC43" s="128"/>
-[...7 lines deleted...]
-      <c r="AK43" s="169"/>
+      <c r="AC43" s="234"/>
+      <c r="AD43" s="234"/>
+      <c r="AE43" s="234"/>
+      <c r="AF43" s="234"/>
+      <c r="AG43" s="234"/>
+      <c r="AH43" s="234"/>
+      <c r="AI43" s="234"/>
+      <c r="AJ43" s="234"/>
+      <c r="AK43" s="235"/>
       <c r="AL43" s="66"/>
       <c r="AM43" s="66"/>
       <c r="AN43" s="67"/>
       <c r="AO43" s="67"/>
       <c r="AP43" s="67"/>
       <c r="AQ43" s="67"/>
       <c r="AR43" s="67"/>
       <c r="AS43" s="67"/>
       <c r="AT43" s="67"/>
       <c r="AU43" s="67"/>
       <c r="AV43" s="67"/>
     </row>
     <row r="44" spans="2:51" ht="13.5" customHeight="1">
       <c r="B44" s="1"/>
-      <c r="C44" s="170"/>
-[...33 lines deleted...]
-      <c r="AK44" s="172"/>
+      <c r="C44" s="236"/>
+      <c r="D44" s="237"/>
+      <c r="E44" s="237"/>
+      <c r="F44" s="237"/>
+      <c r="G44" s="237"/>
+      <c r="H44" s="237"/>
+      <c r="I44" s="237"/>
+      <c r="J44" s="237"/>
+      <c r="K44" s="237"/>
+      <c r="L44" s="237"/>
+      <c r="M44" s="237"/>
+      <c r="N44" s="237"/>
+      <c r="O44" s="237"/>
+      <c r="P44" s="237"/>
+      <c r="Q44" s="237"/>
+      <c r="R44" s="238"/>
+      <c r="S44" s="236"/>
+      <c r="T44" s="237"/>
+      <c r="U44" s="237"/>
+      <c r="V44" s="237"/>
+      <c r="W44" s="237"/>
+      <c r="X44" s="237"/>
+      <c r="Y44" s="237"/>
+      <c r="Z44" s="237"/>
+      <c r="AA44" s="238"/>
+      <c r="AB44" s="236"/>
+      <c r="AC44" s="237"/>
+      <c r="AD44" s="237"/>
+      <c r="AE44" s="237"/>
+      <c r="AF44" s="237"/>
+      <c r="AG44" s="237"/>
+      <c r="AH44" s="237"/>
+      <c r="AI44" s="237"/>
+      <c r="AJ44" s="237"/>
+      <c r="AK44" s="238"/>
       <c r="AL44" s="66"/>
       <c r="AM44" s="66"/>
       <c r="AN44" s="67"/>
       <c r="AO44" s="67"/>
       <c r="AP44" s="67"/>
       <c r="AQ44" s="67"/>
       <c r="AR44" s="67"/>
       <c r="AS44" s="67"/>
       <c r="AT44" s="67"/>
       <c r="AU44" s="67"/>
       <c r="AV44" s="67"/>
     </row>
     <row r="45" spans="2:51" ht="13.5" customHeight="1">
       <c r="B45" s="1"/>
-      <c r="C45" s="173" t="s">
+      <c r="C45" s="239" t="s">
         <v>42</v>
       </c>
-      <c r="D45" s="174"/>
-[...32 lines deleted...]
-      <c r="AK45" s="176"/>
+      <c r="D45" s="240"/>
+      <c r="E45" s="240"/>
+      <c r="F45" s="240"/>
+      <c r="G45" s="240"/>
+      <c r="H45" s="241"/>
+      <c r="I45" s="241"/>
+      <c r="J45" s="241"/>
+      <c r="K45" s="241"/>
+      <c r="L45" s="241"/>
+      <c r="M45" s="241"/>
+      <c r="N45" s="241"/>
+      <c r="O45" s="241"/>
+      <c r="P45" s="241"/>
+      <c r="Q45" s="241"/>
+      <c r="R45" s="241"/>
+      <c r="S45" s="241"/>
+      <c r="T45" s="241"/>
+      <c r="U45" s="241"/>
+      <c r="V45" s="241"/>
+      <c r="W45" s="241"/>
+      <c r="X45" s="241"/>
+      <c r="Y45" s="241"/>
+      <c r="Z45" s="241"/>
+      <c r="AA45" s="241"/>
+      <c r="AB45" s="241"/>
+      <c r="AC45" s="241"/>
+      <c r="AD45" s="241"/>
+      <c r="AE45" s="241"/>
+      <c r="AF45" s="241"/>
+      <c r="AG45" s="241"/>
+      <c r="AH45" s="241"/>
+      <c r="AI45" s="241"/>
+      <c r="AJ45" s="241"/>
+      <c r="AK45" s="242"/>
       <c r="AL45" s="66"/>
       <c r="AM45" s="66"/>
       <c r="AN45" s="67"/>
       <c r="AO45" s="67"/>
       <c r="AP45" s="67"/>
       <c r="AQ45" s="67"/>
       <c r="AR45" s="67"/>
       <c r="AS45" s="67"/>
       <c r="AT45" s="67"/>
       <c r="AU45" s="67"/>
       <c r="AV45" s="67"/>
     </row>
     <row r="46" spans="2:51" ht="13.5" customHeight="1">
       <c r="B46" s="1"/>
-      <c r="C46" s="124" t="s">
+      <c r="C46" s="183" t="s">
         <v>43</v>
       </c>
-      <c r="D46" s="125"/>
-[...3 lines deleted...]
-      <c r="H46" s="128" t="s">
+      <c r="D46" s="184"/>
+      <c r="E46" s="184"/>
+      <c r="F46" s="184"/>
+      <c r="G46" s="184"/>
+      <c r="H46" s="234" t="s">
         <v>44</v>
       </c>
-      <c r="I46" s="128"/>
-[...9 lines deleted...]
-      <c r="S46" s="130" t="s">
+      <c r="I46" s="234"/>
+      <c r="J46" s="234"/>
+      <c r="K46" s="145"/>
+      <c r="L46" s="145"/>
+      <c r="M46" s="145"/>
+      <c r="N46" s="145"/>
+      <c r="O46" s="145"/>
+      <c r="P46" s="145"/>
+      <c r="Q46" s="145"/>
+      <c r="R46" s="145"/>
+      <c r="S46" s="254" t="s">
         <v>29</v>
       </c>
-      <c r="T46" s="130"/>
-[...16 lines deleted...]
-      <c r="AK46" s="131"/>
+      <c r="T46" s="254"/>
+      <c r="U46" s="254"/>
+      <c r="V46" s="145"/>
+      <c r="W46" s="145"/>
+      <c r="X46" s="145"/>
+      <c r="Y46" s="145"/>
+      <c r="Z46" s="145"/>
+      <c r="AA46" s="145"/>
+      <c r="AB46" s="145"/>
+      <c r="AC46" s="145"/>
+      <c r="AD46" s="145"/>
+      <c r="AE46" s="145"/>
+      <c r="AF46" s="145"/>
+      <c r="AG46" s="145"/>
+      <c r="AH46" s="145"/>
+      <c r="AI46" s="145"/>
+      <c r="AJ46" s="145"/>
+      <c r="AK46" s="146"/>
       <c r="AL46" s="66"/>
       <c r="AM46" s="66"/>
       <c r="AN46" s="67"/>
       <c r="AO46" s="67"/>
       <c r="AP46" s="67"/>
       <c r="AQ46" s="67"/>
       <c r="AR46" s="67"/>
       <c r="AS46" s="67"/>
       <c r="AT46" s="67"/>
       <c r="AU46" s="67"/>
       <c r="AV46" s="67"/>
     </row>
     <row r="47" spans="2:51" ht="13.5" customHeight="1">
       <c r="B47" s="1"/>
-      <c r="C47" s="126"/>
-[...4 lines deleted...]
-      <c r="H47" s="132" t="s">
+      <c r="C47" s="252"/>
+      <c r="D47" s="253"/>
+      <c r="E47" s="253"/>
+      <c r="F47" s="253"/>
+      <c r="G47" s="253"/>
+      <c r="H47" s="255" t="s">
         <v>45</v>
       </c>
-      <c r="I47" s="132"/>
-[...9 lines deleted...]
-      <c r="S47" s="134" t="s">
+      <c r="I47" s="255"/>
+      <c r="J47" s="255"/>
+      <c r="K47" s="190"/>
+      <c r="L47" s="190"/>
+      <c r="M47" s="190"/>
+      <c r="N47" s="190"/>
+      <c r="O47" s="190"/>
+      <c r="P47" s="190"/>
+      <c r="Q47" s="190"/>
+      <c r="R47" s="190"/>
+      <c r="S47" s="256" t="s">
         <v>30</v>
       </c>
-      <c r="T47" s="134"/>
-[...7 lines deleted...]
-      <c r="AB47" s="144" t="s">
+      <c r="T47" s="256"/>
+      <c r="U47" s="256"/>
+      <c r="V47" s="190"/>
+      <c r="W47" s="190"/>
+      <c r="X47" s="190"/>
+      <c r="Y47" s="190"/>
+      <c r="Z47" s="190"/>
+      <c r="AA47" s="190"/>
+      <c r="AB47" s="260" t="s">
         <v>46</v>
       </c>
-      <c r="AC47" s="144"/>
-[...7 lines deleted...]
-      <c r="AK47" s="145"/>
+      <c r="AC47" s="260"/>
+      <c r="AD47" s="260"/>
+      <c r="AE47" s="190"/>
+      <c r="AF47" s="190"/>
+      <c r="AG47" s="190"/>
+      <c r="AH47" s="190"/>
+      <c r="AI47" s="190"/>
+      <c r="AJ47" s="190"/>
+      <c r="AK47" s="191"/>
       <c r="AL47" s="66"/>
       <c r="AM47" s="66"/>
       <c r="AN47" s="67"/>
       <c r="AO47" s="67"/>
       <c r="AP47" s="67"/>
       <c r="AQ47" s="67"/>
       <c r="AR47" s="67"/>
       <c r="AS47" s="67"/>
       <c r="AT47" s="67"/>
       <c r="AU47" s="67"/>
       <c r="AV47" s="67"/>
     </row>
     <row r="48" spans="2:51" ht="13.5" customHeight="1">
       <c r="B48" s="1"/>
-      <c r="C48" s="124" t="s">
+      <c r="C48" s="183" t="s">
         <v>47</v>
       </c>
-      <c r="D48" s="125"/>
-[...4 lines deleted...]
-      <c r="I48" s="146" t="s">
+      <c r="D48" s="184"/>
+      <c r="E48" s="184"/>
+      <c r="F48" s="184"/>
+      <c r="G48" s="184"/>
+      <c r="H48" s="184"/>
+      <c r="I48" s="261" t="s">
         <v>48</v>
       </c>
-      <c r="J48" s="146"/>
-[...26 lines deleted...]
-      <c r="AK48" s="147"/>
+      <c r="J48" s="261"/>
+      <c r="K48" s="261"/>
+      <c r="L48" s="261"/>
+      <c r="M48" s="261"/>
+      <c r="N48" s="261"/>
+      <c r="O48" s="261"/>
+      <c r="P48" s="261"/>
+      <c r="Q48" s="261"/>
+      <c r="R48" s="261"/>
+      <c r="S48" s="261"/>
+      <c r="T48" s="261"/>
+      <c r="U48" s="261"/>
+      <c r="V48" s="261"/>
+      <c r="W48" s="261"/>
+      <c r="X48" s="261"/>
+      <c r="Y48" s="261"/>
+      <c r="Z48" s="261"/>
+      <c r="AA48" s="261"/>
+      <c r="AB48" s="261"/>
+      <c r="AC48" s="261"/>
+      <c r="AD48" s="261"/>
+      <c r="AE48" s="261"/>
+      <c r="AF48" s="261"/>
+      <c r="AG48" s="261"/>
+      <c r="AH48" s="261"/>
+      <c r="AI48" s="261"/>
+      <c r="AJ48" s="261"/>
+      <c r="AK48" s="262"/>
     </row>
     <row r="49" spans="1:77" ht="39" customHeight="1">
       <c r="B49" s="1"/>
-      <c r="C49" s="148"/>
-[...33 lines deleted...]
-      <c r="AK49" s="150"/>
+      <c r="C49" s="263"/>
+      <c r="D49" s="264"/>
+      <c r="E49" s="264"/>
+      <c r="F49" s="264"/>
+      <c r="G49" s="264"/>
+      <c r="H49" s="264"/>
+      <c r="I49" s="264"/>
+      <c r="J49" s="264"/>
+      <c r="K49" s="264"/>
+      <c r="L49" s="264"/>
+      <c r="M49" s="264"/>
+      <c r="N49" s="264"/>
+      <c r="O49" s="264"/>
+      <c r="P49" s="264"/>
+      <c r="Q49" s="264"/>
+      <c r="R49" s="264"/>
+      <c r="S49" s="264"/>
+      <c r="T49" s="264"/>
+      <c r="U49" s="264"/>
+      <c r="V49" s="264"/>
+      <c r="W49" s="264"/>
+      <c r="X49" s="264"/>
+      <c r="Y49" s="264"/>
+      <c r="Z49" s="264"/>
+      <c r="AA49" s="264"/>
+      <c r="AB49" s="264"/>
+      <c r="AC49" s="264"/>
+      <c r="AD49" s="264"/>
+      <c r="AE49" s="264"/>
+      <c r="AF49" s="264"/>
+      <c r="AG49" s="264"/>
+      <c r="AH49" s="264"/>
+      <c r="AI49" s="264"/>
+      <c r="AJ49" s="264"/>
+      <c r="AK49" s="265"/>
     </row>
     <row r="50" spans="1:77" ht="9.9499999999999993" customHeight="1">
       <c r="B50" s="1"/>
       <c r="C50" s="68"/>
       <c r="D50" s="69"/>
       <c r="E50" s="69"/>
       <c r="F50" s="70"/>
       <c r="G50" s="69"/>
       <c r="H50" s="69"/>
       <c r="I50" s="69"/>
       <c r="J50" s="69"/>
       <c r="K50" s="69"/>
       <c r="L50" s="69"/>
       <c r="M50" s="69"/>
       <c r="N50" s="69"/>
       <c r="O50" s="69"/>
       <c r="P50" s="69"/>
       <c r="Q50" s="71"/>
       <c r="R50" s="32"/>
       <c r="S50" s="69"/>
       <c r="T50" s="72"/>
       <c r="U50" s="72"/>
       <c r="V50" s="72"/>
       <c r="W50" s="72"/>
       <c r="X50" s="72"/>
       <c r="Y50" s="71"/>
       <c r="Z50" s="69"/>
       <c r="AA50" s="69"/>
       <c r="AB50" s="72"/>
       <c r="AC50" s="72"/>
       <c r="AD50" s="72"/>
       <c r="AE50" s="72"/>
       <c r="AF50" s="72"/>
       <c r="AG50" s="72"/>
       <c r="AH50" s="72"/>
       <c r="AI50" s="72"/>
     </row>
     <row r="51" spans="1:77" s="76" customFormat="1" ht="12">
       <c r="A51" s="73"/>
-      <c r="B51" s="151" t="s">
+      <c r="B51" s="266" t="s">
         <v>49</v>
       </c>
-      <c r="C51" s="152"/>
-[...33 lines deleted...]
-      <c r="AK51" s="153"/>
+      <c r="C51" s="267"/>
+      <c r="D51" s="267"/>
+      <c r="E51" s="267"/>
+      <c r="F51" s="267"/>
+      <c r="G51" s="267"/>
+      <c r="H51" s="267"/>
+      <c r="I51" s="267"/>
+      <c r="J51" s="267"/>
+      <c r="K51" s="267"/>
+      <c r="L51" s="267"/>
+      <c r="M51" s="267"/>
+      <c r="N51" s="267"/>
+      <c r="O51" s="267"/>
+      <c r="P51" s="267"/>
+      <c r="Q51" s="267"/>
+      <c r="R51" s="267"/>
+      <c r="S51" s="267"/>
+      <c r="T51" s="267"/>
+      <c r="U51" s="267"/>
+      <c r="V51" s="267"/>
+      <c r="W51" s="267"/>
+      <c r="X51" s="267"/>
+      <c r="Y51" s="267"/>
+      <c r="Z51" s="267"/>
+      <c r="AA51" s="267"/>
+      <c r="AB51" s="267"/>
+      <c r="AC51" s="267"/>
+      <c r="AD51" s="267"/>
+      <c r="AE51" s="267"/>
+      <c r="AF51" s="267"/>
+      <c r="AG51" s="267"/>
+      <c r="AH51" s="267"/>
+      <c r="AI51" s="267"/>
+      <c r="AJ51" s="267"/>
+      <c r="AK51" s="268"/>
       <c r="AL51" s="73"/>
       <c r="AM51" s="74"/>
       <c r="AN51" s="75"/>
       <c r="AO51" s="75"/>
       <c r="AP51" s="75"/>
       <c r="AQ51" s="75"/>
       <c r="AR51" s="75"/>
       <c r="AS51" s="75"/>
       <c r="AT51" s="75"/>
       <c r="AU51" s="75"/>
       <c r="AV51" s="75"/>
       <c r="AW51" s="75"/>
       <c r="AX51" s="75"/>
       <c r="AY51" s="75"/>
       <c r="AZ51" s="75"/>
       <c r="BA51" s="75"/>
       <c r="BB51" s="75"/>
       <c r="BC51" s="75"/>
       <c r="BD51" s="75"/>
       <c r="BE51" s="75"/>
       <c r="BF51" s="75"/>
       <c r="BG51" s="75"/>
       <c r="BH51" s="75"/>
       <c r="BI51" s="75"/>
       <c r="BJ51" s="75"/>
       <c r="BK51" s="75"/>
       <c r="BL51" s="75"/>
       <c r="BM51" s="75"/>
       <c r="BN51" s="75"/>
       <c r="BO51" s="75"/>
       <c r="BP51" s="75"/>
       <c r="BQ51" s="75"/>
       <c r="BR51" s="75"/>
       <c r="BS51" s="75"/>
       <c r="BT51" s="75"/>
       <c r="BU51" s="75"/>
       <c r="BV51" s="75"/>
       <c r="BW51" s="75"/>
       <c r="BX51" s="75"/>
     </row>
     <row r="52" spans="1:77" s="76" customFormat="1" ht="18.75">
       <c r="A52" s="77"/>
-      <c r="B52" s="135" t="s">
+      <c r="B52" s="215" t="s">
         <v>50</v>
       </c>
-      <c r="C52" s="154"/>
-[...12 lines deleted...]
-      <c r="P52" s="151" t="s">
+      <c r="C52" s="269"/>
+      <c r="D52" s="269"/>
+      <c r="E52" s="269"/>
+      <c r="F52" s="269"/>
+      <c r="G52" s="269"/>
+      <c r="H52" s="269"/>
+      <c r="I52" s="269"/>
+      <c r="J52" s="269"/>
+      <c r="K52" s="269"/>
+      <c r="L52" s="269"/>
+      <c r="M52" s="269"/>
+      <c r="N52" s="269"/>
+      <c r="O52" s="270"/>
+      <c r="P52" s="266" t="s">
         <v>51</v>
       </c>
-      <c r="Q52" s="154"/>
-[...10 lines deleted...]
-      <c r="AB52" s="151" t="s">
+      <c r="Q52" s="269"/>
+      <c r="R52" s="267"/>
+      <c r="S52" s="267"/>
+      <c r="T52" s="267"/>
+      <c r="U52" s="267"/>
+      <c r="V52" s="267"/>
+      <c r="W52" s="267"/>
+      <c r="X52" s="267"/>
+      <c r="Y52" s="267"/>
+      <c r="Z52" s="267"/>
+      <c r="AA52" s="268"/>
+      <c r="AB52" s="266" t="s">
         <v>52</v>
       </c>
-      <c r="AC52" s="156"/>
-[...7 lines deleted...]
-      <c r="AK52" s="157"/>
+      <c r="AC52" s="271"/>
+      <c r="AD52" s="271"/>
+      <c r="AE52" s="271"/>
+      <c r="AF52" s="271"/>
+      <c r="AG52" s="271"/>
+      <c r="AH52" s="271"/>
+      <c r="AI52" s="271"/>
+      <c r="AJ52" s="271"/>
+      <c r="AK52" s="272"/>
       <c r="AL52" s="77"/>
       <c r="AM52" s="74"/>
       <c r="AN52" s="75"/>
       <c r="AO52" s="75"/>
       <c r="AP52" s="75"/>
       <c r="AQ52" s="75"/>
       <c r="AR52" s="75"/>
       <c r="AS52" s="75"/>
       <c r="AT52" s="75"/>
       <c r="AU52" s="75"/>
       <c r="AV52" s="75"/>
       <c r="AW52" s="75"/>
       <c r="AX52" s="75"/>
       <c r="AY52" s="75"/>
       <c r="AZ52" s="75"/>
       <c r="BA52" s="75"/>
       <c r="BB52" s="75"/>
       <c r="BC52" s="75"/>
       <c r="BD52" s="75"/>
       <c r="BE52" s="75"/>
       <c r="BF52" s="75"/>
       <c r="BG52" s="75"/>
       <c r="BH52" s="75"/>
       <c r="BI52" s="75"/>
       <c r="BJ52" s="75"/>
       <c r="BK52" s="75"/>
       <c r="BL52" s="75"/>
       <c r="BM52" s="75"/>
       <c r="BN52" s="75"/>
       <c r="BO52" s="75"/>
       <c r="BP52" s="75"/>
       <c r="BQ52" s="75"/>
       <c r="BR52" s="75"/>
       <c r="BS52" s="75"/>
       <c r="BT52" s="75"/>
       <c r="BU52" s="75"/>
       <c r="BV52" s="75"/>
       <c r="BW52" s="75"/>
       <c r="BX52" s="75"/>
     </row>
     <row r="53" spans="1:77" s="76" customFormat="1" ht="12" customHeight="1">
       <c r="A53" s="77"/>
-      <c r="B53" s="135" t="s">
+      <c r="B53" s="215" t="s">
         <v>53</v>
       </c>
-      <c r="C53" s="136"/>
-      <c r="D53" s="137"/>
+      <c r="C53" s="216"/>
+      <c r="D53" s="217"/>
       <c r="E53" s="85" t="s">
         <v>54</v>
       </c>
       <c r="F53" s="85"/>
       <c r="G53" s="85"/>
       <c r="H53" s="85"/>
       <c r="I53" s="85"/>
       <c r="J53" s="85"/>
       <c r="K53" s="85"/>
       <c r="L53" s="86"/>
       <c r="M53" s="86"/>
       <c r="N53" s="86"/>
       <c r="O53" s="87"/>
       <c r="P53" s="110" t="s">
         <v>64</v>
       </c>
       <c r="Q53" s="88"/>
       <c r="R53" s="89"/>
       <c r="S53" s="89"/>
       <c r="T53" s="89"/>
       <c r="U53" s="89"/>
       <c r="V53" s="90"/>
       <c r="W53" s="88"/>
       <c r="X53" s="90"/>
       <c r="Y53" s="90"/>
@@ -6468,81 +6462,81 @@
       <c r="BC53" s="75"/>
       <c r="BD53" s="75"/>
       <c r="BE53" s="75"/>
       <c r="BF53" s="75"/>
       <c r="BG53" s="75"/>
       <c r="BH53" s="75"/>
       <c r="BI53" s="75"/>
       <c r="BJ53" s="75"/>
       <c r="BK53" s="75"/>
       <c r="BL53" s="75"/>
       <c r="BM53" s="75"/>
       <c r="BN53" s="75"/>
       <c r="BO53" s="75"/>
       <c r="BP53" s="75"/>
       <c r="BQ53" s="75"/>
       <c r="BR53" s="75"/>
       <c r="BS53" s="75"/>
       <c r="BT53" s="75"/>
       <c r="BU53" s="75"/>
       <c r="BV53" s="75"/>
       <c r="BW53" s="75"/>
       <c r="BX53" s="75"/>
     </row>
     <row r="54" spans="1:77" s="76" customFormat="1" ht="12" customHeight="1">
       <c r="A54" s="79"/>
-      <c r="B54" s="141"/>
-[...2 lines deleted...]
-      <c r="E54" s="271" t="s">
+      <c r="B54" s="218"/>
+      <c r="C54" s="219"/>
+      <c r="D54" s="220"/>
+      <c r="E54" s="115" t="s">
         <v>56</v>
       </c>
       <c r="F54" s="94"/>
       <c r="G54" s="95"/>
       <c r="H54" s="96"/>
       <c r="I54" s="96"/>
       <c r="J54" s="96"/>
       <c r="K54" s="96"/>
       <c r="L54" s="96"/>
       <c r="M54" s="96"/>
       <c r="N54" s="96"/>
       <c r="O54" s="97"/>
-      <c r="P54" s="272" t="s">
+      <c r="P54" s="116" t="s">
         <v>57</v>
       </c>
       <c r="Q54" s="93"/>
       <c r="R54" s="98"/>
       <c r="S54" s="98"/>
       <c r="T54" s="98"/>
       <c r="U54" s="98"/>
       <c r="V54" s="85"/>
       <c r="W54" s="94"/>
       <c r="X54" s="95"/>
       <c r="Y54" s="95"/>
       <c r="Z54" s="95"/>
       <c r="AA54" s="95"/>
-      <c r="AB54" s="272" t="s">
+      <c r="AB54" s="116" t="s">
         <v>62</v>
       </c>
       <c r="AC54" s="85"/>
       <c r="AD54" s="95"/>
       <c r="AE54" s="95"/>
       <c r="AF54" s="95"/>
       <c r="AG54" s="95"/>
       <c r="AH54" s="95"/>
       <c r="AI54" s="95"/>
       <c r="AJ54" s="95"/>
       <c r="AK54" s="99"/>
       <c r="AL54" s="79"/>
       <c r="AM54" s="80"/>
       <c r="AN54" s="75"/>
       <c r="AO54" s="75"/>
       <c r="AP54" s="75"/>
       <c r="AQ54" s="75"/>
       <c r="AR54" s="75"/>
       <c r="AS54" s="75"/>
       <c r="AT54" s="75"/>
       <c r="AU54" s="75"/>
       <c r="AV54" s="75"/>
       <c r="AW54" s="75"/>
       <c r="AX54" s="75"/>
       <c r="AY54" s="75"/>
@@ -6552,55 +6546,55 @@
       <c r="BC54" s="75"/>
       <c r="BD54" s="75"/>
       <c r="BE54" s="75"/>
       <c r="BF54" s="75"/>
       <c r="BG54" s="75"/>
       <c r="BH54" s="75"/>
       <c r="BI54" s="75"/>
       <c r="BJ54" s="75"/>
       <c r="BK54" s="75"/>
       <c r="BL54" s="75"/>
       <c r="BM54" s="75"/>
       <c r="BN54" s="75"/>
       <c r="BO54" s="75"/>
       <c r="BP54" s="75"/>
       <c r="BQ54" s="75"/>
       <c r="BR54" s="75"/>
       <c r="BS54" s="75"/>
       <c r="BT54" s="75"/>
       <c r="BU54" s="75"/>
       <c r="BV54" s="75"/>
       <c r="BW54" s="75"/>
       <c r="BX54" s="75"/>
     </row>
     <row r="55" spans="1:77" s="76" customFormat="1" ht="12.75" customHeight="1">
       <c r="A55" s="79"/>
-      <c r="B55" s="135" t="s">
+      <c r="B55" s="215" t="s">
         <v>58</v>
       </c>
-      <c r="C55" s="136"/>
-      <c r="D55" s="137"/>
+      <c r="C55" s="216"/>
+      <c r="D55" s="217"/>
       <c r="E55" s="100" t="s">
         <v>66</v>
       </c>
       <c r="F55" s="100"/>
       <c r="G55" s="100"/>
       <c r="H55" s="100"/>
       <c r="I55" s="100"/>
       <c r="J55" s="88"/>
       <c r="K55" s="88"/>
       <c r="L55" s="88"/>
       <c r="M55" s="88"/>
       <c r="N55" s="88"/>
       <c r="O55" s="101"/>
       <c r="P55" s="111" t="s">
         <v>69</v>
       </c>
       <c r="Q55" s="85"/>
       <c r="R55" s="102"/>
       <c r="S55" s="102"/>
       <c r="T55" s="102"/>
       <c r="U55" s="102"/>
       <c r="V55" s="88"/>
       <c r="W55" s="100"/>
       <c r="X55" s="100"/>
       <c r="Y55" s="100"/>
@@ -6638,53 +6632,53 @@
       <c r="BC55" s="75"/>
       <c r="BD55" s="75"/>
       <c r="BE55" s="75"/>
       <c r="BF55" s="75"/>
       <c r="BG55" s="75"/>
       <c r="BH55" s="75"/>
       <c r="BI55" s="75"/>
       <c r="BJ55" s="75"/>
       <c r="BK55" s="75"/>
       <c r="BL55" s="75"/>
       <c r="BM55" s="75"/>
       <c r="BN55" s="75"/>
       <c r="BO55" s="75"/>
       <c r="BP55" s="75"/>
       <c r="BQ55" s="75"/>
       <c r="BR55" s="75"/>
       <c r="BS55" s="75"/>
       <c r="BT55" s="75"/>
       <c r="BU55" s="75"/>
       <c r="BV55" s="75"/>
       <c r="BW55" s="75"/>
       <c r="BX55" s="75"/>
     </row>
     <row r="56" spans="1:77" s="76" customFormat="1" ht="12.75" customHeight="1">
       <c r="A56" s="79"/>
-      <c r="B56" s="138"/>
-[...1 lines deleted...]
-      <c r="D56" s="140"/>
+      <c r="B56" s="257"/>
+      <c r="C56" s="258"/>
+      <c r="D56" s="259"/>
       <c r="E56" s="105" t="s">
         <v>63</v>
       </c>
       <c r="F56" s="105"/>
       <c r="G56" s="105"/>
       <c r="H56" s="105"/>
       <c r="I56" s="105"/>
       <c r="J56" s="85"/>
       <c r="K56" s="85"/>
       <c r="L56" s="85"/>
       <c r="M56" s="95"/>
       <c r="N56" s="95"/>
       <c r="O56" s="97"/>
       <c r="P56" s="112" t="s">
         <v>65</v>
       </c>
       <c r="Q56" s="105"/>
       <c r="R56" s="106"/>
       <c r="S56" s="106"/>
       <c r="T56" s="106"/>
       <c r="U56" s="106"/>
       <c r="V56" s="95"/>
       <c r="W56" s="107"/>
       <c r="X56" s="107"/>
       <c r="Y56" s="107"/>
@@ -6722,168 +6716,168 @@
       <c r="BC56" s="75"/>
       <c r="BD56" s="75"/>
       <c r="BE56" s="75"/>
       <c r="BF56" s="75"/>
       <c r="BG56" s="75"/>
       <c r="BH56" s="75"/>
       <c r="BI56" s="75"/>
       <c r="BJ56" s="75"/>
       <c r="BK56" s="75"/>
       <c r="BL56" s="75"/>
       <c r="BM56" s="75"/>
       <c r="BN56" s="75"/>
       <c r="BO56" s="75"/>
       <c r="BP56" s="75"/>
       <c r="BQ56" s="75"/>
       <c r="BR56" s="75"/>
       <c r="BS56" s="75"/>
       <c r="BT56" s="75"/>
       <c r="BU56" s="75"/>
       <c r="BV56" s="75"/>
       <c r="BW56" s="75"/>
       <c r="BX56" s="75"/>
     </row>
     <row r="57" spans="1:77" s="76" customFormat="1" ht="15.75">
       <c r="A57" s="79"/>
-      <c r="B57" s="138"/>
-[...36 lines deleted...]
-      <c r="AK57" s="160"/>
+      <c r="B57" s="257"/>
+      <c r="C57" s="258"/>
+      <c r="D57" s="259"/>
+      <c r="E57" s="221" t="s">
+        <v>83</v>
+      </c>
+      <c r="F57" s="222"/>
+      <c r="G57" s="222"/>
+      <c r="H57" s="222"/>
+      <c r="I57" s="222"/>
+      <c r="J57" s="222"/>
+      <c r="K57" s="222"/>
+      <c r="L57" s="222"/>
+      <c r="M57" s="222"/>
+      <c r="N57" s="222"/>
+      <c r="O57" s="222"/>
+      <c r="P57" s="222"/>
+      <c r="Q57" s="222"/>
+      <c r="R57" s="223"/>
+      <c r="S57" s="222"/>
+      <c r="T57" s="222"/>
+      <c r="U57" s="222"/>
+      <c r="V57" s="222"/>
+      <c r="W57" s="222"/>
+      <c r="X57" s="222"/>
+      <c r="Y57" s="222"/>
+      <c r="Z57" s="222"/>
+      <c r="AA57" s="222"/>
+      <c r="AB57" s="222"/>
+      <c r="AC57" s="222"/>
+      <c r="AD57" s="222"/>
+      <c r="AE57" s="222"/>
+      <c r="AF57" s="222"/>
+      <c r="AG57" s="222"/>
+      <c r="AH57" s="222"/>
+      <c r="AI57" s="222"/>
+      <c r="AJ57" s="222"/>
+      <c r="AK57" s="224"/>
       <c r="AL57" s="79"/>
       <c r="AM57" s="80"/>
       <c r="AN57" s="75"/>
       <c r="AO57" s="75"/>
       <c r="AP57" s="75"/>
       <c r="AQ57" s="75"/>
       <c r="AR57" s="75"/>
       <c r="AS57" s="75"/>
       <c r="AT57" s="75"/>
       <c r="AU57" s="75"/>
       <c r="AV57" s="75"/>
       <c r="AW57" s="75"/>
       <c r="AX57" s="75"/>
       <c r="AY57" s="75"/>
       <c r="AZ57" s="75"/>
       <c r="BA57" s="75"/>
       <c r="BB57" s="75"/>
       <c r="BC57" s="75"/>
       <c r="BD57" s="75"/>
       <c r="BE57" s="75"/>
       <c r="BF57" s="75"/>
       <c r="BG57" s="75"/>
       <c r="BH57" s="75"/>
       <c r="BI57" s="75"/>
       <c r="BJ57" s="75"/>
       <c r="BK57" s="75"/>
       <c r="BL57" s="75"/>
       <c r="BM57" s="75"/>
       <c r="BN57" s="75"/>
       <c r="BO57" s="75"/>
       <c r="BP57" s="75"/>
       <c r="BQ57" s="75"/>
       <c r="BR57" s="75"/>
       <c r="BS57" s="75"/>
       <c r="BT57" s="75"/>
       <c r="BU57" s="75"/>
       <c r="BV57" s="75"/>
       <c r="BW57" s="75"/>
       <c r="BX57" s="75"/>
     </row>
     <row r="58" spans="1:77" s="76" customFormat="1" ht="18.75">
       <c r="A58" s="79"/>
-      <c r="B58" s="141"/>
-[...36 lines deleted...]
-      <c r="AK58" s="162"/>
+      <c r="B58" s="218"/>
+      <c r="C58" s="219"/>
+      <c r="D58" s="220"/>
+      <c r="E58" s="225" t="s">
+        <v>84</v>
+      </c>
+      <c r="F58" s="226"/>
+      <c r="G58" s="226"/>
+      <c r="H58" s="226"/>
+      <c r="I58" s="226"/>
+      <c r="J58" s="226"/>
+      <c r="K58" s="226"/>
+      <c r="L58" s="226"/>
+      <c r="M58" s="226"/>
+      <c r="N58" s="226"/>
+      <c r="O58" s="226"/>
+      <c r="P58" s="226"/>
+      <c r="Q58" s="226"/>
+      <c r="R58" s="226"/>
+      <c r="S58" s="226"/>
+      <c r="T58" s="226"/>
+      <c r="U58" s="226"/>
+      <c r="V58" s="226"/>
+      <c r="W58" s="226"/>
+      <c r="X58" s="226"/>
+      <c r="Y58" s="226"/>
+      <c r="Z58" s="226"/>
+      <c r="AA58" s="226"/>
+      <c r="AB58" s="226"/>
+      <c r="AC58" s="226"/>
+      <c r="AD58" s="226"/>
+      <c r="AE58" s="226"/>
+      <c r="AF58" s="226"/>
+      <c r="AG58" s="226"/>
+      <c r="AH58" s="226"/>
+      <c r="AI58" s="226"/>
+      <c r="AJ58" s="226"/>
+      <c r="AK58" s="227"/>
       <c r="AL58" s="75"/>
       <c r="AM58" s="75"/>
       <c r="AN58" s="75"/>
       <c r="AO58" s="75"/>
       <c r="AP58" s="75"/>
       <c r="AQ58" s="75"/>
       <c r="AR58" s="75"/>
       <c r="AS58" s="75"/>
       <c r="AT58" s="75"/>
       <c r="AU58" s="75"/>
       <c r="AV58" s="75"/>
       <c r="AW58" s="75"/>
       <c r="AX58" s="75"/>
       <c r="AY58" s="75"/>
       <c r="AZ58" s="75"/>
       <c r="BA58" s="75"/>
       <c r="BB58" s="75"/>
       <c r="BC58" s="75"/>
       <c r="BD58" s="75"/>
       <c r="BE58" s="75"/>
       <c r="BF58" s="75"/>
       <c r="BG58" s="75"/>
       <c r="BH58" s="75"/>
       <c r="BI58" s="75"/>
       <c r="BJ58" s="75"/>
@@ -6958,296 +6952,296 @@
       <c r="BC59" s="75"/>
       <c r="BD59" s="75"/>
       <c r="BE59" s="75"/>
       <c r="BF59" s="75"/>
       <c r="BG59" s="75"/>
       <c r="BH59" s="75"/>
       <c r="BI59" s="75"/>
       <c r="BJ59" s="75"/>
       <c r="BK59" s="75"/>
       <c r="BL59" s="75"/>
       <c r="BM59" s="75"/>
       <c r="BN59" s="75"/>
       <c r="BO59" s="75"/>
       <c r="BP59" s="75"/>
       <c r="BQ59" s="75"/>
       <c r="BR59" s="75"/>
       <c r="BS59" s="75"/>
       <c r="BT59" s="75"/>
       <c r="BU59" s="75"/>
       <c r="BV59" s="75"/>
       <c r="BW59" s="75"/>
       <c r="BX59" s="75"/>
     </row>
     <row r="60" spans="1:77" s="76" customFormat="1" ht="12">
       <c r="A60" s="83"/>
-      <c r="B60" s="115" t="s">
+      <c r="B60" s="243" t="s">
         <v>59</v>
       </c>
-      <c r="C60" s="115"/>
-[...33 lines deleted...]
-      <c r="AK60" s="116"/>
+      <c r="C60" s="243"/>
+      <c r="D60" s="243"/>
+      <c r="E60" s="243"/>
+      <c r="F60" s="243"/>
+      <c r="G60" s="243"/>
+      <c r="H60" s="243"/>
+      <c r="I60" s="243"/>
+      <c r="J60" s="243"/>
+      <c r="K60" s="243"/>
+      <c r="L60" s="243"/>
+      <c r="M60" s="243"/>
+      <c r="N60" s="244"/>
+      <c r="O60" s="244"/>
+      <c r="P60" s="244"/>
+      <c r="Q60" s="244"/>
+      <c r="R60" s="244"/>
+      <c r="S60" s="244"/>
+      <c r="T60" s="244"/>
+      <c r="U60" s="244"/>
+      <c r="V60" s="244"/>
+      <c r="W60" s="244"/>
+      <c r="X60" s="244"/>
+      <c r="Y60" s="244"/>
+      <c r="Z60" s="244"/>
+      <c r="AA60" s="244"/>
+      <c r="AB60" s="244"/>
+      <c r="AC60" s="244"/>
+      <c r="AD60" s="244"/>
+      <c r="AE60" s="244"/>
+      <c r="AF60" s="244"/>
+      <c r="AG60" s="244"/>
+      <c r="AH60" s="244"/>
+      <c r="AI60" s="244"/>
+      <c r="AJ60" s="244"/>
+      <c r="AK60" s="244"/>
       <c r="AL60" s="83"/>
       <c r="AM60" s="5"/>
       <c r="AZ60" s="75"/>
       <c r="BA60" s="75"/>
       <c r="BB60" s="75"/>
       <c r="BC60" s="75"/>
       <c r="BD60" s="75"/>
       <c r="BE60" s="75"/>
       <c r="BF60" s="75"/>
       <c r="BG60" s="75"/>
       <c r="BH60" s="75"/>
       <c r="BI60" s="75"/>
       <c r="BJ60" s="75"/>
       <c r="BK60" s="75"/>
       <c r="BL60" s="75"/>
       <c r="BM60" s="75"/>
       <c r="BN60" s="75"/>
       <c r="BO60" s="75"/>
       <c r="BP60" s="75"/>
       <c r="BQ60" s="75"/>
       <c r="BR60" s="75"/>
       <c r="BS60" s="75"/>
       <c r="BT60" s="75"/>
       <c r="BU60" s="75"/>
       <c r="BV60" s="75"/>
       <c r="BW60" s="75"/>
       <c r="BX60" s="75"/>
       <c r="BY60" s="75"/>
     </row>
     <row r="61" spans="1:77">
-      <c r="B61" s="117" t="s">
+      <c r="B61" s="245" t="s">
         <v>60</v>
       </c>
-      <c r="C61" s="118"/>
-[...4 lines deleted...]
-      <c r="H61" s="120" t="s">
+      <c r="C61" s="246"/>
+      <c r="D61" s="246"/>
+      <c r="E61" s="246"/>
+      <c r="F61" s="246"/>
+      <c r="G61" s="247"/>
+      <c r="H61" s="248" t="s">
         <v>61</v>
       </c>
-      <c r="I61" s="120"/>
-[...3 lines deleted...]
-      <c r="M61" s="120"/>
+      <c r="I61" s="248"/>
+      <c r="J61" s="248"/>
+      <c r="K61" s="248"/>
+      <c r="L61" s="248"/>
+      <c r="M61" s="248"/>
       <c r="N61" s="84"/>
       <c r="O61" s="69"/>
       <c r="P61" s="67"/>
       <c r="Q61" s="67"/>
       <c r="R61" s="67"/>
       <c r="S61" s="67"/>
       <c r="T61" s="67"/>
       <c r="U61" s="67"/>
       <c r="V61" s="67"/>
       <c r="W61" s="67"/>
       <c r="X61" s="67"/>
       <c r="Y61" s="67"/>
       <c r="Z61" s="67"/>
       <c r="AA61" s="67"/>
       <c r="AB61" s="67"/>
       <c r="AC61" s="67"/>
       <c r="AD61" s="67"/>
       <c r="AE61" s="67"/>
       <c r="AF61" s="67"/>
       <c r="AG61" s="67"/>
       <c r="AH61" s="67"/>
       <c r="AI61" s="67"/>
       <c r="AJ61" s="67"/>
       <c r="AK61" s="67"/>
       <c r="AL61" s="2"/>
       <c r="AM61" s="2"/>
     </row>
     <row r="62" spans="1:77" ht="37.5" customHeight="1">
-      <c r="B62" s="121"/>
-[...10 lines deleted...]
-      <c r="M62" s="123"/>
+      <c r="B62" s="249"/>
+      <c r="C62" s="250"/>
+      <c r="D62" s="250"/>
+      <c r="E62" s="250"/>
+      <c r="F62" s="250"/>
+      <c r="G62" s="251"/>
+      <c r="H62" s="249"/>
+      <c r="I62" s="250"/>
+      <c r="J62" s="250"/>
+      <c r="K62" s="250"/>
+      <c r="L62" s="250"/>
+      <c r="M62" s="251"/>
       <c r="N62" s="1"/>
       <c r="O62" s="1"/>
       <c r="AK62" s="2"/>
       <c r="AL62" s="2"/>
       <c r="AM62" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="103">
+    <mergeCell ref="B60:AK60"/>
+    <mergeCell ref="B61:G61"/>
+    <mergeCell ref="H61:M61"/>
+    <mergeCell ref="B62:G62"/>
+    <mergeCell ref="H62:M62"/>
+    <mergeCell ref="C46:G47"/>
+    <mergeCell ref="H46:J46"/>
+    <mergeCell ref="K46:R46"/>
+    <mergeCell ref="S46:U46"/>
+    <mergeCell ref="V46:AK46"/>
+    <mergeCell ref="H47:J47"/>
+    <mergeCell ref="K47:R47"/>
+    <mergeCell ref="S47:U47"/>
+    <mergeCell ref="B55:D58"/>
+    <mergeCell ref="V47:AA47"/>
+    <mergeCell ref="AB47:AD47"/>
+    <mergeCell ref="AE47:AK47"/>
+    <mergeCell ref="C48:H48"/>
+    <mergeCell ref="I48:AK48"/>
+    <mergeCell ref="C49:AK49"/>
+    <mergeCell ref="B51:AK51"/>
+    <mergeCell ref="B52:O52"/>
+    <mergeCell ref="P52:AA52"/>
+    <mergeCell ref="AB52:AK52"/>
+    <mergeCell ref="B53:D54"/>
+    <mergeCell ref="E57:AK57"/>
+    <mergeCell ref="E58:AK58"/>
+    <mergeCell ref="C34:AL34"/>
+    <mergeCell ref="C43:R43"/>
+    <mergeCell ref="S43:AA43"/>
+    <mergeCell ref="AB43:AK43"/>
+    <mergeCell ref="C44:R44"/>
+    <mergeCell ref="S44:AA44"/>
+    <mergeCell ref="AB44:AK44"/>
+    <mergeCell ref="C45:G45"/>
+    <mergeCell ref="H45:AK45"/>
+    <mergeCell ref="Z17:AK17"/>
+    <mergeCell ref="J13:N14"/>
+    <mergeCell ref="O13:O14"/>
+    <mergeCell ref="P13:R14"/>
+    <mergeCell ref="S13:S14"/>
+    <mergeCell ref="U13:W14"/>
+    <mergeCell ref="X13:X14"/>
+    <mergeCell ref="B33:AI33"/>
+    <mergeCell ref="C18:O18"/>
+    <mergeCell ref="P18:Y18"/>
+    <mergeCell ref="Z18:AK19"/>
+    <mergeCell ref="C19:G20"/>
+    <mergeCell ref="H19:O21"/>
+    <mergeCell ref="P19:Y21"/>
+    <mergeCell ref="Z20:AK21"/>
+    <mergeCell ref="C21:G21"/>
+    <mergeCell ref="C22:AK22"/>
+    <mergeCell ref="C23:T23"/>
+    <mergeCell ref="U23:AK23"/>
+    <mergeCell ref="C24:T24"/>
+    <mergeCell ref="U24:AK24"/>
+    <mergeCell ref="C25:AK25"/>
+    <mergeCell ref="C26:AK26"/>
+    <mergeCell ref="C30:AK30"/>
+    <mergeCell ref="Z16:AK16"/>
+    <mergeCell ref="B1:AK2"/>
+    <mergeCell ref="B3:AK3"/>
+    <mergeCell ref="S4:AJ4"/>
+    <mergeCell ref="B5:AK5"/>
+    <mergeCell ref="C6:AK6"/>
+    <mergeCell ref="AH11:AH12"/>
+    <mergeCell ref="AI11:AI12"/>
+    <mergeCell ref="AJ11:AJ12"/>
+    <mergeCell ref="AK11:AK12"/>
+    <mergeCell ref="F12:G12"/>
+    <mergeCell ref="H12:Q12"/>
+    <mergeCell ref="R12:S12"/>
+    <mergeCell ref="T12:AC12"/>
+    <mergeCell ref="F11:AC11"/>
+    <mergeCell ref="AD11:AD12"/>
+    <mergeCell ref="AE11:AE12"/>
+    <mergeCell ref="AF11:AF12"/>
+    <mergeCell ref="AG11:AG12"/>
     <mergeCell ref="C28:R28"/>
     <mergeCell ref="S28:AK28"/>
     <mergeCell ref="S29:AK29"/>
     <mergeCell ref="C31:AK31"/>
     <mergeCell ref="C27:AK27"/>
     <mergeCell ref="F7:AC7"/>
     <mergeCell ref="AD7:AK7"/>
     <mergeCell ref="F8:G8"/>
     <mergeCell ref="H8:Q8"/>
     <mergeCell ref="R8:S8"/>
     <mergeCell ref="T8:AC8"/>
     <mergeCell ref="AD8:AK9"/>
     <mergeCell ref="F9:AC9"/>
     <mergeCell ref="F10:G10"/>
     <mergeCell ref="H10:Q10"/>
     <mergeCell ref="R10:S10"/>
     <mergeCell ref="T10:AC10"/>
     <mergeCell ref="AD10:AK10"/>
     <mergeCell ref="Z13:AK13"/>
     <mergeCell ref="Z14:AK15"/>
     <mergeCell ref="C15:O15"/>
     <mergeCell ref="P15:Y15"/>
     <mergeCell ref="C16:O17"/>
     <mergeCell ref="P16:Y17"/>
-    <mergeCell ref="Z16:AK16"/>
-[...77 lines deleted...]
-    <mergeCell ref="AB52:AK52"/>
   </mergeCells>
   <phoneticPr fontId="3"/>
   <hyperlinks>
     <hyperlink ref="E58" r:id="rId1" xr:uid="{84E0333F-D957-4034-A4E1-B7112C2A61D6}"/>
     <hyperlink ref="E54" r:id="rId2" xr:uid="{242E9340-3D78-4F43-B5DA-89A648E4C7D0}"/>
     <hyperlink ref="P54" r:id="rId3" xr:uid="{F25DCBEB-1FF0-4C11-80BD-6AAAB3EC0CA4}"/>
     <hyperlink ref="AB54" r:id="rId4" xr:uid="{3FA08F43-858E-4403-967E-C64BA9FB86A7}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="0.55118110236220474" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="73" orientation="portrait" cellComments="asDisplayed" r:id="rId5"/>
+  <pageSetup paperSize="9" scale="74" orientation="portrait" cellComments="asDisplayed" r:id="rId5"/>
   <drawing r:id="rId6"/>
   <legacyDrawing r:id="rId7"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1025" r:id="rId8" name="Check Box 1">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>3</xdr:col>
                     <xdr:colOff>9525</xdr:colOff>
                     <xdr:row>34</xdr:row>
                     <xdr:rowOff>9525</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>11</xdr:col>
                     <xdr:colOff>171450</xdr:colOff>
                     <xdr:row>34</xdr:row>
                     <xdr:rowOff>371475</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>