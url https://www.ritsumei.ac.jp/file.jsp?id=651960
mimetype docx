--- v0 (2025-10-16)
+++ v1 (2026-02-03)
@@ -1,79 +1,80 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
           <w:color w:val="231F20"/>
           <w:spacing w:val="-10"/>
           <w:w w:val="105"/>
         </w:rPr>
         <w:id w:val="1584640026"/>
         <w:lock w:val="sdtContentLocked"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w15:appearance w15:val="hidden"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:p w:rsidR="00581F66" w:rsidRPr="009F3E73" w:rsidRDefault="005F184D" w:rsidP="00DF3AFC">
+        <w:p w14:paraId="6C4300A4" w14:textId="77777777" w:rsidR="00581F66" w:rsidRPr="009F3E73" w:rsidRDefault="005F184D" w:rsidP="00DF3AFC">
           <w:pPr>
             <w:pStyle w:val="a4"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="5091"/>
               <w:tab w:val="left" w:pos="6205"/>
             </w:tabs>
             <w:spacing w:before="0"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
               <w:color w:val="231F20"/>
               <w:spacing w:val="-13"/>
               <w:w w:val="105"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="009F3E73">
             <w:rPr>
               <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
               <w:color w:val="231F20"/>
               <w:spacing w:val="-10"/>
               <w:w w:val="105"/>
             </w:rPr>
             <w:t>調</w:t>
           </w:r>
           <w:r w:rsidR="00C46093">
@@ -93,591 +94,588 @@
               <w:w w:val="105"/>
             </w:rPr>
             <w:t>査</w:t>
           </w:r>
           <w:r w:rsidR="00C46093">
             <w:rPr>
               <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック" w:hint="eastAsia"/>
               <w:color w:val="231F20"/>
               <w:spacing w:val="-10"/>
               <w:w w:val="105"/>
             </w:rPr>
             <w:t xml:space="preserve">　</w:t>
           </w:r>
           <w:r w:rsidRPr="00464199">
             <w:rPr>
               <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
               <w:color w:val="231F20"/>
               <w:spacing w:val="-10"/>
               <w:w w:val="105"/>
             </w:rPr>
             <w:t>書</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w:rsidR="009F3E73" w:rsidRPr="009F3E73" w:rsidRDefault="009F3E73">
+    <w:p w14:paraId="617C8B29" w14:textId="77777777" w:rsidR="009F3E73" w:rsidRPr="009F3E73" w:rsidRDefault="009F3E73">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5091"/>
           <w:tab w:val="left" w:pos="6205"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB79F2" w:rsidRDefault="00AB79F2" w:rsidP="009F3E73">
+    <w:p w14:paraId="01F3A034" w14:textId="77777777" w:rsidR="00AB79F2" w:rsidRDefault="00AB79F2" w:rsidP="009F3E73">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00581F66" w:rsidRDefault="00581F66">
+    <w:p w14:paraId="7A55AB7A" w14:textId="77777777" w:rsidR="00581F66" w:rsidRDefault="00581F66">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:sectPr w:rsidR="00581F66">
           <w:headerReference w:type="default" r:id="rId8"/>
           <w:footerReference w:type="default" r:id="rId9"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="0" w:right="280" w:bottom="0" w:left="900" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:num="2" w:space="720" w:equalWidth="0">
             <w:col w:w="6571" w:space="40"/>
             <w:col w:w="4119"/>
           </w:cols>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2410"/>
         <w:gridCol w:w="3686"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="2763"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DA07E2" w:rsidRPr="00B62199" w:rsidTr="00B91A27">
+      <w:tr w:rsidR="00DA07E2" w:rsidRPr="00B62199" w14:paraId="5AD8C230" w14:textId="77777777" w:rsidTr="00B91A27">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="252223"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック" w:hint="eastAsia"/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-997658454"/>
               <w:lock w:val="sdtContentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="18C4DE257602484D8B020F9AD5D6F84D"/>
               </w:placeholder>
               <w:text/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="00DA07E2" w:rsidRDefault="00DA07E2" w:rsidP="00623A29">
+              <w:p w14:paraId="43A05731" w14:textId="77777777" w:rsidR="00DA07E2" w:rsidRDefault="00DA07E2" w:rsidP="00623A29">
                 <w:pPr>
                   <w:pStyle w:val="TableParagraph"/>
                   <w:spacing w:before="1"/>
                   <w:ind w:left="192" w:right="176"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                     <w:color w:val="231F20"/>
                     <w:spacing w:val="-10"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック" w:hint="eastAsia"/>
                     <w:color w:val="231F20"/>
                     <w:spacing w:val="-10"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>フリガナ</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック" w:hint="eastAsia"/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-907146222"/>
               <w:lock w:val="sdtContentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="18C4DE257602484D8B020F9AD5D6F84D"/>
               </w:placeholder>
               <w15:appearance w15:val="hidden"/>
             </w:sdtPr>
             <w:sdtEndPr>
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:spacing w:val="0"/>
               </w:rPr>
             </w:sdtEndPr>
             <w:sdtContent>
-              <w:p w:rsidR="00DA07E2" w:rsidRDefault="00DA07E2" w:rsidP="00623A29">
+              <w:p w14:paraId="793DC48B" w14:textId="77777777" w:rsidR="00DA07E2" w:rsidRDefault="00DA07E2" w:rsidP="00623A29">
                 <w:pPr>
                   <w:pStyle w:val="TableParagraph"/>
                   <w:spacing w:before="1"/>
                   <w:ind w:left="192" w:right="176"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                     <w:color w:val="231F20"/>
                     <w:spacing w:val="-10"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00B62199">
                   <w:rPr>
                     <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック" w:hint="eastAsia"/>
                     <w:color w:val="231F20"/>
                     <w:spacing w:val="-10"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>氏　名</w:t>
                 </w:r>
               </w:p>
-              <w:p w:rsidR="00DA07E2" w:rsidRPr="00B62199" w:rsidRDefault="00DA07E2" w:rsidP="00623A29">
+              <w:p w14:paraId="51AA0F37" w14:textId="77777777" w:rsidR="00DA07E2" w:rsidRPr="00B62199" w:rsidRDefault="00DA07E2" w:rsidP="00623A29">
                 <w:pPr>
                   <w:pStyle w:val="TableParagraph"/>
                   <w:spacing w:before="1"/>
                   <w:ind w:left="192" w:right="176"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                     <w:color w:val="231F20"/>
                     <w:spacing w:val="-10"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00B62199">
                   <w:rPr>
                     <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック" w:hint="eastAsia"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>（</w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック" w:hint="eastAsia"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>ｱﾙﾌｧﾍﾞｯﾄ</w:t>
                 </w:r>
                 <w:r w:rsidRPr="00B62199">
                   <w:rPr>
                     <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック" w:hint="eastAsia"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>表記）</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="252223"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="252223"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA07E2" w:rsidRPr="00DA07E2" w:rsidRDefault="00DA07E2">
+          <w:p w14:paraId="0416A19A" w14:textId="77777777" w:rsidR="00DA07E2" w:rsidRPr="00DA07E2" w:rsidRDefault="00DA07E2">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="7"/>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="252223"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                 <w:color w:val="231F20"/>
                 <w:w w:val="95"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="350994402"/>
               <w:lock w:val="sdtContentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="18C4DE257602484D8B020F9AD5D6F84D"/>
               </w:placeholder>
               <w15:appearance w15:val="hidden"/>
             </w:sdtPr>
             <w:sdtEndPr>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:color w:val="auto"/>
                 <w:w w:val="100"/>
               </w:rPr>
             </w:sdtEndPr>
             <w:sdtContent>
-              <w:p w:rsidR="00DA07E2" w:rsidRDefault="00DA07E2" w:rsidP="00623A29">
+              <w:p w14:paraId="734244A5" w14:textId="77777777" w:rsidR="00DA07E2" w:rsidRDefault="00DA07E2" w:rsidP="00623A29">
                 <w:pPr>
                   <w:pStyle w:val="TableParagraph"/>
                   <w:ind w:left="38"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                     <w:color w:val="231F20"/>
                     <w:spacing w:val="-10"/>
                     <w:w w:val="95"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00B62199">
                   <w:rPr>
                     <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                     <w:color w:val="231F20"/>
                     <w:w w:val="95"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>受験番</w:t>
                 </w:r>
                 <w:r w:rsidRPr="00B62199">
                   <w:rPr>
                     <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                     <w:color w:val="231F20"/>
                     <w:spacing w:val="-10"/>
                     <w:w w:val="95"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>号</w:t>
                 </w:r>
               </w:p>
-              <w:p w:rsidR="00DA07E2" w:rsidRPr="00B62199" w:rsidRDefault="00DA07E2" w:rsidP="00623A29">
+              <w:p w14:paraId="50505484" w14:textId="77777777" w:rsidR="00DA07E2" w:rsidRPr="00B62199" w:rsidRDefault="00DA07E2" w:rsidP="00623A29">
                 <w:pPr>
                   <w:pStyle w:val="TableParagraph"/>
                   <w:ind w:left="38"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00B62199">
                   <w:rPr>
                     <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック" w:hint="eastAsia"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>（入力不要）</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2763" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="252223"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA07E2" w:rsidRPr="00B62199" w:rsidRDefault="00DA07E2">
+          <w:p w14:paraId="34C73F6B" w14:textId="6630F88C" w:rsidR="00DA07E2" w:rsidRPr="00B62199" w:rsidRDefault="00DA07E2">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="7"/>
               <w:rPr>
-                <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
+                <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA07E2" w:rsidRPr="00B62199" w:rsidTr="00B91A27">
+      <w:tr w:rsidR="00DA07E2" w:rsidRPr="00B62199" w14:paraId="762A5DE4" w14:textId="77777777" w:rsidTr="00B91A27">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="252223"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA07E2" w:rsidRDefault="00DA07E2" w:rsidP="00623A29">
+          <w:p w14:paraId="489E8EDE" w14:textId="77777777" w:rsidR="00DA07E2" w:rsidRDefault="00DA07E2" w:rsidP="00623A29">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="192" w:right="176"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="252223"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="252223"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA07E2" w:rsidRPr="00DA07E2" w:rsidRDefault="00DA07E2">
+          <w:p w14:paraId="05DBB5EA" w14:textId="77777777" w:rsidR="00DA07E2" w:rsidRPr="00DA07E2" w:rsidRDefault="00DA07E2">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="7"/>
               <w:rPr>
-                <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック" w:hint="eastAsia"/>
+                <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="252223"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA07E2" w:rsidRDefault="00DA07E2" w:rsidP="00623A29">
+          <w:p w14:paraId="58DE8EA0" w14:textId="77777777" w:rsidR="00DA07E2" w:rsidRDefault="00DA07E2" w:rsidP="00623A29">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="38"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                 <w:color w:val="231F20"/>
                 <w:w w:val="95"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2763" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="252223"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA07E2" w:rsidRPr="00B62199" w:rsidRDefault="00DA07E2">
+          <w:p w14:paraId="6D1267F0" w14:textId="77777777" w:rsidR="00DA07E2" w:rsidRPr="00B62199" w:rsidRDefault="00DA07E2">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="7"/>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B1A29" w:rsidRPr="00B62199" w:rsidTr="0075666F">
+      <w:tr w:rsidR="009B1A29" w:rsidRPr="00B62199" w14:paraId="38CDB483" w14:textId="77777777" w:rsidTr="0075666F">
         <w:trPr>
           <w:trHeight w:val="875"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="252223"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="252223"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="252223"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック" w:hint="eastAsia"/>
                 <w:color w:val="231F20"/>
-                <w:spacing w:val="48"/>
-                <w:w w:val="72"/>
+                <w:w w:val="94"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:fitText w:val="1187" w:id="-779443968"/>
               </w:rPr>
               <w:id w:val="-1150436985"/>
               <w:lock w:val="sdtContentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
               </w:placeholder>
               <w15:appearance w15:val="hidden"/>
               <w:text/>
             </w:sdtPr>
             <w:sdtEndPr>
               <w:rPr>
                 <w:rFonts w:hint="default"/>
-                <w:spacing w:val="0"/>
+                <w:w w:val="72"/>
               </w:rPr>
             </w:sdtEndPr>
             <w:sdtContent>
-              <w:p w:rsidR="009B1A29" w:rsidRDefault="009B1A29" w:rsidP="008922A2">
+              <w:p w14:paraId="5260EFD5" w14:textId="77777777" w:rsidR="009B1A29" w:rsidRDefault="009B1A29" w:rsidP="008922A2">
                 <w:pPr>
                   <w:pStyle w:val="TableParagraph"/>
                   <w:spacing w:before="119"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                     <w:color w:val="231F20"/>
                     <w:w w:val="72"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="007D0839">
+                <w:r w:rsidRPr="009618F5">
                   <w:rPr>
                     <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック" w:hint="eastAsia"/>
                     <w:color w:val="231F20"/>
-                    <w:spacing w:val="48"/>
-                    <w:w w:val="72"/>
+                    <w:w w:val="94"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                     <w:fitText w:val="1187" w:id="-779443968"/>
                   </w:rPr>
                   <w:t>志望する</w:t>
                 </w:r>
-                <w:r w:rsidRPr="007D0839">
+                <w:r w:rsidRPr="009618F5">
                   <w:rPr>
                     <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                     <w:color w:val="231F20"/>
-                    <w:spacing w:val="48"/>
-                    <w:w w:val="72"/>
+                    <w:w w:val="94"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                     <w:fitText w:val="1187" w:id="-779443968"/>
                   </w:rPr>
                   <w:t>コー</w:t>
                 </w:r>
-                <w:r w:rsidRPr="007D0839">
+                <w:r w:rsidRPr="009618F5">
                   <w:rPr>
                     <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                     <w:color w:val="231F20"/>
                     <w:spacing w:val="3"/>
-                    <w:w w:val="72"/>
+                    <w:w w:val="94"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                     <w:fitText w:val="1187" w:id="-779443968"/>
                   </w:rPr>
                   <w:t>ス</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
-          <w:p w:rsidR="0038664E" w:rsidRPr="008922A2" w:rsidRDefault="00DA07E2" w:rsidP="008922A2">
+          <w:p w14:paraId="6BDDAFE5" w14:textId="77777777" w:rsidR="0038664E" w:rsidRPr="008922A2" w:rsidRDefault="00DA07E2" w:rsidP="008922A2">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                 <w:color w:val="231F20"/>
                 <w:w w:val="95"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック" w:hint="eastAsia"/>
                 <w:color w:val="231F20"/>
                 <w:w w:val="95"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>（</w:t>
             </w:r>
             <w:r w:rsidR="0038664E">
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック" w:hint="eastAsia"/>
@@ -689,51 +687,51 @@
               <w:t>選択してください</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック" w:hint="eastAsia"/>
                 <w:color w:val="231F20"/>
                 <w:w w:val="95"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>）</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8008" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="252223"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="252223"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="252223"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009B1A29" w:rsidRPr="00B62199" w:rsidRDefault="007D0839" w:rsidP="009B1A29">
+          <w:p w14:paraId="32B1C526" w14:textId="77777777" w:rsidR="009B1A29" w:rsidRPr="00B62199" w:rsidRDefault="00EA6789" w:rsidP="009B1A29">
             <w:pPr>
               <w:ind w:firstLineChars="100" w:firstLine="180"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック" w:hint="eastAsia"/>
                   <w:color w:val="231F20"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="667061406"/>
                 <w:lock w:val="sdtLocked"/>
                 <w15:appearance w15:val="hidden"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="ＭＳ ゴシック"/>
                   <w14:uncheckedState w14:val="2610" w14:font="ＭＳ ゴシック"/>
@@ -891,80 +889,80 @@
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="832268762"/>
                 <w:lock w:val="sdtContentLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
                 </w:placeholder>
                 <w15:appearance w15:val="hidden"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009B1A29" w:rsidRPr="00B62199">
                   <w:rPr>
                     <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック" w:hint="eastAsia"/>
                     <w:color w:val="231F20"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>研究コースと法政リサーチ・コース併願</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w:rsidR="009B1A29" w:rsidRPr="00B62199" w:rsidRDefault="007D0839" w:rsidP="009B1A29">
+          <w:p w14:paraId="68E51E71" w14:textId="77777777" w:rsidR="009B1A29" w:rsidRPr="00B62199" w:rsidRDefault="00EA6789" w:rsidP="009B1A29">
             <w:pPr>
               <w:ind w:firstLineChars="100" w:firstLine="180"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック" w:hint="eastAsia"/>
                   <w:color w:val="231F20"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-371771573"/>
                 <w:lock w:val="sdtLocked"/>
                 <w15:appearance w15:val="hidden"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="ＭＳ ゴシック"/>
                   <w14:uncheckedState w14:val="2610" w14:font="ＭＳ ゴシック"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r>
+                <w:r w:rsidR="007D0839">
                   <w:rPr>
                     <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:hint="eastAsia"/>
                     <w:color w:val="231F20"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009B1A29" w:rsidRPr="00B62199">
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                   <w:color w:val="231F20"/>
@@ -1082,98 +1080,98 @@
                 </w:placeholder>
                 <w15:appearance w15:val="hidden"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rFonts w:hint="default"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="009B1A29" w:rsidRPr="00B62199">
                   <w:rPr>
                     <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                     <w:color w:val="231F20"/>
                     <w:spacing w:val="-2"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>法政リサーチ・コース</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C06C70" w:rsidRPr="00B62199" w:rsidTr="00FC10D9">
+      <w:tr w:rsidR="00C06C70" w:rsidRPr="00B62199" w14:paraId="7923E836" w14:textId="77777777" w:rsidTr="00FC10D9">
         <w:trPr>
           <w:trHeight w:val="797"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="252223"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="252223"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="252223"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00C06C70" w:rsidRDefault="00C06C70" w:rsidP="00047101">
+          <w:p w14:paraId="4692C8CD" w14:textId="77777777" w:rsidR="00C06C70" w:rsidRDefault="00C06C70" w:rsidP="00047101">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="45"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                 <w:color w:val="231F20"/>
                 <w:w w:val="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                 <w:color w:val="231F20"/>
                 <w:w w:val="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-1464348330"/>
               <w:lock w:val="sdtContentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="1F2278D764F44A6691E0B5FCCC708A2B"/>
               </w:placeholder>
               <w15:appearance w15:val="hidden"/>
               <w:text/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="00C06C70" w:rsidRPr="00CD199F" w:rsidRDefault="00C06C70" w:rsidP="00047101">
+              <w:p w14:paraId="082E37B1" w14:textId="77777777" w:rsidR="00C06C70" w:rsidRPr="00CD199F" w:rsidRDefault="00C06C70" w:rsidP="00047101">
                 <w:pPr>
                   <w:pStyle w:val="TableParagraph"/>
                   <w:ind w:left="45"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00CD199F">
                   <w:rPr>
                     <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                     <w:color w:val="231F20"/>
                     <w:w w:val="99"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>学</w:t>
                 </w:r>
                 <w:r w:rsidRPr="00CD199F">
                   <w:rPr>
                     <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック" w:hint="eastAsia"/>
                     <w:color w:val="231F20"/>
                     <w:w w:val="99"/>
@@ -1184,1222 +1182,1230 @@
                 </w:r>
                 <w:r w:rsidRPr="00CD199F">
                   <w:rPr>
                     <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                     <w:color w:val="231F20"/>
                     <w:w w:val="99"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>歴</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8008" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="252223"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="252223"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="252223"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C06C70" w:rsidRDefault="00C06C70" w:rsidP="002073A9">
+          <w:p w14:paraId="701B4542" w14:textId="77777777" w:rsidR="00C06C70" w:rsidRDefault="00C06C70" w:rsidP="002073A9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="31" w:line="300" w:lineRule="atLeast"/>
               <w:ind w:right="131" w:firstLineChars="700" w:firstLine="1260"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">年　　　　　月　　　　　</w:t>
             </w:r>
             <w:r w:rsidR="002073A9">
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">　　</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">　　　大学　　　　　　　　学部卒業・卒業見込</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C06C70" w:rsidRPr="00B62199" w:rsidRDefault="00C06C70" w:rsidP="002073A9">
+          <w:p w14:paraId="613CEB83" w14:textId="77777777" w:rsidR="00C06C70" w:rsidRPr="00B62199" w:rsidRDefault="00C06C70" w:rsidP="002073A9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="31" w:line="300" w:lineRule="atLeast"/>
               <w:ind w:right="131" w:firstLineChars="700" w:firstLine="1260"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">年　　　　　月　　　　　</w:t>
             </w:r>
             <w:r w:rsidR="002073A9">
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">　　</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">　　　大学院　　　　　　　修了・修了見込</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00581F66" w:rsidRPr="00B62199" w:rsidTr="00612533">
+      <w:tr w:rsidR="00581F66" w:rsidRPr="00B62199" w14:paraId="39FAB176" w14:textId="77777777" w:rsidTr="00612533">
         <w:trPr>
           <w:trHeight w:val="719"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="252223"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="252223"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00612533" w:rsidRDefault="00612533" w:rsidP="00612533">
+          <w:p w14:paraId="719067D6" w14:textId="77777777" w:rsidR="00612533" w:rsidRDefault="00612533" w:rsidP="00612533">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="45"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                 <w:color w:val="231F20"/>
                 <w:w w:val="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                 <w:color w:val="231F20"/>
                 <w:w w:val="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="535011204"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="EADE0C54CDCA48A58CA735ADF9014BD4"/>
               </w:placeholder>
               <w15:appearance w15:val="hidden"/>
               <w:text/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="00581F66" w:rsidRPr="00B62199" w:rsidRDefault="00612533" w:rsidP="00612533">
+              <w:p w14:paraId="4BEC5F46" w14:textId="77777777" w:rsidR="00581F66" w:rsidRPr="00B62199" w:rsidRDefault="00612533" w:rsidP="00612533">
                 <w:pPr>
                   <w:pStyle w:val="TableParagraph"/>
                   <w:ind w:left="45"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック" w:hint="eastAsia"/>
                     <w:color w:val="231F20"/>
                     <w:w w:val="99"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>職　歴</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8008" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="252223"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="252223"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00581F66" w:rsidRDefault="00CD51EC">
+          <w:p w14:paraId="460FD4E0" w14:textId="77777777" w:rsidR="00581F66" w:rsidRDefault="00CD51EC">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">　　　　　　　　　年　　　月　　　　</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CD51EC" w:rsidRDefault="00CD51EC" w:rsidP="00CD51EC">
+          <w:p w14:paraId="6866640C" w14:textId="77777777" w:rsidR="00CD51EC" w:rsidRDefault="00CD51EC" w:rsidP="00CD51EC">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:firstLineChars="900" w:firstLine="1620"/>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">年　　　月　　　　</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CD51EC" w:rsidRDefault="00CD51EC" w:rsidP="00CD51EC">
+          <w:p w14:paraId="3B1915EC" w14:textId="77777777" w:rsidR="00CD51EC" w:rsidRDefault="00CD51EC" w:rsidP="00CD51EC">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">　　　　　　　　　年　　　月　　　　</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CD51EC" w:rsidRPr="00B62199" w:rsidRDefault="00CD51EC" w:rsidP="00CD51EC">
+          <w:p w14:paraId="4C6AD859" w14:textId="77777777" w:rsidR="00CD51EC" w:rsidRPr="00B62199" w:rsidRDefault="00CD51EC" w:rsidP="00CD51EC">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:firstLineChars="900" w:firstLine="1620"/>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">年　　　月　　　　</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00612533" w:rsidRPr="00B62199" w:rsidTr="006D7F3C">
+      <w:tr w:rsidR="00612533" w:rsidRPr="00B62199" w14:paraId="0ADA47B3" w14:textId="77777777" w:rsidTr="006D7F3C">
         <w:trPr>
           <w:trHeight w:val="1824"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="252223"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="252223"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="416528072"/>
               <w:lock w:val="sdtContentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
               </w:placeholder>
               <w15:appearance w15:val="hidden"/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="00612533" w:rsidRDefault="00612533" w:rsidP="006D7F3C">
+              <w:p w14:paraId="6176E19E" w14:textId="77777777" w:rsidR="00612533" w:rsidRDefault="00612533" w:rsidP="006D7F3C">
                 <w:pPr>
                   <w:pStyle w:val="TableParagraph"/>
                   <w:spacing w:before="240"/>
                   <w:ind w:left="47" w:right="175"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                     <w:color w:val="231F20"/>
                     <w:spacing w:val="-2"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00B62199">
                   <w:rPr>
                     <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                     <w:color w:val="231F20"/>
                     <w:spacing w:val="-2"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>卒業論文テーマ</w:t>
                 </w:r>
               </w:p>
-              <w:p w:rsidR="00612533" w:rsidRDefault="00612533" w:rsidP="00DF3AFC">
+              <w:p w14:paraId="28BA5DDD" w14:textId="77777777" w:rsidR="00612533" w:rsidRDefault="00612533" w:rsidP="00DF3AFC">
                 <w:pPr>
                   <w:pStyle w:val="TableParagraph"/>
                   <w:spacing w:before="240"/>
                   <w:ind w:left="47" w:right="175"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                     <w:color w:val="231F20"/>
                     <w:spacing w:val="-2"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00B62199">
                   <w:rPr>
                     <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                     <w:color w:val="231F20"/>
                     <w:spacing w:val="-2"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>または</w:t>
                 </w:r>
               </w:p>
-              <w:p w:rsidR="00612533" w:rsidRDefault="00612533" w:rsidP="00DF3AFC">
+              <w:p w14:paraId="10AFBD9B" w14:textId="77777777" w:rsidR="00612533" w:rsidRDefault="00612533" w:rsidP="00DF3AFC">
                 <w:pPr>
                   <w:pStyle w:val="TableParagraph"/>
                   <w:spacing w:before="240"/>
                   <w:ind w:left="47" w:right="175"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                     <w:color w:val="231F20"/>
                     <w:spacing w:val="-2"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00B62199">
                   <w:rPr>
                     <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                     <w:color w:val="231F20"/>
                     <w:spacing w:val="-2"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>演習の論文</w:t>
                 </w:r>
               </w:p>
-              <w:p w:rsidR="00612533" w:rsidRPr="00B62199" w:rsidRDefault="00612533" w:rsidP="00DF3AFC">
+              <w:p w14:paraId="4109A060" w14:textId="77777777" w:rsidR="00612533" w:rsidRPr="00B62199" w:rsidRDefault="00612533" w:rsidP="00DF3AFC">
                 <w:pPr>
                   <w:pStyle w:val="TableParagraph"/>
                   <w:ind w:right="175"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック" w:hint="eastAsia"/>
                     <w:color w:val="231F20"/>
                     <w:spacing w:val="-2"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>(ﾚﾎﾟｰﾄ</w:t>
                 </w:r>
                 <w:r w:rsidRPr="00B62199">
                   <w:rPr>
                     <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                     <w:color w:val="231F20"/>
                     <w:spacing w:val="-2"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>）テーマ</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8008" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="252223"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="252223"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00612533" w:rsidRPr="00B62199" w:rsidRDefault="00612533" w:rsidP="00612533">
+          <w:p w14:paraId="295A5E24" w14:textId="77777777" w:rsidR="00612533" w:rsidRPr="00B62199" w:rsidRDefault="00612533" w:rsidP="00612533">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00192639" w:rsidRPr="00B62199" w:rsidTr="0075666F">
+      <w:tr w:rsidR="00192639" w:rsidRPr="00B62199" w14:paraId="56B79D2F" w14:textId="77777777" w:rsidTr="0075666F">
         <w:trPr>
           <w:trHeight w:val="3251"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="252223"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="252223"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                 <w:color w:val="231F20"/>
                 <w:w w:val="99"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="1797177138"/>
               <w:lock w:val="sdtContentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
               </w:placeholder>
               <w15:appearance w15:val="hidden"/>
               <w:text/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="00192639" w:rsidRPr="00B62199" w:rsidRDefault="00192639" w:rsidP="00DF3AFC">
+              <w:p w14:paraId="72FD4F7A" w14:textId="77777777" w:rsidR="00192639" w:rsidRPr="00B62199" w:rsidRDefault="00192639" w:rsidP="00DF3AFC">
                 <w:pPr>
                   <w:pStyle w:val="TableParagraph"/>
                   <w:spacing w:before="240"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00B62199">
                   <w:rPr>
                     <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                     <w:color w:val="231F20"/>
                     <w:w w:val="99"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>将来志望</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8008" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="252223"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="252223"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00192639" w:rsidRPr="00B62199" w:rsidRDefault="00192639">
+          <w:p w14:paraId="7ADEF706" w14:textId="77777777" w:rsidR="00192639" w:rsidRPr="00B62199" w:rsidRDefault="00192639">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00581F66" w:rsidRPr="00B62199" w:rsidTr="008C7EE5">
+      <w:tr w:rsidR="00581F66" w:rsidRPr="00B62199" w14:paraId="1151002B" w14:textId="77777777" w:rsidTr="008C7EE5">
         <w:trPr>
           <w:trHeight w:val="3334"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="252223"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="252223"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック" w:hint="eastAsia"/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="57"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="1257016493"/>
               <w:lock w:val="sdtContentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
               </w:placeholder>
               <w15:appearance w15:val="hidden"/>
             </w:sdtPr>
             <w:sdtEndPr>
               <w:rPr>
                 <w:rFonts w:hint="default"/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
             </w:sdtEndPr>
             <w:sdtContent>
-              <w:p w:rsidR="00F13186" w:rsidRDefault="00F13186" w:rsidP="00DF3AFC">
+              <w:p w14:paraId="5D160597" w14:textId="77777777" w:rsidR="00F13186" w:rsidRDefault="00F13186" w:rsidP="00DF3AFC">
                 <w:pPr>
                   <w:pStyle w:val="TableParagraph"/>
                   <w:spacing w:before="240" w:line="312" w:lineRule="auto"/>
                   <w:ind w:left="177" w:right="105"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                     <w:color w:val="231F20"/>
                     <w:spacing w:val="6"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック" w:hint="eastAsia"/>
                     <w:color w:val="231F20"/>
                     <w:spacing w:val="57"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>大学院</w:t>
                 </w:r>
                 <w:r w:rsidR="005F184D" w:rsidRPr="00B62199">
                   <w:rPr>
                     <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                     <w:color w:val="231F20"/>
                     <w:spacing w:val="6"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>で研究したい</w:t>
                 </w:r>
               </w:p>
-              <w:p w:rsidR="00581F66" w:rsidRPr="00B62199" w:rsidRDefault="005F184D" w:rsidP="00DF3AFC">
+              <w:p w14:paraId="30E152D0" w14:textId="77777777" w:rsidR="00581F66" w:rsidRPr="00B62199" w:rsidRDefault="005F184D" w:rsidP="00DF3AFC">
                 <w:pPr>
                   <w:pStyle w:val="TableParagraph"/>
                   <w:spacing w:before="240" w:line="312" w:lineRule="auto"/>
                   <w:ind w:left="177" w:right="105"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00B62199">
                   <w:rPr>
                     <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                     <w:color w:val="231F20"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>分野・テー</w:t>
                 </w:r>
                 <w:r w:rsidRPr="00B62199">
                   <w:rPr>
                     <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                     <w:color w:val="231F20"/>
                     <w:spacing w:val="-10"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>マ</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8008" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="252223"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="252223"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00581F66" w:rsidRPr="00B62199" w:rsidRDefault="005F184D" w:rsidP="00F937A7">
+          <w:p w14:paraId="4F32D10D" w14:textId="58EDCDBD" w:rsidR="00581F66" w:rsidRPr="00B62199" w:rsidRDefault="005F184D" w:rsidP="00F937A7">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="240"/>
               <w:ind w:firstLineChars="100" w:firstLine="176"/>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B62199">
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>研究テーマ：</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008C7EE5" w:rsidRDefault="008C7EE5">
+          <w:p w14:paraId="6B8AB13E" w14:textId="77777777" w:rsidR="008C7EE5" w:rsidRDefault="008C7EE5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7396"/>
               </w:tabs>
               <w:ind w:left="6"/>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="008C7EE5" w:rsidRDefault="008C7EE5">
+          <w:p w14:paraId="42BE8957" w14:textId="77777777" w:rsidR="008C7EE5" w:rsidRDefault="008C7EE5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7396"/>
               </w:tabs>
               <w:ind w:left="6"/>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="008C7EE5" w:rsidRDefault="008C7EE5">
+          <w:p w14:paraId="22A7A526" w14:textId="77777777" w:rsidR="008C7EE5" w:rsidRDefault="008C7EE5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7396"/>
               </w:tabs>
               <w:ind w:left="6"/>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="008C7EE5" w:rsidRDefault="008C7EE5">
+          <w:p w14:paraId="147774C7" w14:textId="77777777" w:rsidR="008C7EE5" w:rsidRDefault="008C7EE5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7396"/>
               </w:tabs>
               <w:ind w:left="6"/>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="008C7EE5" w:rsidRDefault="008C7EE5">
+          <w:p w14:paraId="45C7C531" w14:textId="77777777" w:rsidR="008C7EE5" w:rsidRDefault="008C7EE5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7396"/>
               </w:tabs>
               <w:ind w:left="6"/>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="008C7EE5" w:rsidRDefault="008C7EE5">
+          <w:p w14:paraId="1BE4CCE8" w14:textId="77777777" w:rsidR="008C7EE5" w:rsidRDefault="008C7EE5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7396"/>
               </w:tabs>
               <w:ind w:left="6"/>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="008C7EE5" w:rsidRDefault="008C7EE5">
+          <w:p w14:paraId="3395AD89" w14:textId="77777777" w:rsidR="008C7EE5" w:rsidRDefault="008C7EE5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7396"/>
               </w:tabs>
               <w:ind w:left="6"/>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="008C7EE5" w:rsidRDefault="008C7EE5">
+          <w:p w14:paraId="102F1EAA" w14:textId="77777777" w:rsidR="008C7EE5" w:rsidRDefault="008C7EE5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7396"/>
               </w:tabs>
               <w:ind w:left="6"/>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="008C7EE5" w:rsidRDefault="008C7EE5">
+          <w:p w14:paraId="7AB81494" w14:textId="77777777" w:rsidR="008C7EE5" w:rsidRDefault="008C7EE5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7396"/>
               </w:tabs>
               <w:ind w:left="6"/>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="008C7EE5" w:rsidRDefault="008C7EE5">
+          <w:p w14:paraId="02FA7425" w14:textId="77777777" w:rsidR="008C7EE5" w:rsidRDefault="008C7EE5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7396"/>
               </w:tabs>
               <w:ind w:left="6"/>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="008C7EE5" w:rsidRDefault="008C7EE5">
+          <w:p w14:paraId="5D466504" w14:textId="77777777" w:rsidR="008C7EE5" w:rsidRDefault="008C7EE5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7396"/>
               </w:tabs>
               <w:ind w:left="6"/>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00581F66" w:rsidRDefault="007D0839">
+          <w:p w14:paraId="709E1F6C" w14:textId="6955EE6C" w:rsidR="00581F66" w:rsidRDefault="00EA6789" w:rsidP="009618F5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7396"/>
               </w:tabs>
               <w:ind w:left="6"/>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
+                  <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック" w:hint="eastAsia"/>
                   <w:color w:val="231F20"/>
                   <w:spacing w:val="-2"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-1199244171"/>
-                <w:lock w:val="sdtContentLocked"/>
+                <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
                 </w:placeholder>
                 <w15:appearance w15:val="hidden"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005F184D" w:rsidRPr="00B62199">
                   <w:rPr>
-                    <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
+                    <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック" w:hint="eastAsia"/>
                     <w:color w:val="231F20"/>
                     <w:spacing w:val="-2"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>（入学後研究する専門科目</w:t>
                 </w:r>
                 <w:r w:rsidR="005F184D" w:rsidRPr="007D0839">
                   <w:rPr>
-                    <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
+                    <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック" w:hint="eastAsia"/>
                     <w:color w:val="231F20"/>
                     <w:spacing w:val="-2"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>：</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="005F184D" w:rsidRPr="00B62199">
-[...6 lines deleted...]
-              <w:tab/>
+            <w:r w:rsidR="009618F5">
+              <w:rPr>
+                <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック" w:hint="eastAsia"/>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　　　　　　　　　　　</w:t>
+            </w:r>
+            <w:r w:rsidR="009618F5">
+              <w:rPr>
+                <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック" w:hint="eastAsia"/>
+                <w:color w:val="231F20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　</w:t>
             </w:r>
             <w:r w:rsidR="005F184D" w:rsidRPr="00B62199">
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>）</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F13186" w:rsidRPr="008C7EE5" w:rsidRDefault="00F13186" w:rsidP="00806395">
+          <w:p w14:paraId="7D286253" w14:textId="77777777" w:rsidR="00F13186" w:rsidRPr="008C7EE5" w:rsidRDefault="00F13186" w:rsidP="00806395">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7396"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00581F66" w:rsidRPr="00B62199" w:rsidTr="0075666F">
+      <w:tr w:rsidR="00581F66" w:rsidRPr="00B62199" w14:paraId="5D6805C0" w14:textId="77777777" w:rsidTr="0075666F">
         <w:trPr>
           <w:trHeight w:val="683"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="252223"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="252223"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="57"/>
                 <w:w w:val="95"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="391772665"/>
               <w:lock w:val="sdtContentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
               </w:placeholder>
               <w15:appearance w15:val="hidden"/>
             </w:sdtPr>
             <w:sdtEndPr>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:w w:val="90"/>
               </w:rPr>
             </w:sdtEndPr>
             <w:sdtContent>
-              <w:p w:rsidR="00581F66" w:rsidRPr="00B62199" w:rsidRDefault="005F184D">
+              <w:p w14:paraId="6B802864" w14:textId="77777777" w:rsidR="00581F66" w:rsidRPr="00B62199" w:rsidRDefault="005F184D">
                 <w:pPr>
                   <w:pStyle w:val="TableParagraph"/>
                   <w:spacing w:before="97"/>
                   <w:ind w:left="104" w:right="35"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00B62199">
                   <w:rPr>
                     <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                     <w:color w:val="231F20"/>
                     <w:spacing w:val="57"/>
                     <w:w w:val="95"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>指導</w:t>
                 </w:r>
                 <w:r w:rsidRPr="00B62199">
                   <w:rPr>
                     <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                     <w:color w:val="231F20"/>
                     <w:spacing w:val="8"/>
                     <w:w w:val="95"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>を希望する教員</w:t>
                 </w:r>
                 <w:r w:rsidRPr="00B62199">
                   <w:rPr>
                     <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                     <w:color w:val="231F20"/>
                     <w:spacing w:val="-10"/>
                     <w:w w:val="95"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
               </w:p>
-              <w:p w:rsidR="00581F66" w:rsidRPr="00B62199" w:rsidRDefault="005F184D">
+              <w:p w14:paraId="2E9A7C11" w14:textId="77777777" w:rsidR="00581F66" w:rsidRPr="00B62199" w:rsidRDefault="005F184D">
                 <w:pPr>
                   <w:pStyle w:val="TableParagraph"/>
                   <w:spacing w:before="71"/>
                   <w:ind w:left="44" w:right="35"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00B62199">
                   <w:rPr>
                     <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                     <w:color w:val="231F20"/>
                     <w:w w:val="90"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>（研究コース志願者のみ記入</w:t>
                 </w:r>
                 <w:r w:rsidRPr="00B62199">
                   <w:rPr>
                     <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                     <w:color w:val="231F20"/>
                     <w:spacing w:val="-10"/>
                     <w:w w:val="90"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>）</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8008" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="252223"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="252223"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00581F66" w:rsidRPr="00B62199" w:rsidRDefault="00581F66">
+          <w:p w14:paraId="779655D7" w14:textId="77777777" w:rsidR="00581F66" w:rsidRPr="00B62199" w:rsidRDefault="00581F66">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00581F66" w:rsidRDefault="00581F66" w:rsidP="00F13186">
+    <w:p w14:paraId="7AB17F46" w14:textId="77777777" w:rsidR="00581F66" w:rsidRDefault="00581F66" w:rsidP="00F13186">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="14"/>
         <w:ind w:left="596"/>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00581F66" w:rsidSect="0075666F">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11910" w:h="16840"/>
       <w:pgMar w:top="233" w:right="278" w:bottom="233" w:left="737" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00A47145" w:rsidRDefault="00A47145" w:rsidP="00A47145">
+    <w:p w14:paraId="6E398400" w14:textId="77777777" w:rsidR="00A47145" w:rsidRDefault="00A47145" w:rsidP="00A47145">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00A47145" w:rsidRDefault="00A47145" w:rsidP="00A47145">
+    <w:p w14:paraId="596A6C39" w14:textId="77777777" w:rsidR="00A47145" w:rsidRDefault="00A47145" w:rsidP="00A47145">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ 明朝">
     <w:altName w:val="MS Mincho"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ ゴシック">
     <w:altName w:val="MS Gothic"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="BIZ UDゴシック">
     <w:panose1 w:val="020B0400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002F7" w:usb1="2AC7EDF8" w:usb2="00000012" w:usb3="00000000" w:csb0="00020001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00656F91" w:rsidRPr="00656F91" w:rsidRDefault="00656F91" w:rsidP="00656F91">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7C4FD963" w14:textId="77777777" w:rsidR="00656F91" w:rsidRPr="00656F91" w:rsidRDefault="00656F91" w:rsidP="00656F91">
     <w:pPr>
       <w:pStyle w:val="a8"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック" w:hint="eastAsia"/>
       </w:rPr>
       <w:t>2026.4</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00A47145" w:rsidRDefault="00A47145" w:rsidP="00A47145">
+    <w:p w14:paraId="0CD78128" w14:textId="77777777" w:rsidR="00A47145" w:rsidRDefault="00A47145" w:rsidP="00A47145">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00A47145" w:rsidRDefault="00A47145" w:rsidP="00A47145">
+    <w:p w14:paraId="258FB315" w14:textId="77777777" w:rsidR="00A47145" w:rsidRDefault="00A47145" w:rsidP="00A47145">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック" w:hint="eastAsia"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:id w:val="1325703685"/>
       <w:lock w:val="contentLocked"/>
       <w:placeholder>
         <w:docPart w:val="646DFD290A784DEE9BC617DB5E341C21"/>
       </w:placeholder>
       <w15:appearance w15:val="hidden"/>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w:rsidR="009F3E73" w:rsidRPr="0028525F" w:rsidRDefault="009F3E73" w:rsidP="002D496E">
+      <w:p w14:paraId="78889259" w14:textId="77777777" w:rsidR="009F3E73" w:rsidRPr="0028525F" w:rsidRDefault="009F3E73" w:rsidP="002D496E">
         <w:pPr>
           <w:pStyle w:val="a6"/>
           <w:jc w:val="right"/>
           <w:rPr>
             <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="0028525F">
           <w:rPr>
             <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック" w:hint="eastAsia"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>様式RJ2</w:t>
         </w:r>
         <w:r w:rsidRPr="0028525F">
           <w:rPr>
             <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>_</w:t>
         </w:r>
@@ -2510,61 +2516,61 @@
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidRPr="00EF58DD">
           <w:rPr>
             <w:rFonts w:ascii="BIZ UDゴシック" w:eastAsia="BIZ UDゴシック" w:hAnsi="BIZ UDゴシック"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="009F3E73" w:rsidRPr="009F3E73" w:rsidRDefault="009F3E73" w:rsidP="009F3E73">
+  <w:p w14:paraId="2A6359B8" w14:textId="77777777" w:rsidR="009F3E73" w:rsidRPr="009F3E73" w:rsidRDefault="009F3E73" w:rsidP="009F3E73">
     <w:pPr>
       <w:pStyle w:val="a6"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5724507C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E86042BA"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="420"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090017" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="aiueoFullWidth"/>
       <w:lvlText w:val="(%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="840" w:hanging="420"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090011" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimalEnclosedCircle"/>
@@ -2607,194 +2613,202 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2940" w:hanging="420"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090017" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="aiueoFullWidth"/>
       <w:lvlText w:val="(%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3360" w:hanging="420"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090011" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimalEnclosedCircle"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3780" w:hanging="420"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="894047572">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="dirty"/>
-  <w:formsDesign/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="53249">
+    <o:shapedefaults v:ext="edit" spidmax="61441">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00581F66"/>
     <w:rsid w:val="00047101"/>
     <w:rsid w:val="001124CA"/>
     <w:rsid w:val="00134225"/>
     <w:rsid w:val="00192639"/>
     <w:rsid w:val="001F4E3D"/>
     <w:rsid w:val="002073A9"/>
+    <w:rsid w:val="002378DA"/>
     <w:rsid w:val="002857A8"/>
     <w:rsid w:val="00287754"/>
     <w:rsid w:val="003123B6"/>
     <w:rsid w:val="00316DCC"/>
     <w:rsid w:val="0038664E"/>
     <w:rsid w:val="003A0CFD"/>
     <w:rsid w:val="00416585"/>
     <w:rsid w:val="00464199"/>
     <w:rsid w:val="00474114"/>
     <w:rsid w:val="00580D03"/>
     <w:rsid w:val="00581F66"/>
     <w:rsid w:val="005F184D"/>
     <w:rsid w:val="00612533"/>
     <w:rsid w:val="00623A29"/>
     <w:rsid w:val="00656F91"/>
+    <w:rsid w:val="00684C3B"/>
     <w:rsid w:val="006D7F3C"/>
     <w:rsid w:val="0075666F"/>
     <w:rsid w:val="00777380"/>
     <w:rsid w:val="007D0839"/>
     <w:rsid w:val="00806395"/>
+    <w:rsid w:val="00841804"/>
+    <w:rsid w:val="00861BBB"/>
     <w:rsid w:val="008922A2"/>
     <w:rsid w:val="008C7EE5"/>
+    <w:rsid w:val="009618F5"/>
     <w:rsid w:val="009B1A29"/>
+    <w:rsid w:val="009B4E01"/>
     <w:rsid w:val="009C0F51"/>
     <w:rsid w:val="009C4E36"/>
     <w:rsid w:val="009F3E73"/>
     <w:rsid w:val="00A4414A"/>
     <w:rsid w:val="00A47145"/>
     <w:rsid w:val="00AB79F2"/>
     <w:rsid w:val="00AC3AC0"/>
     <w:rsid w:val="00B62199"/>
+    <w:rsid w:val="00BD0A89"/>
     <w:rsid w:val="00BD4AF8"/>
     <w:rsid w:val="00C06C70"/>
     <w:rsid w:val="00C46093"/>
     <w:rsid w:val="00C855CB"/>
+    <w:rsid w:val="00C9198E"/>
     <w:rsid w:val="00CB1F11"/>
     <w:rsid w:val="00CD199F"/>
     <w:rsid w:val="00CD51EC"/>
     <w:rsid w:val="00D06952"/>
     <w:rsid w:val="00DA07E2"/>
     <w:rsid w:val="00DF3AFC"/>
     <w:rsid w:val="00E61EB5"/>
+    <w:rsid w:val="00EA6789"/>
     <w:rsid w:val="00F13186"/>
     <w:rsid w:val="00F7313C"/>
     <w:rsid w:val="00F937A7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="53249">
+    <o:shapedefaults v:ext="edit" spidmax="61441">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="2A0DB9B4"/>
+  <w14:docId w14:val="0F09E176"/>
   <w15:docId w15:val="{D07F3B1B-7277-4E49-90D5-F360F23853CF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3126,50 +3140,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝"/>
       <w:lang w:eastAsia="ja-JP"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
@@ -3309,79 +3324,79 @@
     <w:link w:val="aa"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="009B1A29"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="ja-JP"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="ac">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="008922A2"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="722944921">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="646DFD290A784DEE9BC617DB5E341C21"/>
         <w:category>
           <w:name w:val="全般"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C9037946-F84D-4E74-B161-05E2EFA6B4F6}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="0077129E" w:rsidRDefault="000C3BDD" w:rsidP="000C3BDD">
           <w:pPr>
             <w:pStyle w:val="646DFD290A784DEE9BC617DB5E341C21"/>
           </w:pPr>
           <w:r w:rsidRPr="00AE5DD6">
             <w:rPr>
               <w:rStyle w:val="a3"/>
             </w:rPr>
@@ -3490,57 +3505,57 @@
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{79247857-255E-478E-8B63-8BF7E573D3B9}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="006B5198" w:rsidRDefault="001E0435" w:rsidP="001E0435">
           <w:pPr>
             <w:pStyle w:val="1F2278D764F44A6691E0B5FCCC708A2B"/>
           </w:pPr>
           <w:r w:rsidRPr="00C9272C">
             <w:rPr>
               <w:rStyle w:val="a3"/>
               <w:rFonts w:hint="eastAsia"/>
             </w:rPr>
             <w:t>ここをクリックまたはタップしてテキストを入力してください。</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ 明朝">
     <w:altName w:val="MS Mincho"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ ゴシック">
     <w:altName w:val="MS Gothic"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
@@ -3553,120 +3568,124 @@
   <w:font w:name="BIZ UDゴシック">
     <w:panose1 w:val="020B0400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002F7" w:usb1="2AC7EDF8" w:usb2="00000012" w:usb3="00000000" w:csb0="00020001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="游明朝">
     <w:panose1 w:val="02020400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="游ゴシック Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:revisionView w:comments="0" w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="840"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000C3BDD"/>
     <w:rsid w:val="000C3BDD"/>
     <w:rsid w:val="00186727"/>
     <w:rsid w:val="001E0435"/>
+    <w:rsid w:val="002378DA"/>
     <w:rsid w:val="006B5198"/>
     <w:rsid w:val="0077129E"/>
+    <w:rsid w:val="00841804"/>
+    <w:rsid w:val="00BD0A89"/>
+    <w:rsid w:val="00C9198E"/>
     <w:rsid w:val="00CD4549"/>
     <w:rsid w:val="00F50800"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="21"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3998,50 +4017,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
@@ -4060,95 +4080,71 @@
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001E0435"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="646DFD290A784DEE9BC617DB5E341C21">
     <w:name w:val="646DFD290A784DEE9BC617DB5E341C21"/>
     <w:rsid w:val="000C3BDD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="EADE0C54CDCA48A58CA735ADF9014BD4">
     <w:name w:val="EADE0C54CDCA48A58CA735ADF9014BD4"/>
     <w:rsid w:val="0077129E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7FCDE1B5D914425DBE1F470AA4536178">
-[...22 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="18C4DE257602484D8B020F9AD5D6F84D">
     <w:name w:val="18C4DE257602484D8B020F9AD5D6F84D"/>
     <w:rsid w:val="00186727"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1F2278D764F44A6691E0B5FCCC708A2B">
     <w:name w:val="1F2278D764F44A6691E0B5FCCC708A2B"/>
     <w:rsid w:val="001E0435"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -4409,88 +4405,92 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{41A3C21C-29D2-490B-BAEC-8B002FB8D5ED}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{e296e639-91e9-4bb7-a1e8-7ae7de7d97ca}" enabled="1" method="Privileged" siteId="{a449438d-3606-490b-844f-c4e15e535fca}" contentBits="0" removed="0"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>381</Characters>
+  <Pages>1</Pages>
+  <Words>68</Words>
+  <Characters>393</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>学校法人立命館</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>446</CharactersWithSpaces>
+  <CharactersWithSpaces>460</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>安東 正玄</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2024-07-31T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Adobe InDesign 17.4 (Macintosh)</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
     <vt:filetime>2024-07-31T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Producer">
     <vt:lpwstr>Adobe PDF Library 16.0.7</vt:lpwstr>
   </property>
 </Properties>
 </file>